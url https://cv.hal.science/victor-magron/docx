--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:150px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Victor Magron </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Chargé de recherche au CNRS</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (49)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sums of squares certificates for polynomial moment inequalities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Igor Klep</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jurij Volčič</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Foundations of Computational Mathematics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10208-025-09703-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04125262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the Complexity of p-Order Cone Programs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Víctor Blanco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miguel Martínez-Antón</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Complexity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 91, pp.101979. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jco.2025.101979⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04896611v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A real moment-HSOS hierarchy for complex polynomial optimization with real coefficients</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jie Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computational Optimization and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 90, </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10589-024-00617-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04189927v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Convergence rates for sums-of-squares hierarchies with correlative sparsity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milan Korda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolfo Ríos-Zertuche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mathematical Programming</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 209, </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10107-024-02071-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04049383v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Induced Norm Analysis of Linear Systems for Nonnegative Input Signals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoshio Ebihara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noboru Sebe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hayato Waki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Peaucelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Tarbouriech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Automatica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 183, pp.112606. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.automatica.2025.112606⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04438031v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Symmetry reduction and recovery of trajectories of optimal control problems via measure relaxations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Augier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Henrion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milan Korda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESAIM: Control, Optimisation and Calculus of Variations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 30, pp.63. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/cocv/2024053⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04694171v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slow convergence of the moment-SOS hierarchy for an elementary polynomial optimization problem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Henrion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Le Franc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SIAM Journal on Applied Algebra and Geometry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 9 (1), pp.261-278. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1137/24M1645942⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04500960v4</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Certifying ground-state properties of many-body systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jie Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacopo Surace</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irénée Frérot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Legat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc-Olivier Renou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review X</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 14 (3), pp.031006. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevX.14.031006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04264341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Minimal Sparsity for Second-Order Moment-SOS Relaxations of the AC-OPF Problem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Le Franc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Bernard Lasserre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Ruiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Panciatici</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Power Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 39 (3), pp.5408 - 5415. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TPWRS.2023.3333691⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04110742v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Revisiting semidefinite programming approaches to options pricing: complexity and computational perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Henrion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Felix Kirschner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne de Klerk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milan Korda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Bernard Lasserre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INFORMS Journal on Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 35 (2), pp.265-517. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1287/ijoc.2022.1220⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03429272v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SONC Optimization and Exact Nonnegativity Certificates via Second-Order Cone Programming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jie Wang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Symbolic Computation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 115, pp.346-370. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jsc.2022.08.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03070864v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noncommutative Christoffel-Darboux Kernels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serban Belinschi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Vinnikov</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transactions of the American Mathematical Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 376, pp.181-230. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1090/tran/8648⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03433869v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sum of Squares Decompositions of Polynomials over their Gradient Ideals with Rational Coefficients</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohab Safey El Din</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trung-Hieu Vu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SIAM Journal on Optimization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 33 (1), </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1137/21M1436245⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03312392v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">State polynomials: positivity, optimization and nonlinear Bell inequalities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Igor Klep</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jurij Volčič</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jie Wang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mathematical Programming</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 207 (1-2), pp.645-691. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10107-023-02024-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03964830v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploiting ideal-sparsity in the generalized moment problem with application to matrix factorization ranks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milan Korda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monique Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andries Steenkamp</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mathematical Programming</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 205, pp.703-744. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10107-023-01993-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03782934v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Correlations constrained by composite measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Selby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Belén Sainz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Łukasz Czekaj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michał Horodecki</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quantum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 7, pp.1080. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22331/q-2023-08-10-1080⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04117038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimension-free entanglement detection in multipartite Werner states</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Felix Huber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Igor Klep</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jurij Volčič</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communications in Mathematical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 396, pp.1051-1070. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00220-022-04485-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03322991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploiting Sparsity in Complex Polynomial Optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jie Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Optimization Theory and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 192, pp.335-359. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10957-021-01975-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03178832v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Sublevel Moment-SOS Hierarchy for Polynomial Optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tong Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Bernard Lasserre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edouard Pauwels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computational Optimization and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 81 (1), pp.31-66. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10589-021-00325-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03109978v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stability of Linear Systems under Extended Weakly-Hard Constraints</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Vreman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paolo Pazzaglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jie Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martina Maggio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Control Systems Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 6, pp.2900-2905. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/LCSYS.2022.3179960⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03127108v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Certifying Global Optimality of AC-OPF Solutions via the CS-TSSOS Hierarchy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jie Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Bernard Lasserre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electric Power Systems Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 213, pp.108683. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.epsr.2022.108683⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03351160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A sparse version of Reznick's Positivstellensatz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. H. A. Mai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Bernard Lasserre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mathematics of Operations Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1287/moor.2022.1284⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02477339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the complexity of Putinar-Vasilescu's Positivstellensatz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ngoc Hoang Anh Mai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Complexity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jco.2022.101663⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03820206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploiting constant trace property in large-scale polynomial optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ngoc Hoang Anh Mai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Bernard Lasserre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jie Wang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACM Transactions on Mathematical Software</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 48 (4), pp.1-39. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3555309⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03079000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TSSOS: A Moment-SOS hierarchy that exploits term sparsity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jie Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Bernard Lasserre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SIAM Journal on Optimization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 31 (1), pp.30--58. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1137/19M1307871⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02448389v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chordal-TSSOS: a moment-SOS hierarchy that exploits term sparsity with chordal extension</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jie Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Bernard Lasserre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SIAM Journal on Optimization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1137/20M1323564⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02502131v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Minimizing rational functions: a hierarchy of approximations via pushforward measures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Bernard Lasserre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Swann Marx</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Zahm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SIAM Journal on Optimization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 31 (3), pp.2285-2306. </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1137/20M138541X⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03053386v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploiting term sparsity in Noncommutative Polynomial Optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jie Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computational Optimization and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 80, pp.483-521. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10589-021-00301-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02967839v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On Exact Reznick, Hilbert-Artin and Putinar's Representations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohab Safey El Din</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Symbolic Computation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 107, pp.221-250. </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jsc.2021.03.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01935727v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimization over trace polynomials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Igor Klep</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jurij Volčič</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales Henri Poincaré</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00023-021-01095-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02879621v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Positivity certificates and polynomial optimization on non-compact semialgebraic sets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ngoc Hoang Anh Mai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Bernard Lasserre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mathematical Programming, Series A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10107-021-01634-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02382059v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">$l_2$ Induced Norm Analysis of Discrete-Time LTI Systems for Nonnegative Input Signals and Its Application to Stability Analysis of Recurrent Neural Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoshio Ebihara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hayato Waki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ngoc Hoang Anh Mai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Peaucelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 62, pp.99-104. </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ejcon.2021.06.022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03026445v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sparse Noncommutative Polynomial Optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Igor Klep</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Janez Povh</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mathematical Programming, Series A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10107-020-01610-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02278767v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Computing the Hausdorff boundary measure of semi-algebraic sets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Bernard Lasserre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SIAM Journal on Applied Algebra and Geometry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 4 (3), pp.441-469. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1137/20M1314392⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02448149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal Control of Linear PDEs using Occupation Measures and SDP Relaxations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Prieur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IMA Journal of Mathematical Control and Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 37 (1), pp.159-174. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/imamci/dny044⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01966782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semidefinite Approximations of Invariant Measures for Polynomial Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcelo Forets</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Henrion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Discrete and Continuous Dynamical Systems - Series B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 24 (12), pp.6745-6770. </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3934/dcdsb.2019165⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01828443v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Algorithms for Weighted Sums of Squares Decomposition of Non-negative Univariate Polynomials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohab Safey El Din</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Markus Schweighofer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Symbolic Computation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 93, pp.200-220. </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jsc.2018.06.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01538729v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EXACT OPTIMIZATION VIA SUMS OF NONNEGATIVE CIRCUITS AND SUMS OF AM/GM EXPONENTIALS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henning Seidler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timo de Wolff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACM Communications in Computer Algebra</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3326229.3326271⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02006899v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semidefinite Approximations of Reachable Sets for Discrete-time Polynomial Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Loïc Garoche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Henrion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Thirioux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SIAM Journal on Control and Optimization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 57 (4), pp.2799-2820. </w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1137/17M1121044⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01490897v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Certified Roundoff Error Bounds using Bernstein Expansions and Sparse Krivine-Stengle Representations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Rocca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thao Dang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Computers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 68 (7), pp.953-966. </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TC.2018.2851235⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01956817v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In SDP relaxations, inaccurate solvers do robust optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Bernard Lasserre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SIAM Journal on Optimization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 29 (3), pp.2128-2145. </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1137/18M1225677⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01915976v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RealCertify: a Maple package for certifying non-negativity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohab Safey El Din</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACM Communications in Computer Algebra</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 52 (2), pp.34-37. </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3282678.3282681⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01956812v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal data fitting: a moment approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Bernard Lasserre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SIAM Journal on Optimization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 28 (4), pp.3127-3144. </w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1137/18M1170108⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01706850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interval Enclosures of Upper Bounds of Roundoff Errors using Semidefinite Programming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACM Transactions on Mathematical Software</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 44 (4), pp.41:1--41:18. </w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3206430⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01956815v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semidefinite approximations of projections and polynomial images of semialgebraic sets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Henrion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Bernard Lasserre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SIAM Journal on Optimization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 25 (4), pp. 2143-2164</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01075343v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formal Proofs for Nonlinear Optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Allamigeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Gaubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Werner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Formalized Reasoning</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 8 (15), pp.1-24</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00985675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Certification of real inequalities: templates and sums of squares</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Allamigeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Gaubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Werner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mathematical Programming</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 151 (2), pp.30. </w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10107-014-0834-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01096485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approximating Pareto Curves using Semidefinite Relaxations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Henrion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Bernard Lasserre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Operations Research Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 42 (6-7), pp.432-437</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00980625v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Error Bounds for Polynomial Optimization over the Hypercube using Putinar type Representations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optimization Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, </w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11590-014-0797-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00983485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (28)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detecting Destabilizing Nonlinearities in Absolute Stability Analysis of Discrete-Time Feedback Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hibiki Gyotoku</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tsuyoshi Yuno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoshio Ebihara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Peaucelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Tarbouriech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th IFAC Symposium on Robust Control Design ROCOND 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Porto, Portugal. pp.242-247, </w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ifacol.2025.10.110⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04985724v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stability Analysis of Feedback Systems with ReLU Nonlinearities via Semialgebraic Set Representation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shingo Nishinaka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rin Saeki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tsuyoshi Yuno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoshio Ebihara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th IFAC Conference of Modelling, Identification and Control of nonlinear systems (MICNON)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04495314v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">State polynomial optimization for nonlinear Bell inequalities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Effective Methods in Algebraic Geometry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Leipzig, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04719283v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Verifying Properties of Binary Neural Networks Using Sparse Polynomial Optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jianting Yang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Srećko Ðurašinović</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Bernard Lasserre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jun Zhao</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thirteenth International Conference on Learning Representations (ICLR), 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2025, Singapour, Singapore. 22 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04589986v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Upper bound hierarchies for noncommutative polynomial optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Igor Klep</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Massé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jurij Volčič</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26th International Symposium on Mathematical Theory of Networks and Systems (MTNS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2024, Cambridge (Angleterre), United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04440949v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Local Lipschitz Constant Computation of ReLU-FNNs: Upper Bound Computation with Exactness Verification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoshio Ebihara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xin Dai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Peaucelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Tarbouriech</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Control Conference (ECC 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Stockholm, Sweden. </w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/ECC64448.2024.10590974⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04247204v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On Dual of LMIs for Absolute Stability Analysis of Nonlinear Feedback Systems with Static O'Shea-Zames-Falb Multipliers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hibiki Gyotoku</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tsuyoshi Yuno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoshio Ebihara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Peaucelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2025 European Control Conference (ECC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Thessaloniki, Greece. pp.1237-1242, </w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/ECC65951.2025.11186908⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04797364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trace polynomial optimization with applications in quantum information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on Semidefinite and Polynomial Optimization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2024, Amsterdam (Hollande), Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04719307v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peak Estimation of Time Delay Systems using Occupation Measures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jared Miller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milan Korda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Sznaier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 62nd IEEE Conference on Decision and Control (CDC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2023, Singapore, Singapore. pp.5294-5300, </w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CDC49753.2023.10384165⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04047493v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pourchet's theorem in action: decomposing univariate nonnegative polynomials as sums of five squares</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Przemysław Koprowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Vaccon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISSAC 2023: International Symposium on Symbolic and Algebraic Computation 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2023, Kyoto, Japan. pp.425-433, </w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3597066.3597072⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03976836v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploiting sparsity in polynomial optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées nationales de calcul formel (JNCF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2023, Marseille (CIRM, Centre International de Rencontres Mathématiques), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04719298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sparse polynomial optimization: theory and practice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th International Symposium on Operations Research in Slovenia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Bled, Slovenia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04719292v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L 2+ Induced Norm Analysis of Continuous-Time LTI Systems Using Positive Filters and Copositive Programming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoshio Ebihara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hayato Waki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noboru Sebe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Peaucelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Control Conference (ECC 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Londres, United Kingdom. </w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/ECC55457.2022.9838085⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03740522v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conic programming for certified polynomial optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conic Linear Optimization for Computer-Assisted Proofs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2022, Oberwolfach (Germany), Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04719316v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exact SOHS Decompositions of Trigonometric Univariate Polynomials with Gaussian Coefficients</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohab Safey El Din</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Markus Schweighofer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trung Hieu Vu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Symbolic and Algebraic Computation (ISSAC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03575157v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Constant Trace Property in Noncommutative Optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ngoc Hoang Anh Mai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abhishek Bhardwaj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Symbolic and Algebraic Computation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2021, Saint Petersbourg, Russia. </w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3452143.3465516⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03130967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stability Analysis of Recurrent Neural Networks by IQC with Copositive Mutipliers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoshio Ebihara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hayato Waki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ngoc Hoang Anh Mai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Peaucelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Control and Decision Conference (CDC) 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2021, Austin, United States. pp.5098-5103, </w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CDC45484.2021.9683530⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03564261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TSSOS: a Julia library to exploit sparsity for large-scale polynomial optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jie Wang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Effective Methods in Algebraic Geometry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Tromso, Norway. </w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48550/arXiv.2103.00915⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03155742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semialgebraic Representation of Monotone Deep Equilibrium Models and Applications to Certification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tong Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Bernard Lasserre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edouard Pauwels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Neural Information Processing Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2021, Online, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03265346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SparseJSR: A Fast Algorithm to Compute Joint Spectral Radius via Sparse SOS Decompositions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jie Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martina Maggio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 American Control Conference (ACC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, New Orleans, United States. </w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/ACC50511.2021.9483347⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02923348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semialgebraic Optimization for Lipschitz Constants of ReLU Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tong Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Bernard Lasserre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edouard Pauwels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference on Neural Information Processing Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Vancouver, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02940488v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A second order cone characterization for sums of nonnegative circuits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jie Wang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">45th International Symposium on Symbolic and Algebraic Computation (ISSAC'20)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2020, Virtual, Greece. pp.450-457, </w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3373207.3404033⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02473446v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On Exact Polya and Putinar's Representations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohab Safey El Din</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISSAC '18 International Symposium on Symbolic and Algebraic Computation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, New-York, United States. pp.279-286, </w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3208976.3208986⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01720612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automatic Synthesis of Piecewise Linear Quadratic Invariants for Programs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assalé Adjé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Loïc Garoche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Verification Model Checking and Abstract Interpretation 2015 (VMCAI 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2015, Mumbai, India. pp.99-116</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01371514v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Property-based Polynomial Invariant Generation Using Sums-Of-Squares</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assalé Adjé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Loïc Garoche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Static Analysis Symposium 2015 (2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Saint-Malo, France. pp.235-251</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01371508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NLCertify: A Tool for Formal Nonlinear Optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Congress on Mathematical Software (ICMS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2014, Seoul, South Korea. 6p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00995686v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Certification of Bounds of Non-linear Functions: the Templates Method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Allamigeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Gaubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Werner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conferences on Intelligent Computer Mathematics (CICM 2013)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Bath, United Kingdom. pp.51-65, </w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-39320-4_4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00932333v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Certification of inequalities involving transcendental functions: combining SDP and max-plus approximation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Allamigeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Gaubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Werner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Control Conference (ECC'13)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Zurich, Switzerland. pp.2244 - 2250</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00932348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Verifying Properties of Binary Neural Networks Using Sparse Polynomial Optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Srećko Đurašinović</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jianting Yang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Bernard Lasserre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jun Zhao</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">R&amp;T Days 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Toulouse (FRANCE), France. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04720757v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sparse Polynomial Optimization: Theory and Practice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jie Wang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">World Scientific Press. 2023, Series on Optimization and Its Applications, 978-1-80061-294-5. </w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1142/q0382⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03760501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Certified Roundoff Error Bounds Using Bernstein Expansions and Sparse Krivine-Stengle Representations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Rocca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thao Dang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">68 (7), pp.953-966, 2019, </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TC.2018.2851235⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02402354v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Positivity of state, trace, and moment polynomials, and applications in quantum information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Felix Huber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jurij Volčič</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Operator Theory</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer Basel, pp.1-30, 2024, Operator Theory, </w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-0348-0692-3_88-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04844939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Property-based Polynomial Invariant Generation Using Sums-of-Squares Optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assalé Adjé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Loïc Garoche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Blazy Sandrine; Jensen Thomas. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Static Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Springer Berlin Heidelberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.235-251, 2015, 978-3-662-48287-2. </w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-662-48288-9_14⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01369974v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (24)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leveraging Christoffel-Darboux Kernels to Strengthen Moment-SOS Relaxations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Srećko Ðurašinović</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perla Azzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Bernard Lasserre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olga Mula</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04913273v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Convergence rates for polynomial optimization on set products</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05086019v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Complete Upper Bound Hierarchies for Spectral Minimum in Noncommutative Polynomial Optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Igor Klep</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jurij Volčič</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04875437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Finite Convergence of the Moment-SOS Hierarchy on the Product of Spheres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sami Halaseh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mateusz Skomra</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05415837v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploiting Term Sparsity in Symmetry-Adapted Basis for Polynomial Optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Igor Klep</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tobias Metzlaff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jie Wang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05380867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approximating the order 2 quantum Wasserstein distance using the moment-SOS hierarchy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saroj Prasad Chhatoi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05132133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moment-SOS hierarchies for arrow-type polynomial matrix inequalities with applications to structural optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marouan Handa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marek Tyburec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Fantuzzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michal Kočvara</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05240295v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inclusion constants for free spectrahedra with applications to quantum incompatibility</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreas Bluhm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Evert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Igor Klep</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ion Nechita</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05429010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Certified bounds on optimization problems in quantum theory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Younes Naceur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jie Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Acín</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05428967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mixtures Closest to a Given Measure: A Semidefinite Programming Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Srecko Durasinovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean B Lasserre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05289733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sums of squares representations on singular loci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ngoc Hoang Anh Mai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04023980v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Urysohn in action: separating semialgebraic sets by polynomials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milan Korda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Bernard Lasserre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexey Lazarev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simone Naldi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03712510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tractable hierarchies of convex relaxations for polynomial optimization on the nonnegative orthant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ngoc Hoang Anh Mai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Bernard Lasserre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kim-Chuan Toh</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03776853v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tractable semidefinite bounds of positive maximal singular values</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ngoc Hoang Anh Mai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoshio Ebihara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hayato Waki</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03580048v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A hierarchy of spectral relaxations for polynomial optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ngoc Hoang Anh Mai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Bernard Lasserre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03149938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noncommutative Polynomial Optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abhishek Bhardwaj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Igor Klep</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03333504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploiting Term Sparsity in Moment-SOS hierarchy for Dynamical Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jie Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corbinian Schlosser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milan Korda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03439458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CS-TSSOS: Correlative and term sparsity for large-scale polynomial optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jie Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean B Lasserre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ngoc Hoang Anh Mai</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02566472v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Computer-assisted proofs for Lyapunov stability via Sums of Squares certificates and Constructive Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grigory Devadze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Streif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02873040v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Sums-of-Squares Extension of Policy Iterations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assalé Adjé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Loïc Garoche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01133405v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Certified Roundoff Error Bounds using Bernstein Expansions and Sparse Krivine-Stengle Representations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Rocca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thao Dang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01448167v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Certified Lower Bounds of Roundoff Errors using Semidefinite Programming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mountassir Farid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01448160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Property-based Polynomial Invariant Generation using Sums-of-Squares Optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assalé Adjé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Loïc Garoche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01134816v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polynomial Template Generation using Sum-of-Squares Programming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assalé Adjé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01064305v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bilan et prospectives 2019 du département Décision & Optimisation du LAAS-CNRS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Peaucelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-José Huguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Pencolé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Artigues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Hébrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02295816v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formal Proofs for Global Optimization -- Templates and Sums of Squares</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Optimization and Control [math.OC]. Ecole Polytechnique X, 2013. English. </w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pastel-00917779v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The quest of modeling, certification and efficiency in polynomial optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Automatic Control Engineering. Université Toulouse 3 Paul Sabatier, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-03246038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cours (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploiting sparsity in polynomial optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">École thématique. Luminy, France. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04193936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Logiciel (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TSSOS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jie Wang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024, </w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨swh:1:dir:cbf2ecc0d62a29200571c1fefaab9e97d62fb6a4;origin=https://hal.archives-ouvertes.fr/hal-04719510;visit=swh:1:snp:99ab25528c5694b6e3de07baa33fab62d9ba3b25;anchor=swh:1:rel:7933a8a0093f3fae2d54c3bb5c3edd84b6ed16b5;path=/⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04719510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RealCertify</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024, </w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨swh:1:dir:65138ea897686eed5531074255caa4dd21d087b4;origin=https://hal.archives-ouvertes.fr/hal-04719526;visit=swh:1:snp:e32a3b48f1744a2714f5f9ddbf411cc278807f96;anchor=swh:1:rel:c474cafbf7034e92b0fe2e165b1355af844bf4c2;path=/⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04719526v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId289"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:150px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Victor Magron </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Chargé de recherche au CNRS</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (49)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sums of squares certificates for polynomial moment inequalities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Igor Klep</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jurij Volčič</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Foundations of Computational Mathematics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10208-025-09703-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04125262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the Complexity of p-Order Cone Programs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Víctor Blanco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miguel Martínez-Antón</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Complexity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 91, pp.101979. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jco.2025.101979⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04896611v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Induced Norm Analysis of Linear Systems for Nonnegative Input Signals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoshio Ebihara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noboru Sebe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hayato Waki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Peaucelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Tarbouriech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Automatica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 183, pp.112606. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.automatica.2025.112606⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04438031v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Convergence rates for sums-of-squares hierarchies with correlative sparsity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milan Korda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolfo Ríos-Zertuche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mathematical Programming</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 209, </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10107-024-02071-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04049383v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A real moment-HSOS hierarchy for complex polynomial optimization with real coefficients</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jie Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computational Optimization and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 90, </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10589-024-00617-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04189927v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Symmetry reduction and recovery of trajectories of optimal control problems via measure relaxations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Augier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Henrion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milan Korda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESAIM: Control, Optimisation and Calculus of Variations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 30, pp.63. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/cocv/2024053⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04694171v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slow convergence of the moment-SOS hierarchy for an elementary polynomial optimization problem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Henrion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Le Franc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SIAM Journal on Applied Algebra and Geometry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 9 (1), pp.261-278. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1137/24M1645942⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04500960v4</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Certifying ground-state properties of many-body systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jie Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacopo Surace</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irénée Frérot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Legat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc-Olivier Renou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review X</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 14 (3), pp.031006. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevX.14.031006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04264341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Minimal Sparsity for Second-Order Moment-SOS Relaxations of the AC-OPF Problem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Le Franc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Bernard Lasserre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Ruiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Panciatici</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Power Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 39 (3), pp.5408 - 5415. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TPWRS.2023.3333691⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04110742v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sum of Squares Decompositions of Polynomials over their Gradient Ideals with Rational Coefficients</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohab Safey El Din</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trung-Hieu Vu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SIAM Journal on Optimization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 33 (1), </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1137/21M1436245⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03312392v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noncommutative Christoffel-Darboux Kernels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serban Belinschi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Vinnikov</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transactions of the American Mathematical Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 376, pp.181-230. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1090/tran/8648⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03433869v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SONC Optimization and Exact Nonnegativity Certificates via Second-Order Cone Programming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jie Wang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Symbolic Computation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 115, pp.346-370. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jsc.2022.08.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03070864v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">State polynomials: positivity, optimization and nonlinear Bell inequalities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Igor Klep</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jurij Volčič</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jie Wang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mathematical Programming</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 207 (1-2), pp.645-691. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10107-023-02024-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03964830v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Revisiting semidefinite programming approaches to options pricing: complexity and computational perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Henrion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Felix Kirschner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne de Klerk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milan Korda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Bernard Lasserre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INFORMS Journal on Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 35 (2), pp.265-517. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1287/ijoc.2022.1220⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03429272v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploiting ideal-sparsity in the generalized moment problem with application to matrix factorization ranks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milan Korda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monique Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andries Steenkamp</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mathematical Programming</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 205, pp.703-744. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10107-023-01993-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03782934v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Correlations constrained by composite measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Selby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Belén Sainz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Łukasz Czekaj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michał Horodecki</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quantum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 7, pp.1080. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22331/q-2023-08-10-1080⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04117038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploiting Sparsity in Complex Polynomial Optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jie Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Optimization Theory and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 192, pp.335-359. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10957-021-01975-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03178832v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimension-free entanglement detection in multipartite Werner states</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Felix Huber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Igor Klep</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jurij Volčič</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communications in Mathematical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 396, pp.1051-1070. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00220-022-04485-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03322991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Sublevel Moment-SOS Hierarchy for Polynomial Optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tong Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Bernard Lasserre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edouard Pauwels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computational Optimization and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 81 (1), pp.31-66. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10589-021-00325-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03109978v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stability of Linear Systems under Extended Weakly-Hard Constraints</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Vreman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paolo Pazzaglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jie Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martina Maggio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Control Systems Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 6, pp.2900-2905. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/LCSYS.2022.3179960⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03127108v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Certifying Global Optimality of AC-OPF Solutions via the CS-TSSOS Hierarchy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jie Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Bernard Lasserre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electric Power Systems Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 213, pp.108683. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.epsr.2022.108683⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03351160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A sparse version of Reznick's Positivstellensatz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. H. A. Mai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Bernard Lasserre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mathematics of Operations Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1287/moor.2022.1284⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02477339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the complexity of Putinar-Vasilescu's Positivstellensatz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ngoc Hoang Anh Mai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Complexity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jco.2022.101663⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03820206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploiting constant trace property in large-scale polynomial optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ngoc Hoang Anh Mai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Bernard Lasserre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jie Wang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACM Transactions on Mathematical Software</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 48 (4), pp.1-39. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3555309⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03079000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TSSOS: A Moment-SOS hierarchy that exploits term sparsity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jie Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Bernard Lasserre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SIAM Journal on Optimization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 31 (1), pp.30--58. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1137/19M1307871⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02448389v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chordal-TSSOS: a moment-SOS hierarchy that exploits term sparsity with chordal extension</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jie Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Bernard Lasserre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SIAM Journal on Optimization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1137/20M1323564⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02502131v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Minimizing rational functions: a hierarchy of approximations via pushforward measures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Bernard Lasserre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Swann Marx</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Zahm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SIAM Journal on Optimization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 31 (3), pp.2285-2306. </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1137/20M138541X⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03053386v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploiting term sparsity in Noncommutative Polynomial Optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jie Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computational Optimization and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 80, pp.483-521. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10589-021-00301-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02967839v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On Exact Reznick, Hilbert-Artin and Putinar's Representations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohab Safey El Din</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Symbolic Computation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 107, pp.221-250. </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jsc.2021.03.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01935727v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimization over trace polynomials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Igor Klep</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jurij Volčič</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales Henri Poincaré</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00023-021-01095-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02879621v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Positivity certificates and polynomial optimization on non-compact semialgebraic sets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ngoc Hoang Anh Mai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Bernard Lasserre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mathematical Programming, Series A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10107-021-01634-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02382059v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">$l_2$ Induced Norm Analysis of Discrete-Time LTI Systems for Nonnegative Input Signals and Its Application to Stability Analysis of Recurrent Neural Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoshio Ebihara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hayato Waki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ngoc Hoang Anh Mai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Peaucelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 62, pp.99-104. </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ejcon.2021.06.022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03026445v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Computing the Hausdorff boundary measure of semi-algebraic sets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Bernard Lasserre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SIAM Journal on Applied Algebra and Geometry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 4 (3), pp.441-469. </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1137/20M1314392⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02448149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sparse Noncommutative Polynomial Optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Igor Klep</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Janez Povh</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mathematical Programming, Series A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10107-020-01610-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02278767v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal Control of Linear PDEs using Occupation Measures and SDP Relaxations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Prieur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IMA Journal of Mathematical Control and Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 37 (1), pp.159-174. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/imamci/dny044⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01966782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Algorithms for Weighted Sums of Squares Decomposition of Non-negative Univariate Polynomials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohab Safey El Din</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Markus Schweighofer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Symbolic Computation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 93, pp.200-220. </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jsc.2018.06.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01538729v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EXACT OPTIMIZATION VIA SUMS OF NONNEGATIVE CIRCUITS AND SUMS OF AM/GM EXPONENTIALS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henning Seidler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timo de Wolff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACM Communications in Computer Algebra</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3326229.3326271⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02006899v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semidefinite Approximations of Invariant Measures for Polynomial Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcelo Forets</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Henrion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Discrete and Continuous Dynamical Systems - Series B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 24 (12), pp.6745-6770. </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3934/dcdsb.2019165⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01828443v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semidefinite Approximations of Reachable Sets for Discrete-time Polynomial Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Loïc Garoche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Henrion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Thirioux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SIAM Journal on Control and Optimization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 57 (4), pp.2799-2820. </w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1137/17M1121044⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01490897v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In SDP relaxations, inaccurate solvers do robust optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Bernard Lasserre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SIAM Journal on Optimization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 29 (3), pp.2128-2145. </w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1137/18M1225677⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01915976v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Certified Roundoff Error Bounds using Bernstein Expansions and Sparse Krivine-Stengle Representations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Rocca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thao Dang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Computers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 68 (7), pp.953-966. </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TC.2018.2851235⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01956817v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal data fitting: a moment approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Bernard Lasserre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SIAM Journal on Optimization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 28 (4), pp.3127-3144. </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1137/18M1170108⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01706850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RealCertify: a Maple package for certifying non-negativity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohab Safey El Din</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACM Communications in Computer Algebra</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 52 (2), pp.34-37. </w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3282678.3282681⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01956812v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interval Enclosures of Upper Bounds of Roundoff Errors using Semidefinite Programming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACM Transactions on Mathematical Software</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 44 (4), pp.41:1--41:18. </w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3206430⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01956815v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semidefinite approximations of projections and polynomial images of semialgebraic sets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Henrion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Bernard Lasserre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SIAM Journal on Optimization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 25 (4), pp. 2143-2164</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01075343v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formal Proofs for Nonlinear Optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Allamigeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Gaubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Werner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Formalized Reasoning</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 8 (15), pp.1-24</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00985675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Certification of real inequalities: templates and sums of squares</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Allamigeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Gaubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Werner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mathematical Programming</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 151 (2), pp.30. </w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10107-014-0834-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01096485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approximating Pareto Curves using Semidefinite Relaxations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Henrion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Bernard Lasserre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Operations Research Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 42 (6-7), pp.432-437</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00980625v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Error Bounds for Polynomial Optimization over the Hypercube using Putinar type Representations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optimization Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, </w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11590-014-0797-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00983485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (28)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detecting Destabilizing Nonlinearities in Absolute Stability Analysis of Discrete-Time Feedback Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hibiki Gyotoku</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tsuyoshi Yuno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoshio Ebihara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Peaucelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Tarbouriech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th IFAC Symposium on Robust Control Design ROCOND 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Porto, Portugal. pp.242-247, </w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ifacol.2025.10.110⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04985724v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stability Analysis of Feedback Systems with ReLU Nonlinearities via Semialgebraic Set Representation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shingo Nishinaka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rin Saeki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tsuyoshi Yuno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoshio Ebihara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th IFAC Conference of Modelling, Identification and Control of nonlinear systems (MICNON)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04495314v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">State polynomial optimization for nonlinear Bell inequalities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Effective Methods in Algebraic Geometry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Leipzig, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04719283v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Verifying Properties of Binary Neural Networks Using Sparse Polynomial Optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jianting Yang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Srećko Ðurašinović</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Bernard Lasserre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jun Zhao</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thirteenth International Conference on Learning Representations (ICLR), 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2025, Singapour, Singapore. 22 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04589986v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Upper bound hierarchies for noncommutative polynomial optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Igor Klep</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Massé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jurij Volčič</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26th International Symposium on Mathematical Theory of Networks and Systems (MTNS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2024, Cambridge (Angleterre), United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04440949v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Local Lipschitz Constant Computation of ReLU-FNNs: Upper Bound Computation with Exactness Verification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoshio Ebihara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xin Dai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Peaucelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Tarbouriech</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Control Conference (ECC 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Stockholm, Sweden. </w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/ECC64448.2024.10590974⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04247204v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trace polynomial optimization with applications in quantum information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on Semidefinite and Polynomial Optimization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2024, Amsterdam (Hollande), Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04719307v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On Dual of LMIs for Absolute Stability Analysis of Nonlinear Feedback Systems with Static O'Shea-Zames-Falb Multipliers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hibiki Gyotoku</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tsuyoshi Yuno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoshio Ebihara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Peaucelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2025 European Control Conference (ECC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Thessaloniki, Greece. pp.1237-1242, </w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/ECC65951.2025.11186908⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04797364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peak Estimation of Time Delay Systems using Occupation Measures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jared Miller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milan Korda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Sznaier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 62nd IEEE Conference on Decision and Control (CDC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2023, Singapore, Singapore. pp.5294-5300, </w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CDC49753.2023.10384165⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04047493v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pourchet's theorem in action: decomposing univariate nonnegative polynomials as sums of five squares</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Przemysław Koprowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Vaccon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISSAC 2023: International Symposium on Symbolic and Algebraic Computation 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2023, Kyoto, Japan. pp.425-433, </w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3597066.3597072⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03976836v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploiting sparsity in polynomial optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées nationales de calcul formel (JNCF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2023, Marseille (CIRM, Centre International de Rencontres Mathématiques), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04719298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sparse polynomial optimization: theory and practice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th International Symposium on Operations Research in Slovenia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Bled, Slovenia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04719292v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L 2+ Induced Norm Analysis of Continuous-Time LTI Systems Using Positive Filters and Copositive Programming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoshio Ebihara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hayato Waki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noboru Sebe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Peaucelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Control Conference (ECC 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Londres, United Kingdom. </w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/ECC55457.2022.9838085⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03740522v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conic programming for certified polynomial optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conic Linear Optimization for Computer-Assisted Proofs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2022, Oberwolfach (Germany), Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04719316v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exact SOHS Decompositions of Trigonometric Univariate Polynomials with Gaussian Coefficients</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohab Safey El Din</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Markus Schweighofer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trung Hieu Vu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Symbolic and Algebraic Computation (ISSAC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03575157v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TSSOS: a Julia library to exploit sparsity for large-scale polynomial optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jie Wang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Effective Methods in Algebraic Geometry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Tromso, Norway. </w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48550/arXiv.2103.00915⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03155742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Constant Trace Property in Noncommutative Optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ngoc Hoang Anh Mai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abhishek Bhardwaj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Symbolic and Algebraic Computation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2021, Saint Petersbourg, Russia. </w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3452143.3465516⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03130967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stability Analysis of Recurrent Neural Networks by IQC with Copositive Mutipliers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoshio Ebihara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hayato Waki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ngoc Hoang Anh Mai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Peaucelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Control and Decision Conference (CDC) 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2021, Austin, United States. pp.5098-5103, </w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CDC45484.2021.9683530⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03564261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semialgebraic Representation of Monotone Deep Equilibrium Models and Applications to Certification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tong Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Bernard Lasserre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edouard Pauwels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Neural Information Processing Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2021, Online, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03265346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SparseJSR: A Fast Algorithm to Compute Joint Spectral Radius via Sparse SOS Decompositions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jie Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martina Maggio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 American Control Conference (ACC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, New Orleans, United States. </w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/ACC50511.2021.9483347⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02923348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semialgebraic Optimization for Lipschitz Constants of ReLU Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tong Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Bernard Lasserre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edouard Pauwels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference on Neural Information Processing Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Vancouver, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02940488v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A second order cone characterization for sums of nonnegative circuits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jie Wang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">45th International Symposium on Symbolic and Algebraic Computation (ISSAC'20)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2020, Virtual, Greece. pp.450-457, </w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3373207.3404033⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02473446v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On Exact Polya and Putinar's Representations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohab Safey El Din</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISSAC '18 International Symposium on Symbolic and Algebraic Computation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, New-York, United States. pp.279-286, </w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3208976.3208986⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01720612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automatic Synthesis of Piecewise Linear Quadratic Invariants for Programs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assalé Adjé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Loïc Garoche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Verification Model Checking and Abstract Interpretation 2015 (VMCAI 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2015, Mumbai, India. pp.99-116</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01371514v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Property-based Polynomial Invariant Generation Using Sums-Of-Squares</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assalé Adjé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Loïc Garoche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Static Analysis Symposium 2015 (2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Saint-Malo, France. pp.235-251</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01371508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NLCertify: A Tool for Formal Nonlinear Optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Congress on Mathematical Software (ICMS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2014, Seoul, South Korea. 6p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00995686v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Certification of Bounds of Non-linear Functions: the Templates Method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Allamigeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Gaubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Werner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conferences on Intelligent Computer Mathematics (CICM 2013)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Bath, United Kingdom. pp.51-65, </w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-39320-4_4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00932333v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Certification of inequalities involving transcendental functions: combining SDP and max-plus approximation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Allamigeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Gaubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Werner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Control Conference (ECC'13)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Zurich, Switzerland. pp.2244 - 2250</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00932348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Verifying Properties of Binary Neural Networks Using Sparse Polynomial Optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Srećko Đurašinović</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jianting Yang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Bernard Lasserre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jun Zhao</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">R&amp;T Days 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Toulouse (FRANCE), France. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04720757v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sparse Polynomial Optimization: Theory and Practice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jie Wang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">World Scientific Press. 2023, Series on Optimization and Its Applications, 978-1-80061-294-5. </w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1142/q0382⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03760501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Certified Roundoff Error Bounds Using Bernstein Expansions and Sparse Krivine-Stengle Representations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Rocca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thao Dang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">68 (7), pp.953-966, 2019, </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TC.2018.2851235⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02402354v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Positivity of state, trace, and moment polynomials, and applications in quantum information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Felix Huber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jurij Volčič</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Operator Theory</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer Basel, pp.1-30, 2024, Operator Theory, </w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-0348-0692-3_88-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04844939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Property-based Polynomial Invariant Generation Using Sums-of-Squares Optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assalé Adjé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Loïc Garoche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Blazy Sandrine; Jensen Thomas. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Static Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Springer Berlin Heidelberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.235-251, 2015, 978-3-662-48287-2. </w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-662-48288-9_14⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01369974v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (25)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Effective Lasserre's Perturbative Positivstellensatz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Igor Klep</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthias Schötz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05555573v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Complete Upper Bound Hierarchies for Spectral Minimum in Noncommutative Polynomial Optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Igor Klep</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jurij Volčič</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04875437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Convergence rates for polynomial optimization on set products</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05086019v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Finite Convergence of the Moment-SOS Hierarchy on the Product of Spheres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sami Halaseh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mateusz Skomra</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05415837v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploiting Term Sparsity in Symmetry-Adapted Basis for Polynomial Optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Igor Klep</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tobias Metzlaff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jie Wang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05380867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leveraging Christoffel-Darboux Kernels to Strengthen Moment-SOS Relaxations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Srećko Ðurašinović</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perla Azzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Bernard Lasserre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olga Mula</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04913273v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moment-SOS hierarchies for arrow-type polynomial matrix inequalities with applications to structural optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marouan Handa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marek Tyburec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Fantuzzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michal Kočvara</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05240295v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approximating the order 2 quantum Wasserstein distance using the moment-SOS hierarchy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saroj Prasad Chhatoi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05132133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inclusion constants for free spectrahedra with applications to quantum incompatibility</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreas Bluhm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Evert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Igor Klep</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ion Nechita</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05429010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Certified bounds on optimization problems in quantum theory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Younes Naceur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jie Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Acín</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05428967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mixtures Closest to a Given Measure: A Semidefinite Programming Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Srecko Durasinovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean B Lasserre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05289733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sums of squares representations on singular loci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ngoc Hoang Anh Mai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04023980v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tractable hierarchies of convex relaxations for polynomial optimization on the nonnegative orthant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ngoc Hoang Anh Mai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Bernard Lasserre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kim-Chuan Toh</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03776853v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Urysohn in action: separating semialgebraic sets by polynomials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milan Korda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Bernard Lasserre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexey Lazarev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simone Naldi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03712510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tractable semidefinite bounds of positive maximal singular values</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ngoc Hoang Anh Mai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoshio Ebihara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hayato Waki</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03580048v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A hierarchy of spectral relaxations for polynomial optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ngoc Hoang Anh Mai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Bernard Lasserre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03149938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noncommutative Polynomial Optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abhishek Bhardwaj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Igor Klep</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03333504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploiting Term Sparsity in Moment-SOS hierarchy for Dynamical Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jie Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corbinian Schlosser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milan Korda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03439458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CS-TSSOS: Correlative and term sparsity for large-scale polynomial optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jie Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean B Lasserre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ngoc Hoang Anh Mai</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02566472v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Computer-assisted proofs for Lyapunov stability via Sums of Squares certificates and Constructive Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grigory Devadze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Streif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02873040v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Sums-of-Squares Extension of Policy Iterations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assalé Adjé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Loïc Garoche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01133405v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Certified Roundoff Error Bounds using Bernstein Expansions and Sparse Krivine-Stengle Representations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Rocca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thao Dang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01448167v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Certified Lower Bounds of Roundoff Errors using Semidefinite Programming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mountassir Farid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01448160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Property-based Polynomial Invariant Generation using Sums-of-Squares Optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assalé Adjé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Loïc Garoche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01134816v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polynomial Template Generation using Sum-of-Squares Programming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assalé Adjé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01064305v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bilan et prospectives 2025 du département Décision &amp; Optimisation du LAAS-CNRS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Peaucelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Artigues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Baudouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Houssin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">LAAS-CNRS. 2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05510227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bilan et prospectives 2019 du département Décision & Optimisation du LAAS-CNRS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Peaucelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-José Huguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Pencolé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Artigues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Hébrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02295816v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formal Proofs for Global Optimization -- Templates and Sums of Squares</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Optimization and Control [math.OC]. Ecole Polytechnique X, 2013. English. </w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pastel-00917779v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The quest of modeling, certification and efficiency in polynomial optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Automatic Control Engineering. Université Toulouse 3 Paul Sabatier, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-03246038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cours (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploiting sparsity in polynomial optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">École thématique. Luminy, France. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04193936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Logiciel (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TSSOS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jie Wang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024, </w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨swh:1:dir:cbf2ecc0d62a29200571c1fefaab9e97d62fb6a4;origin=https://hal.archives-ouvertes.fr/hal-04719510;visit=swh:1:snp:99ab25528c5694b6e3de07baa33fab62d9ba3b25;anchor=swh:1:rel:7933a8a0093f3fae2d54c3bb5c3edd84b6ed16b5;path=/⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04719510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RealCertify</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Magron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024, </w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨swh:1:dir:65138ea897686eed5531074255caa4dd21d087b4;origin=https://hal.archives-ouvertes.fr/hal-04719526;visit=swh:1:snp:e32a3b48f1744a2714f5f9ddbf411cc278807f96;anchor=swh:1:rel:c474cafbf7034e92b0fe2e165b1355af844bf4c2;path=/⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04719526v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId294"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -186,51 +186,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04125262v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Klep" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Magron" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jurij Vol&#269;i&#269;" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10208-025-09703-z" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04896611v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#237;ctor Blanco" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Mart&#237;nez-Ant&#243;n" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jco.2025.101979" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04189927v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jie Wang" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10589-024-00617-0" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04049383v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milan Korda" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolfo R&#237;os-Zertuche" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10107-024-02071-6" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04438031v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoshio Ebihara" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noboru Sebe" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayato Waki" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Peaucelle" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Tarbouriech" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.automatica.2025.112606" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04694171v2" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Augier" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Henrion" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/cocv/2024053" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04500960v4" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Le Franc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/24M1645942" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04264341v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacopo Surace" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#233;n&#233;e Fr&#233;rot" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Legat" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Olivier Renou" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevX.14.031006" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04110742v2" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Bernard Lasserre" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Ruiz" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Panciatici" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPWRS.2023.3333691" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03429272v2" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Kirschner" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne de Klerk" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1287/ijoc.2022.1220" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03070864v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsc.2022.08.002" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03433869v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serban Belinschi" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Vinnikov" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1090/tran/8648" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03312392v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohab Safey El Din" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trung-Hieu Vu" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/21M1436245" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03964830v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10107-023-02024-5" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03782934v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Laurent" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andries Steenkamp" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10107-023-01993-x" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04117038v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Selby" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Bel&#233;n Sainz" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#321;ukasz Czekaj" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#322; Horodecki" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22331/q-2023-08-10-1080" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03322991v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Huber" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00220-022-04485-9" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03178832v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10957-021-01975-z" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03109978v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tong Chen" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Pauwels" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10589-021-00325-z" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03127108v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Vreman" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Pazzaglia" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Maggio" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LCSYS.2022.3179960" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03351160v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsr.2022.108683" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02477339v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. H. A. Mai" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1287/moor.2022.1284" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03820206v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoc Hoang Anh Mai" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jco.2022.101663" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03079000v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3555309" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02448389v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/19M1307871" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02502131v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/20M1323564" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03053386v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Swann Marx" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Zahm" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/20M138541X" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02967839v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10589-021-00301-7" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01935727v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsc.2021.03.005" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02879621v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00023-021-01095-4" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02382059v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10107-021-01634-1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03026445v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejcon.2021.06.022" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02278767v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janez Povh" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10107-020-01610-1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02448149v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/20M1314392" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01966782v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Prieur" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/imamci/dny044" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01828443v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo Forets" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/dcdsb.2019165" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01538729v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Schweighofer" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsc.2018.06.005" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02006899v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henning Seidler" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timo de Wolff" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3326229.3326271" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01490897v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Lo&#239;c Garoche" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Thirioux" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/17M1121044" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01956817v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Rocca" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thao Dang" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TC.2018.2851235" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01915976v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/18M1225677" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01956812v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3282678.3282681" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01706850v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/18M1170108" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01956815v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3206430" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01075343v2" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00985675v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Allamigeon" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Gaubert" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Werner" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01096485v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10107-014-0834-5" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00980625v2" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00983485v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11590-014-0797-8" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04985724v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hibiki Gyotoku" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tsuyoshi Yuno" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2025.10.110" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04495314v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shingo Nishinaka" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rin Saeki" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04719283v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04589986v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianting Yang" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sre&#263;ko &#208;ura&#353;inovi&#263;" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun Zhao" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04440949v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Mass&#233;" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04247204v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xin Dai" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ECC64448.2024.10590974" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04797364v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ECC65951.2025.11186908" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04719307v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04047493v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jared Miller" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Sznaier" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CDC49753.2023.10384165" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03976836v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Przemys&#322;aw Koprowski" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Vaccon" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3597066.3597072" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04719298v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04719292v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03740522v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ECC55457.2022.9838085" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04719316v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03575157v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trung Hieu Vu" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03130967v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abhishek Bhardwaj" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3452143.3465516" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03564261v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CDC45484.2021.9683530" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03155742v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2103.00915" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03265346v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02923348v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ACC50511.2021.9483347" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02940488v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02473446v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3373207.3404033" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01720612v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3208976.3208986" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01371514v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assal&#233; Adj&#233;" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01371508v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00995686v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00932333v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-39320-4_4" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00932348v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04720757v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sre&#263;ko &#272;ura&#353;inovi&#263;" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03760501v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/q0382" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02402354v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04844939v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-0348-0692-3_88-1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01369974v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://link.springer.com/10.1007/978-3-662-48288-9_14" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-662-48288-9_14" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04913273v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perla Azzi" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Mula" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-05086019v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04875437v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-05415837v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Halaseh" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mateusz Skomra" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-05380867v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Metzlaff" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-05132133v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saroj Prasad Chhatoi" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-05240295v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marouan Handa" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marek Tyburec" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Fantuzzi" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal Ko&#269;vara" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-05429010v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Bluhm" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Evert" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ion Nechita" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-05428967v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Younes Naceur" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Ac&#237;n" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-05289733v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Srecko Durasinovic" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean B Lasserre" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04023980v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03712510v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexey Lazarev" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Naldi" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03776853v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim-Chuan Toh" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03580048v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03149938v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03333504v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03439458v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corbinian Schlosser" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02566472v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02873040v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grigory Devadze" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Streif" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01133405v2" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01448167v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01448160v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mountassir Farid" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01134816v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01064305v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02295816v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jos&#233; Huguet" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Pencol&#233;" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Artigues" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel H&#233;brard" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/pastel-00917779v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/tel-03246038v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04193936v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04719510v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:cbf2ecc0d62a29200571c1fefaab9e97d62fb6a4;origin=https://hal.archives-ouvertes.fr/hal-04719510;visit=swh:1:snp:99ab25528c5694b6e3de07baa33fab62d9ba3b25;anchor=swh:1:rel:7933a8a0093f3fae2d54c3bb5c3edd84b6ed16b5;path=/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04719526v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:65138ea897686eed5531074255caa4dd21d087b4;origin=https://hal.archives-ouvertes.fr/hal-04719526;visit=swh:1:snp:e32a3b48f1744a2714f5f9ddbf411cc278807f96;anchor=swh:1:rel:c474cafbf7034e92b0fe2e165b1355af844bf4c2;path=/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04125262v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Klep" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Magron" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jurij Vol&#269;i&#269;" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10208-025-09703-z" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04896611v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#237;ctor Blanco" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Mart&#237;nez-Ant&#243;n" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jco.2025.101979" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04438031v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoshio Ebihara" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noboru Sebe" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayato Waki" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Peaucelle" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Tarbouriech" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.automatica.2025.112606" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04049383v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milan Korda" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolfo R&#237;os-Zertuche" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10107-024-02071-6" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04189927v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jie Wang" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10589-024-00617-0" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04694171v2" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Augier" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Henrion" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/cocv/2024053" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04500960v4" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Le Franc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/24M1645942" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04264341v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacopo Surace" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#233;n&#233;e Fr&#233;rot" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Legat" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Olivier Renou" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevX.14.031006" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04110742v2" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Bernard Lasserre" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Ruiz" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Panciatici" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPWRS.2023.3333691" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03312392v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohab Safey El Din" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trung-Hieu Vu" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/21M1436245" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03433869v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serban Belinschi" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Vinnikov" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1090/tran/8648" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03070864v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsc.2022.08.002" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03964830v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10107-023-02024-5" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03429272v2" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Kirschner" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne de Klerk" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1287/ijoc.2022.1220" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03782934v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Laurent" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andries Steenkamp" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10107-023-01993-x" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04117038v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Selby" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Bel&#233;n Sainz" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#321;ukasz Czekaj" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#322; Horodecki" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22331/q-2023-08-10-1080" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03178832v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10957-021-01975-z" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03322991v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Huber" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00220-022-04485-9" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03109978v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tong Chen" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Pauwels" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10589-021-00325-z" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03127108v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Vreman" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Pazzaglia" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Maggio" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LCSYS.2022.3179960" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03351160v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsr.2022.108683" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02477339v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. H. A. Mai" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1287/moor.2022.1284" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03820206v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoc Hoang Anh Mai" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jco.2022.101663" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03079000v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3555309" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02448389v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/19M1307871" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02502131v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/20M1323564" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03053386v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Swann Marx" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Zahm" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/20M138541X" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02967839v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10589-021-00301-7" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01935727v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsc.2021.03.005" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02879621v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00023-021-01095-4" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02382059v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10107-021-01634-1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03026445v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejcon.2021.06.022" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02448149v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/20M1314392" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02278767v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janez Povh" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10107-020-01610-1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01966782v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Prieur" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/imamci/dny044" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01538729v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Schweighofer" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsc.2018.06.005" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02006899v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henning Seidler" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timo de Wolff" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3326229.3326271" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01828443v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo Forets" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/dcdsb.2019165" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01490897v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Lo&#239;c Garoche" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Thirioux" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/17M1121044" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01915976v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/18M1225677" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01956817v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Rocca" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thao Dang" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TC.2018.2851235" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01706850v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/18M1170108" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01956812v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3282678.3282681" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01956815v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3206430" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01075343v2" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00985675v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Allamigeon" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Gaubert" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Werner" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01096485v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10107-014-0834-5" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00980625v2" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00983485v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11590-014-0797-8" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04985724v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hibiki Gyotoku" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tsuyoshi Yuno" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2025.10.110" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04495314v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shingo Nishinaka" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rin Saeki" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04719283v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04589986v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianting Yang" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sre&#263;ko &#208;ura&#353;inovi&#263;" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun Zhao" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04440949v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Mass&#233;" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04247204v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xin Dai" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ECC64448.2024.10590974" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04719307v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04797364v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ECC65951.2025.11186908" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04047493v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jared Miller" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Sznaier" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CDC49753.2023.10384165" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03976836v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Przemys&#322;aw Koprowski" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Vaccon" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3597066.3597072" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04719298v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04719292v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03740522v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ECC55457.2022.9838085" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04719316v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03575157v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trung Hieu Vu" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03155742v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2103.00915" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03130967v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abhishek Bhardwaj" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3452143.3465516" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03564261v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CDC45484.2021.9683530" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03265346v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02923348v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ACC50511.2021.9483347" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02940488v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02473446v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3373207.3404033" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01720612v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3208976.3208986" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01371514v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assal&#233; Adj&#233;" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01371508v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00995686v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00932333v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-39320-4_4" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00932348v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04720757v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sre&#263;ko &#272;ura&#353;inovi&#263;" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03760501v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/q0382" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02402354v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04844939v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-0348-0692-3_88-1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01369974v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://link.springer.com/10.1007/978-3-662-48288-9_14" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-662-48288-9_14" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-05555573v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Sch&#246;tz" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04875437v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-05086019v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-05415837v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Halaseh" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mateusz Skomra" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-05380867v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Metzlaff" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04913273v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perla Azzi" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Mula" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-05240295v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marouan Handa" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marek Tyburec" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Fantuzzi" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal Ko&#269;vara" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-05132133v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saroj Prasad Chhatoi" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-05429010v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Bluhm" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Evert" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ion Nechita" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-05428967v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Younes Naceur" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Ac&#237;n" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-05289733v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Srecko Durasinovic" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean B Lasserre" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04023980v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03776853v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim-Chuan Toh" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03712510v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexey Lazarev" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Naldi" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03580048v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03149938v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03333504v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03439458v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corbinian Schlosser" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02566472v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02873040v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grigory Devadze" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Streif" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01133405v2" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01448167v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01448160v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mountassir Farid" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01134816v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01064305v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-05510227v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Artigues" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Baudouin" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Houssin" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02295816v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jos&#233; Huguet" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Pencol&#233;" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel H&#233;brard" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/pastel-00917779v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/tel-03246038v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04193936v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04719510v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:cbf2ecc0d62a29200571c1fefaab9e97d62fb6a4;origin=https://hal.archives-ouvertes.fr/hal-04719510;visit=swh:1:snp:99ab25528c5694b6e3de07baa33fab62d9ba3b25;anchor=swh:1:rel:7933a8a0093f3fae2d54c3bb5c3edd84b6ed16b5;path=/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04719526v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:65138ea897686eed5531074255caa4dd21d087b4;origin=https://hal.archives-ouvertes.fr/hal-04719526;visit=swh:1:snp:e32a3b48f1744a2714f5f9ddbf411cc278807f96;anchor=swh:1:rel:c474cafbf7034e92b0fe2e165b1355af844bf4c2;path=/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>