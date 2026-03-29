--- v0 (2026-03-07)
+++ v1 (2026-03-29)
@@ -132,4728 +132,4728 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (26)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Progress status in low frequency noise AMR LSMO sensors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raul Solis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luiz Guilherme Enger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandeep Kumar Chaluvadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Polewczyk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Petrov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ICNF 2025 (International conference on Noise and Fluctuations)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Taormina, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05396902v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nanoscale structural and chemical studies of the modifications induced by swift heavy ion irradiation in SrTiO3 at grazing incidence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammad S Jamal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Pierron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tagi Tagiyev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Blond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Guillous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">REI22 (22nd International Conference in Radiation Effects on Insulators)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Madrid, Spain</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05396889v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Interface engineering for integration of VO2 on silicon for thermotronics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Swayam Sahoo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Bugnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid Cañero Infante</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Pierron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Méchin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">C'NANO 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre national de Compétences en Nanosciences du CNRS, Mar 2025, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05043603v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">High sensitive magnetic sensors based on anisotropic magnetoresistive effect in epitaxial La2/3Sr1/3MnO3 thin films</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luiz Guilherme Enger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Flament</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Pierron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Lebargy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Guillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">iWOE-30 (International Workshop on Oxide Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Darmstadt, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04792213v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suspended oxide-based resistive bolometers on silicon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Méchin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanuza Marques Do Nascimento</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shuang Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Pierron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Guillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">School on oxide M/NEMS and membranes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, evenement en distanciel, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04792207v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effect of size and Sr content on the detectivity of anisotropic magnetoresistive sensors patterned in La(1-x)SrxMnO3 thin films</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raul Solis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arturo Vera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luiz Guilherme Enger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Pierron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Guillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">JEMS 2023 (Joint European Magnetic Symposia)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2023, Madrid, Spain</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04792191v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Correlation between I-V and noise measurements to probe transport mechanism of the LSMO/Nb:STO heterostructure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Blond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fallou Gning</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Mcheick</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Pierron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Méchin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">QUOROM-10 Virtual Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, https://quoromvirtualconference.wordpress.com/quorom-10/, Apr 2023, Evenement en distanciel, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04792208v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sub-nT detectivity in anisotropic magnetoresistances based on La2/3Sr1/3MnO3 thin films</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luiz Guiherme Enger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Flament</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Rousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imtiaz-Noor Bhatti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Guillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">AIM2023 (4th edition of the International Conference IEEE Advances in Magnetics)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2023, Moena, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04108070v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Epitaxial La2/3Sr1/3MnO3 thin films on vicinal SrTiO3 substrates for sensitive anisotropic magnetoresistive sensors operated at room temperature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luiz Guilherme Enger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raul Solis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Flament</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Rousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imtiaz-Noor Bhatti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">COST OPERA WG2 workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Bucarest, Romania</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04792206v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thermal information processing using phase change materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Swayam Sahoo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Lamirand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Infante Ingrid C.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Pierron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Méchin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EMRS 2023 Fall Meeting, symposium T</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Materials Research Society, Sep 2023, Warsaw (Poland), Poland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04216385v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">VO2 stabilization on Si for memristor in neuromorphic computing applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Swayam Sahoo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Lamirand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Infante Ingrid C.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Bugnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Pierron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EMRS 2023 Fall Meeting, Symposium A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Materials Research Society, Sep 2023, Warsaw (Poland), Poland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04216378v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Progress in process development of La0.7Sr0.3MnO3 thin films for uncooled THz bolometers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Quinten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoann Lechaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Pierron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Gunther</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Méchin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2023 48th International Conference on Infrared, Millimeter, and Terahertz Waves (IRMMW-THz)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Montreal, Canada. pp.1-2, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IRMMW-THz57677.2023.10299059⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04277933v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Substrate induced magnetic anisotropy in La2/3Sr1/3MnO3 thin films</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandeep-Kumar Chaluvadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Piu Rajak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Knez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pasquale Orgiani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giorgio Rossi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">GDR Oxyfun, Journées nationales 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2022, Guéthary, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03849058v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anisotropic magnetoresistance based on La2/3Sr1/3MnO3 thin films: ways of improvement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luiz Guiherme Enger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Flament</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Rousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imtiaz Noor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Guillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">GDR Oxyfun, Journées nationales 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2022, Guéthary, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03843381v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Integration of VO2 on Silicon for thermotronic applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Swayam Sahoo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Juneau-Fecteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Lamirand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Pierron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Mechin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">JMC 2022 (Journées de la matière condensée), Société française de physique (SFP),</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société française de physique (SFP), Aug 2022, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03849064v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Interface engineering for vanadium dioxide (VO2) integration on silicon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Swayam Sahoo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Juneau-Fecteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Lamirand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Pierron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Méchin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Materials Research Society(E-MRS) 2022 fall meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Materials Research Society, Sep 2022, Warsaw, Poland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03792911v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suspended La2/3Sr1/3MnO3bridges on silicon substrates for high-performance uncooled infrared bolometers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Guillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanuza Marques Do Nascimento</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shuang Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laryssa Carvalho de Araujo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Pierron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">iWOE27 (27th edition of the International Workshop on Oxide Electronics)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Gênes, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03431707v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Towards epitaxial Pb(Zr0.52Ti0.48)O3/La2/3Sr1/3MnO3/SrTiO3 based resonant MEMS on Si</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laryssa Carvalho de Araujo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J J Manguele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Vilquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhe Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carolina Adamo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">JMC 17 (17èmes journées de la matière condensée), Minicolloque 17: Oxydes Fonctionnels : des matériaux aux dispositifs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2021, ONLINE - Rennes, France. pp.1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03431691v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nanotechnology-based neural interfaces for spinal cord reconnection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Teresa Gonzalez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B.L. Rodilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivo Calaresu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luiz Guilherme Enger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arturo Vera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11th World Biomaterials Congress WBC 2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2021, ONLINE - Glasgow, United Kingdom</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03431659v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ultra-low magnetic field AMR magnetometers study based on LSMO for biomedical applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arturo Vera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isidoro Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruben R Guerrero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luiz Guilherme Enger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Perez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">JEMS (Joint European Magnetic Symposia)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2021, ONLINE - Lisbon, Portugal</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03431625v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Towards La2/3Sr1/3MnO3/SrTiO3/Si resonant MEMS with an epitaxial AlN actuation layer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laryssa Carvalho de Araujo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Vilquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Pierron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernadette Domengès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhe Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Emrs Fall meeting, Symposium L: Integration of advanced materials on silicon: from classical to neuromorphic and quantum applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, ONLINE - Warsaw, Poland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03431697v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Use of epitaxial PZT thin films for La2/3Sr1/3MnO3 based MEMs devices on SrTiO3/Si</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laryssa Carvalho de Araujo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J J Manguele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Vilquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhe Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carolina Adamo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">DTIP’2021 (23rd edition of the Symposium on Design, Test, Integration &amp; Packaging of MEMS and MOEMS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2021, ONLINE - Lyon, France. pp.01-05, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/DTIP54218.2021.9568662⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03431593v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eﬀect of deposition temperature on La2/3Sr1/3MnO3 magnetic field sensor performance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luiz Guiherme Enger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Flament</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imtiaz Noor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Guillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Lam Chok Sing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">JEMS2020 (Joint European Magnetism Symposia)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2020, Lisbonne, Portugal</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03070768v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Characterization of uncooled ultra low-NEP LSMO bolometers at 3.39 µm and in the MWIR and LWIR bands</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanuza M Nascimento</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Méchin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Pierron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Starecki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carolina Adamo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IRMM-THz 2019 (44th International Conference on Infrared, Millimeter, and Terahertz Waves)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02382784v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Optimization of thin film La2/3Sr1/3MnO3 magnetic field sensor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luiz Guiherme Enger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Flament</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Rousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Guillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Lam Chok Sing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">GDR Meeticc, Journées thématiques « Magnétisme »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Caen, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02521923v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Characterization of uncooled La0.67Sr0.33MnO3 bolometers in the MWIR and LWIR bands</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanuza M Nascimento</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Méchin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Pierron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Starecki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Blaise Brubach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">GDR Oxyfun, Journée thématique “Couches minces d’oxydes fonctionnels et applications »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Caen, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02521941v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (11)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimisation de la sensibilité de capteurs AMR La1-xSrxMnO3 sur substrat vicinal SrTiO3 par intégration de concentrateurs de flux magnétique</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Low noise LSMO/Nb:STO Schottky barrier heterostructure combining bolometric and photon sensing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Blond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fallou Gning</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Pierron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Méchin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Guillet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Louis Néel</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2025, Vogüé, France</w:t>
+              <w:t xml:space="preserve">E-MRS Spring 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2025, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05396895v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05126687v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Low noise LSMO/Nb:STO Schottky barrier heterostructure combining bolometric and photon sensing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jérémy Blond</w:t>
+                <w:t xml:space="preserve">Optimisation de la sensibilité de capteurs AMR La1-xSrxMnO3 sur substrat vicinal SrTiO3 par intégration de concentrateurs de flux magnétique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tagi Tagiyev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fallou Gning</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Victor Pierron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Béa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Baraduc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">E-MRS Spring 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2025, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">Colloque Louis Néel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Vogüé, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05126687v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05396895v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanical characterization of Freestanding La2/3Sr1/3MnO3/CaTiO3/SrTiO3/Silicon microbridges for resonant bolometers</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Pulsed laser deposition of La2/3Sr1/3MnO3 thin films: first experiments using a Nd-YAG laser</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Pierron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaia Tarsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Blond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Guillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Victor Pierron</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Daniele Marre</w:t>
+                <w:t xml:space="preserve">Sandeep Kumar Chaluvadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NMC 2024 (Nano Mechanical Cantilever Workshop)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Vienne, Austria</w:t>
+              <w:t xml:space="preserve">Epitaxie des oxydes et des semiconducteurs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, Fréjus, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04792210v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04792209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pulsed laser deposition of La2/3Sr1/3MnO3 thin films: first experiments using a Nd-YAG laser</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Mechanical characterization of Freestanding La2/3Sr1/3MnO3/CaTiO3/SrTiO3/Silicon microbridges for resonant bolometers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaia Tarsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Pierron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sandeep Kumar Chaluvadi</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Flament</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniele Marre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Epitaxie des oxydes et des semiconducteurs</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2024, Fréjus, France</w:t>
+              <w:t xml:space="preserve">NMC 2024 (Nano Mechanical Cantilever Workshop)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04792209v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04792210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Resonant La2/3Sr1/3MnO3 suspended microbridges: mechanical characterisation, integration of the piezoelectric layer and application as bolometers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaia Tarsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicola Manca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Pierron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Magagnin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Vilquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">iWOE-30 (International Workshop on Oxide Electronics)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Darmstadt, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04792215v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation électrique de diodes Schottky à base d'oxydes LSMO/Nb:STO</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fallou Gning</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Blond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fallou Gning</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Victor Pierron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Méchin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Guillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Nano, Micro et Optoélectronique 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2024, Monptellier, France. 1, pp.hal-04792216, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05024958v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suspended LSMO structures for resonant MEMS bolometers application</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaia Tarsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Pierron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniele Marre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Pellegrino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicola Manca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISOE (International School of Oxide Electronics),</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2023, Cargese, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04792205v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">AMR effect in patterned La2/3Sr1/3MnO3 thin films on SrTiO3 vicinal substrates at body temperature (310K)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luiz Guiherme Enger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Rousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Flament</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lam Chok Sing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GDR Oxyfun, Journée thématique “Couches minces d’oxydes fonctionnels et applications »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2019, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02522172v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Local Control of Strain in La0.7Sr0.3MnO3 Thin Films – Application to MEMS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laryssa Carvalho de Araujo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Pierron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanuza M Nascimento</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandeep-Kumar Chaluvadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Flament</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GDR Oxyfun, Journée thématique “Couches minces d’oxydes fonctionnels et applications »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2019, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02522094v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sub-nT AMR sensors based on low noise La0.7Sr0.3MnO3 thin films for neuronal activity measurement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luiz Guiherme Enger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Rousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Flament</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lam Chok Sing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ESM 2019 (European School on Magnetism - Experimental techniques)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Brno, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02522256v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Local Control of Strain in La0.7Sr0.3MnO3 Thin Films – Application to MEMS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laryssa Carvalho de Araujo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Pierron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanuza M Nascimento</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandeep-Kumar Chaluvadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISOE 2019 (International School of Oxide Electronics)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Cargese, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02522271v1</w:t>
-              </w:r>
-[...3298 lines deleted...]
-                <w:t xml:space="preserve">hal-02521941v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4897,77 +4897,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raul Solis Leon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ines Garcia Manuz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandeep Kumar Chaluvadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Pierron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Polewczyk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 58 (46), pp.465301. </w:t>
@@ -5005,90 +5005,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structural and chemical studies of the nanoscale modifications induced by swift heavy ion irradiation in SrTiO 3 at grazing incidence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammad S Jamal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Pierron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tagi Tagiyev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Blond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Guillous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5229,51 +5229,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="8AE2F719"/>
+    <w:nsid w:val="E39A617D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5460,51 +5460,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/victor-pierron" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0008-7434-4523" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05396895v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tagi Tagiyev" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Brun" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Pierron" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne B&#233;a" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Baraduc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126687v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Blond" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fallou Gning" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence M&#233;chin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Guillet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04792210v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaia Tarsi" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Flament" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Marre" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04792209v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandeep Kumar Chaluvadi" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04792215v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Manca" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Magagnin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Vilquin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05024958v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04792205v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Pellegrino" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522172v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz Guiherme Enger" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Rousseau" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Lam Chok Sing" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522094v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laryssa Carvalho de Araujo" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanuza M Nascimento" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandeep-Kumar Chaluvadi" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522256v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522271v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05396889v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad S Jamal" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Guillous" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05396902v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raul Solis" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz Guilherme Enger" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Polewczyk" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Petrov" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05043603v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Swayam Sahoo" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Bugnet" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Ca&#241;ero Infante" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04792213v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Lebargy" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04108070v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imtiaz-Noor Bhatti" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04792207v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanuza Marques Do Nascimento" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuang Liu" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04792191v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arturo Vera" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04792208v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Mcheick" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04792206v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04216385v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lamirand" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Infante Ingrid C." TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04216378v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04277933v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Quinten" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Lechaux" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Gunther" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRMMW-THz57677.2023.10299059" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843381v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imtiaz Noor" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03849064v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Juneau-Fecteau" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lamirand" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Mechin" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03849058v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piu Rajak" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Knez" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pasquale Orgiani" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgio Rossi" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792911v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03431625v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isidoro Martinez" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruben R Guerrero" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Perez" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03431659v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Teresa Gonzalez" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.L. Rodilla" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivo Calaresu" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03431691v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J J Manguele" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhe Wang" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Adamo" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03431707v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03431593v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DTIP54218.2021.9568662" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03431697v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Domeng&#232;s" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03070768v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02382784v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Starecki" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02521923v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02521941v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Blaise Brubach" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442594v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raul Solis Leon" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Garcia Manuz" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6463/ae18de" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440370v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Guillous" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.202509004" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/victor-pierron" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0008-7434-4523" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05396902v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raul Solis" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz Guilherme Enger" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandeep Kumar Chaluvadi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Polewczyk" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Petrov" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05396889v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad S Jamal" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Pierron" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tagi Tagiyev" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Blond" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Guillous" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05043603v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Swayam Sahoo" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Bugnet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Ca&#241;ero Infante" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence M&#233;chin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04792213v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Flament" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Lebargy" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Guillet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04792207v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanuza Marques Do Nascimento" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuang Liu" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04792191v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arturo Vera" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04792208v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fallou Gning" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Mcheick" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04108070v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz Guiherme Enger" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Rousseau" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imtiaz-Noor Bhatti" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04792206v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04216385v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lamirand" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Infante Ingrid C." TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04216378v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04277933v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Quinten" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Lechaux" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Gunther" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRMMW-THz57677.2023.10299059" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03849058v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandeep-Kumar Chaluvadi" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piu Rajak" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Knez" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pasquale Orgiani" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgio Rossi" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843381v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imtiaz Noor" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03849064v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Juneau-Fecteau" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lamirand" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Mechin" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792911v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03431707v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laryssa Carvalho de Araujo" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03431691v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J J Manguele" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Vilquin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhe Wang" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Adamo" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03431659v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Teresa Gonzalez" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.L. Rodilla" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivo Calaresu" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03431625v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isidoro Martinez" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruben R Guerrero" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Perez" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03431697v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Domeng&#232;s" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03431593v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DTIP54218.2021.9568662" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03070768v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Lam Chok Sing" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02382784v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanuza M Nascimento" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Starecki" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02521923v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02521941v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Blaise Brubach" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126687v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05396895v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Brun" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne B&#233;a" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Baraduc" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04792209v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaia Tarsi" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04792210v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Marre" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04792215v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Manca" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Magagnin" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05024958v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04792205v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Pellegrino" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522172v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522094v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522256v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522271v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442594v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raul Solis Leon" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Garcia Manuz" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6463/ae18de" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440370v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Guillous" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.202509004" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>