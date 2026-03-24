--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -2308,282 +2308,282 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01135986v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Détection précoce du risque d’invasion par des espèces végétales exotiques introduites en arboretum forestier dans le Sud-Est de la France</w:t>
+                <w:t xml:space="preserve">Changement climatique et toponymie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine C. Ducatillion</w:t>
+                <w:t xml:space="preserve">Michel Tamine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Dimitri Tarze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mustière Sébastien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Badeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Dupouey</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Revue d'Écologie (La Terre et La Vie) </w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Revue Internationale de Géomatique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 25 (2), pp.229 - 244. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3166/RIG.25.229-244⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01556849v1</w:t>
+                <w:t xml:space="preserve">hal-01556836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Changement climatique et toponymie</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Détection précoce du risque d’invasion par des espèces végétales exotiques introduites en arboretum forestier dans le Sud-Est de la France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine C. Ducatillion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Tamine</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Badeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Bellanger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Buchlin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katia Diadema</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Internationale de Géomatique</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve"> Revue d'Écologie (La Terre et La Vie) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 70 (Sipplément 12), pp.139-150</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01556836v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01556849v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Early detection of invasion risk by exotic plant species introduced in forest arboretum in south-eastern France. Emergence of species of the genus Hakea. Measures for management</w:t>
               </w:r>
@@ -2988,51 +2988,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meriem M. Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis F. Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Badeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu M. Fortin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3496,51 +3496,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André A. Granier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Bréda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Badeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien J. Fiquepron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3591,51 +3591,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tracking human impact on current tree species distribution using plant communities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel E Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Badeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Legay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3867,51 +3867,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Climator, simulations d’impacts du changement climatique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Bréda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Badeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Bosc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4311,51 +4311,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation de la niche écologique des fétuques à feuilles fines : quels apports pour la conservation et la valorisation des ressources génétiques ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Paul J. P. Sampoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Badeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Innovations Agronomiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 7, pp.79-91. </w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4508,337 +4508,337 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01194998v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation du bilan hydrique : l'étape clé de la détermination des paramètres et des variables d'entrée</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId99" w:history="1">
+                <w:t xml:space="preserve">Forest tree responses to extreme drought and some biotic events: Towards a selection according to hazard tolerance?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Bréda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Badeau</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Bréda</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rendez-vous Techniques de l'ONF</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Comptes Rendus. Géoscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 340 (9-10), pp.651-662. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.crte.2008.08.003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02653417v1</w:t>
+                <w:t xml:space="preserve">hal-02662145v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Forest tree responses to extreme drought and some biotic events: Towards a selection according to hazard tolerance?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Le Hêtre face aux changements climatiques - 1. Le hêtre en France en 2100 : la portion congrue?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Landmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Dupouey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Badeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Lefevre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Bréda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes Rendus. Géoscience</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Forêt Entreprise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 180, pp.28-33</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-02662145v1</w:t>
+                <w:t xml:space="preserve">hal-01194996v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le Hêtre face aux changements climatiques - 1. Le hêtre en France en 2100 : la portion congrue?</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Yves Lefevre</w:t>
+                <w:t xml:space="preserve">Modélisation du bilan hydrique : l'étape clé de la détermination des paramètres et des variables d'entrée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent V. Badeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Bréda</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Forêt Entreprise</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 180, pp.28-33</w:t>
+              <w:t xml:space="preserve">Rendez-vous Techniques de l'ONF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, pp.111-114</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01194996v1</w:t>
+                <w:t xml:space="preserve">hal-02653417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Hêtre face aux changements climatiques. Connaître les points faibles du hêtre pour mieux les surmonter</w:t>
               </w:r>
@@ -4850,51 +4850,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Landmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Dupouey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Badeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lefevre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4949,51 +4949,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aires potentielles de répartition des essences forestières d'ici 2100</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Badeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Dupouey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5234,51 +5234,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Lefevre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Bréda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Badeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tree Physiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 27 (7), pp.1043-1051. </w:t>
@@ -5493,51 +5493,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Reynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Déqué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Badeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Canadian Journal of Plant Pathology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 29 (2), pp.101-120. </w:t>
@@ -5588,51 +5588,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation physico-chimique des sols à l'échelle d'une région naturelle à partir d'une compilation de données</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Augusto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Badeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique D. Arrouays</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5726,51 +5726,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Dupouey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Bréda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Badeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Isère Nature</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 261 (Numéro spécial Forêts), pp.14-14</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5795,51 +5795,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aires potentielles de répartition des essences forestières d'ici 2100</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Badeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Dupouey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5955,51 +5955,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Duplat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Renaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Badeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue forestière française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 57 (2), pp.143-158</w:t>
@@ -6028,51 +6028,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tree radial growth response to climate: a synthetic study of pointer years in French forests</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Badeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Bréda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6309,51 +6309,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Dupouey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérome Pignard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Badeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Thimonier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6905,51 +6905,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Protocole simplifié d'identification des chênes sessile et pédonculé à partir de deux critères morphologiques foliaires.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Badeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Dupouey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7026,51 +7026,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Dupouey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérome Pignard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Badeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Thimonier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8503,51 +8503,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Landscape of public arboreta in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine C. Ducatillion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Musch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8736,51 +8736,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation de la niche écologique des espèces végétales : intérêt pour la prospection et la gestion des ressources génétiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Paul J. P. Sampoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Badeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque FRB : Les Ressources Génétiques (RG) face aux nouveaux enjeux environnementaux, économiques et sociétaux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2011, Montpellier, France. Fondation pour la Recherche sur la Biodiversité, 82 p., 2011, Les Ressources Génétiques face aux nouveaux enjeux environnementaux, économiques et sociétaux</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8818,51 +8818,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Forest vegetation dynamics in French mountain forests : impact of climatic change</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeanne Bodin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Badeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Francois J. F. Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9501,51 +9501,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Amiotte-Suchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Bréda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Badeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Castel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10273,51 +10273,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">More mechanics in empirical windthrow modelling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vivien V. Bonnesoeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Badeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Bock</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10398,51 +10398,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biodiversité fonctionnelle : comportement écophysiologique comparé d'essences forestières feuillues co-occurrentes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Zapater</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Badeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Bréda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10506,51 +10506,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Predicting potential shifts in Fagus sylvatica range in response to climate change: comparing and integrating multiple models based on different structural concepts to reduce predictions uncertainty</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alissar Cheaïb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Badeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Chuine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10612,256 +10612,256 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02819352v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation du bilan hydrique des peuplements forestiers</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId99" w:history="1">
+                <w:t xml:space="preserve">Empirical niche modelling of the spontaneous diversity of forage and turf species to improve collection and ex situ conservation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Paul J. P. Sampoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Badeau</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">André A. Granier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Ateliers du Réseau Mixte Technologique AFORCE "Stations"</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">27. Conference of the Eucarpia fodder and turf section &amp; 18. Meeting of the eucarpia fodder crops and amenity grasses section</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2009, La Rochelle, France. 572 p., </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-90-481-8706-5_3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02814868v1</w:t>
+                <w:t xml:space="preserve">hal-02757654v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Empirical niche modelling of the spontaneous diversity of forage and turf species to improve collection and ex situ conservation</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId99" w:history="1">
+                <w:t xml:space="preserve">Modélisation du bilan hydrique des peuplements forestiers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Badeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Bréda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André A. Granier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">27. Conference of the Eucarpia fodder and turf section &amp; 18. Meeting of the eucarpia fodder crops and amenity grasses section</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Les Ateliers du Réseau Mixte Technologique AFORCE "Stations"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2010, Paris, France. 24 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-90-481-8706-5_3⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02757654v1</w:t>
+                <w:t xml:space="preserve">hal-02814868v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géoclimatologie ou déplacement des cultures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Lebon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Badeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque CLIMATOR : analyser l'impact du changement climatique sur les agro-systèmes (ANR Vulnérabilité)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2010, Versailles, France. n.p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10880,234 +10880,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02813258v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conséquences des modifications futures du climat sur la forêt en France</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId99" w:history="1">
+                <w:t xml:space="preserve">Le réseau des arboretums publics : pour une valorisation coordonnée des ressources ligneuses ex situ</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Badeau</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Bréda</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque CLIMATOR</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2010, Versailles, France</w:t>
+              <w:t xml:space="preserve">La biodiversité (des collections d'arbres) : savoir la gérer et la valoriser. Séminaire annuel du GEA [Groupe d'étude de l'arbre]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2010, Antibes, France. 17 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02751554v1</w:t>
+                <w:t xml:space="preserve">hal-02816564v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le réseau des arboretums publics : pour une valorisation coordonnée des ressources ligneuses ex situ</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId99" w:history="1">
+                <w:t xml:space="preserve">Conséquences des modifications futures du climat sur la forêt en France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Bosc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Badeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Bréda</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La biodiversité (des collections d'arbres) : savoir la gérer et la valoriser. Séminaire annuel du GEA [Groupe d'étude de l'arbre]</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2010, Antibes, France. 17 p</w:t>
+              <w:t xml:space="preserve">Colloque CLIMATOR</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2010, Versailles, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02816564v1</w:t>
+                <w:t xml:space="preserve">hal-02751554v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beech silviculture in the continental part of France: which guidelines in front of climate change?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Legay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Badeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Sardin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -11139,221 +11139,221 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02822377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptation aux changements globaux : quel rôle pour le réseau des Arboretums Publics ?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Vincent V. Badeau</w:t>
+                <w:t xml:space="preserve">Gestion du couvert pour la disponibilité de la ressource en eau potable ; modèles de bilans hydriques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Granier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Fiquepron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Badeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Forêt et enjeux d'avenir</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2010, Paris, France. 68 p</w:t>
+              <w:t xml:space="preserve">Journée du Transfert IDF et colloque SYLVAMED. Des forêts pour l'eau potable - Mise en valeur d'un service environnemental et potentiel de contractualisation.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2010, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02751814v1</w:t>
+                <w:t xml:space="preserve">hal-01072373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gestion du couvert pour la disponibilité de la ressource en eau potable ; modèles de bilans hydriques</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Vincent Badeau</w:t>
+                <w:t xml:space="preserve">Adaptation aux changements globaux : quel rôle pour le réseau des Arboretums Publics ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent V. Badeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée du Transfert IDF et colloque SYLVAMED. Des forêts pour l'eau potable - Mise en valeur d'un service environnemental et potentiel de contractualisation.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2010, Marseille, France</w:t>
+              <w:t xml:space="preserve">Forêt et enjeux d'avenir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2010, Paris, France. 68 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId315" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01072373v1</w:t>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02751814v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les résultats des projets CARBOFOR et ANR-QDiv : les questions qu'ils soulèvent, Les avancées apportées par le projet ANR-Climator</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Badeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque Forêt Méditerranéenne "Observer et s'adapter aux changements climatiques en forêt méditerranéenne"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Association Forêt Méditerranéenne. FRA., Nov 2010, Marseille, France. pp.143-150</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -11503,51 +11503,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Changes in the chemical and/or physical forest soil conditions. First results of Biosoil in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Badeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Rabastens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11736,51 +11736,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Changements globaux, changements climatiques, forêts pour demain : où en est la recherche ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Badeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Bréda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11844,141 +11844,141 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Forest tree responses to extreme drought and some biotic events: Towards a selection according to hazard tolerance?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Bréda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Badeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Écosystèmes et évènements climatiques extrêmes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2007, Paris, France. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.crte.2008.08.003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02821669v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Changements climatiques : ses conséquences pour la forêt française</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Badeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15 ans de suivi des écosystèmes forestiers - Résultats acquis et perspectives de RENECOFOR</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2007, Beaune, France. pp.75-90</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -12003,51 +12003,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quelle forêt en France en 2100?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Badeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3. Journées Scientifiques "Changements climatiques et énergies renouvelables"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2008, Sorèze, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -12072,51 +12072,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation du bilan hydrique : l'étape clé de la détermination des paramètres et des variables d'entrée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Badeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Bréda</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -12148,247 +12148,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02814510v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vers la modélisation du bilan hydrique : l’étape clé de la détermination des paramètres et des variables d’entrée</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId99" w:history="1">
+                <w:t xml:space="preserve">Changements observés de la végétation de montagne au cours du XXe siècle : quel impact du réchauffement climatique ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne Bodin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Dupouey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Badeau</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Bréda</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque RENECOFOR. 15 ans de suivi des écosystèmes forestiers. Résultats acquis et perspectives de RENECOFOR</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2007, Beaune, France. 1 p</w:t>
+              <w:t xml:space="preserve">Géoflore 2007. Cartographie de la flore, de la végétation et des milieux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2007, Nancy, France. n.p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02819692v1</w:t>
+                <w:t xml:space="preserve">hal-02815448v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Changements observés de la végétation de montagne au cours du XXe siècle : quel impact du réchauffement climatique ?</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId99" w:history="1">
+                <w:t xml:space="preserve">Vers la modélisation du bilan hydrique : l’étape clé de la détermination des paramètres et des variables d’entrée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Badeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Bréda</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Géoflore 2007. Cartographie de la flore, de la végétation et des milieux</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2007, Nancy, France. n.p</w:t>
+              <w:t xml:space="preserve">Colloque RENECOFOR. 15 ans de suivi des écosystèmes forestiers. Résultats acquis et perspectives de RENECOFOR</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2007, Beaune, France. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02815448v1</w:t>
+                <w:t xml:space="preserve">hal-02819692v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carte phytogéographique des forêts françaises et modélisation de l'impact du changement climatique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Dupouey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Badeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Wallerich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12573,51 +12573,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Forest tree responses to extreme climatic events</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Bréda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Badeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Écosystèmes et événements climatiques extrêmes. Ecosystems and extreme climatic events. Colloque de l'Académie des Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2007, Paris, France. n.p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -12694,51 +12694,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Cluzeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théodora Nedeltcheva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Badeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Typologie des stations forestières : blocages et avancées</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2006, PARIS, France. n.p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -12776,51 +12776,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Détection et modélisation des changements d'aires de végétation en Europe : méthodes et résultats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Dupouey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Badeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wilfried Thuiller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12884,51 +12884,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Changement climatique et aires potentielles de répartition des essences forestières</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Badeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Dupouey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12986,536 +12986,536 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02833499v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Espèces forestières et changement climatique : observations et modèles</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId99" w:history="1">
+                <w:t xml:space="preserve">Stabilité au vent des hêtraies : les enseignements de la tempête de 1999.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Bock</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Vinkler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Duplat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Renaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Badeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8. Colloque ARBORA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2005, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">Le hêtre en France, aujourd'hui et demain. 11. Journées scientifiques et techniques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2003, Champenoux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02761101v1</w:t>
+                <w:t xml:space="preserve">hal-02832640v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stabilité au vent des hêtraies : les enseignements de la tempête de 1999.</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId99" w:history="1">
+                <w:t xml:space="preserve">Espèces forestières et changement climatique : observations et modèles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Badeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Dupouey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Cluzeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Drapier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le hêtre en France, aujourd'hui et demain. 11. Journées scientifiques et techniques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2003, Champenoux, France</w:t>
+              <w:t xml:space="preserve">8. Colloque ARBORA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2005, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02832640v1</w:t>
+                <w:t xml:space="preserve">hal-02761101v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling as a forest management decision tool in response to climate change regional impacts of climate change on wood production and carbon storage in temperate forests</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Tree radial growth response to climate: a synthetic study of pointer years in French forests</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent V. Badeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Bréda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François F. Lebourgeois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André A. Granier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Dupouey</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Meeting the challenge: silvicultural research in a changing world</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2004, Montpellier, France</w:t>
+              <w:t xml:space="preserve">Impacts of the drought and heat in 2003 on forests. Scientific Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2004, FRIBOURG, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02761260v1</w:t>
+                <w:t xml:space="preserve">hal-02826846v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId352" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tree radial growth response to climate: a synthetic study of pointer years in French forests</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Modelling as a forest management decision tool in response to climate change regional impacts of climate change on wood production and carbon storage in temperate forests</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Loustau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Bosc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Colin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Ogée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Déqué</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Impacts of the drought and heat in 2003 on forests. Scientific Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2004, FRIBOURG, Germany</w:t>
+              <w:t xml:space="preserve">Meeting the challenge: silvicultural research in a changing world</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2004, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId352" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02826846v1</w:t>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02761260v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tree radial growth response to climate: a synthetic study of pointer years in French forests</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Badeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Bréda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13624,51 +13624,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plants from Season to Season: a phenological observation guidebook</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Badeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Bonhomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13996,51 +13996,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D’arbre en art. L'arboretum d'Amance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Badeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mark Ronald M. R. Bakker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14123,51 +14123,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">RENECOFOR. Etude critique de faisabilité sur : la comparabilité des données météorologiques &amp;quot;RENECOFOR&amp;quot; avec celles de Météo France, l'estimation de la réserve en eau du sol et le calcul des volumes d'eau drainée en vue du calcul de bilans minéraux sur les placettes du sous-réseau CATAENAT (période d'application : 1995-1999).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Badeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwin Ulrich</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -14730,51 +14730,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annexe F. Annexes du Groupe Biodiversité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Badeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Berthault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14974,51 +14974,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation et cartographie de l'aire climatique potentielle des grandes essences forestières</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Badeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Dupouey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -15919,51 +15919,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dendrochronologie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Badeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Guide de l'expérimentation forestière.Principes de base.Prise en compte du changement climatique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CNPF/IDF, 224 p., 2011, 978-2-916525-01-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -15988,51 +15988,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Données Climatiques et météorologiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Badeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Guide de l'expérimentation forestière.Principes de base.Prise en compte du changement climatique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CNPF/IDF, 2011, 978-2-916525-01-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -16057,51 +16057,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Climate change and the biogeography of French tree species: first results and perspectives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Badeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Dupouey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -16191,51 +16191,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Potentiel de déplacement géographique des cultures et des essences forestières</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Lebon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Badeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Changement climatique, agriculture et forêt en France : simulations d'impacts sur les principales espèces. Le Livre vert du projet CLIMATOR (2007-2010)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
@@ -16299,51 +16299,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Bréda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Bosc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Badeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Changement climatique, agriculture et forêt en France : simulations d'impacts sur les principales espèces. Le Livre vert du projet CLIMATOR (2007-2010).</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ADEME Editions, 2010, 978-2-35838-128-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -16368,103 +16368,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impacts of climate change on temperate forests and interaction with management</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId349" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Loustau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Ogée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Déqué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Dupouey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Badeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Forestry and climate change</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CAB International, 2008, 978-1-84593-294-7</w:t>
@@ -16771,51 +16771,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arboretums et dendrochronologie. L’exemple du dépérissement du cèdre à l’arboretum d’Amance et au domaine des Barres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Niederlender</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Badeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">"Panorama de la Dendrochronologie en France"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2009, Digne-les-Bains, France. Collection EDYTEM, pp.13, 2010, 978-2-918435-03-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -16872,51 +16872,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude dendroécologique du hêtre (Fagus sylvatica L.) sur les plateaux calcaires de Lorraine. Influence de la gestion sylvicole</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Badeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences du Vivant [q-bio]. Université Henri Poincaré (Nancy 1), 1995. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -17183,51 +17183,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05508569v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianhong Lin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Delpierre" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Caroulle" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Cecchini" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Badeau" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2025.110927" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04874159v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Klesse" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard L Peters" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Alfaro&#8208;s&#225;nchez" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Baittinger" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.17546" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04181161v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Veuillen" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Pr&#233;vosto" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Alfaro-S&#225;nchez" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanna Battipaglia" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2023.109577" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04335031v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Bariod" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Sa&#239;d" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Calenge" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Chabot" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0262973" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03051411v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Moreaux" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Martel" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bosc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Picart" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Achat" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-13-5973-2020" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03197983v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Tallieu" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Allard" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis-Michel Nageleisen" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Br&#233;da" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foreco.2020.118071" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01809598v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphn&#233; Asse" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Chuine" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Vitasse" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nigel Gilles Yoccoz" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2018.01.030" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TCNCXDCQ-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01592230v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Boulanger" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Dupouey" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Archaux" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Baltzinger" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.13899" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607876v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Boulanger" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Dupouey" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.14122" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01530808v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Brunette" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Dragicevic" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Lenglet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Niedzwiedz" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10818-017-9247-x" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01555261v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Boiffin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/eap.1448" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01360339v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Boulard" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Castel" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Camberlin" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Sergent" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2016.08.021" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604940v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Truffaut" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Chancerel" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Ducousso" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.14561" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01309572v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00382-015-2724-9" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606878v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ponton" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03530719v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Ducatillion" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Bellanger" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Buchlin" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Diadema" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-01135986v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Martin" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Salas y Melia" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Delire" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Gattuso" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/56364" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01556849v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine C. Ducatillion" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent V. Badeau" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01556836v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Tamine" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Tarze" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Musti&#232;re S&#233;bastien" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/RIG.25.229-244" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630239v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268996v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joannes Guillemot" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Vallet" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Fran&#231;ois" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Martin-StPaul" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/aob/mcu059" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01102896v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Peiffer" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Granier" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13595-014-0383-3" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001037v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivien V. Bonnesoeur" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem M. Fournier" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis F. Colin" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu M. Fortin" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foreco.2012.10.001" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2VRH9V7P-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268182v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Bodin" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bruno" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Cluzeau" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Moisselin" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1654-1103.2012.01456.x" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268337v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alissar Cheaib" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Boe" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1461-0248.2012.01764.x" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-617SV30B-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01267929v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Leadley" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001407v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; A. Granier" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien J. Fiquepron" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02642649v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel E Silva" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Legay" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Corcket" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1654-1103.2011.01341.x" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/B05258295AA8675BBA86664715C296CFAB316C19/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268387v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Calvet" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lafont" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Cloppet" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Souverain" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-5-37-2012" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643523v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03556073v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Badeau" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01018998v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Legu&#233;dois" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Party" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Gauquelin" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude G&#233;gout" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.24688" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667955v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Augusto" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Ronald M. R. Bakker" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Morel" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Meredieu" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Trichet" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2389.2010.01286.x" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-93NHT6VK-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664746v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Paul J. P. Sampoux" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/agda-j231" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194998v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Landmann" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Lefevre" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653417v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662145v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crte.2008.08.003" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0THJMG6P-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194996v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657766v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665646v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Drapier" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195001v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656113v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anny Weitner" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/treephys/27.7.1043" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194969v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02092381v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Desprez-Loustau" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile C. Robin" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Reynaud" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel D&#233;qu&#233;" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07060660709507447" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667502v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique D. Arrouays" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Flot" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670872v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682402v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678045v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bock" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Vinkler" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Duplat" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Renaud" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02671622v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois F. Lebourgeois" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680823v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Kremer" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Douglas Dean" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Cottrell" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U. Csaikl" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/forest:2002065" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679797v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rome Pignard" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Thimonier" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Dhote" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00883668v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Dupouey" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Douglas Deans" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan Cottrell" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrike Csaikl" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681195v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Arrouays" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Deslais" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03443385v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;r&#244;me Pignard" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Dh&#244;te" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Berg&#232;s" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/5399" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03443379v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Ranger" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Dambrine" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Nys" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/5406" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02699073v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent S&#233;journ&#233;" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02699244v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02690060v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l J. Daroussin" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Balesdent" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gaillard" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02579746v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Thimonier" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Dhote" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02685624v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Dambrine" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Walter" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03444311v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/26719" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02701943v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Becker" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Picard" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02701048v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00882873v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jl Dupouey" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Badeau" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05229439v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guangqi Zhang" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Antoine Gaertner" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Levillain" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05229463v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien G&#233;rard" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Schmuck" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04629828v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865224v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791351v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bonhomme" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Bonne" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Carr&#233;" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Cecchini" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800864v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Musch" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Achille" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Aubert" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01267879v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746278v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02832553v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Francois J. F. Picard" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02841111v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.S. Deslais" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05229302v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04216426v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Chaste" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Maurice" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05229106v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Massonnet" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03693215v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Blanchet" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Amiotte-Suchet" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04209530v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Leroy" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04214925v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Gegout" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lebourgeois" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04209414v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02784929v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01117072v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628375v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud A. Dragicevic" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004055v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno B. Moulia" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821970v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Zapater" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819352v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alissar Chea&#239;b" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Gritti" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814868v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757654v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-90-481-8706-5_3" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02813258v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lebon" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751554v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816564v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02822377v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Sardin" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751814v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01072373v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Fiquepron" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754126v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192205v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Itier" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Brisson" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811745v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Rabastens" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Nicolas" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwin Ulrich" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195057v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02812094v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821669v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02813924v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757177v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814510v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819692v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815448v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823885v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Wallerich" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195027v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bock" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Renaud" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815362v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02818351v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian C. Piedallu" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;odora Nedeltcheva" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02831957v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfried Thuiller" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Morin" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02833499v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761101v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02832640v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761260v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Loustau" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Colin" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Og&#233;e" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02826846v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02826595v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03905771v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://leclub-biotope.com/fr/librairie-naturaliste/1902-plants-from-season-to-season-format-e-book-english" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-03257738v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.haupt.ch/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607772v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Carre" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810233v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Behr" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bu&#233;e" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.quae.com/fr/r3341-darbre-en-art.html" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02813279v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03758947v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/KA11-8611" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604948v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Muller" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195074v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798282v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe P. Debaeke" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Touzard" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Derrien" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain S. Delzon" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817791v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Berthault" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Blanc" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bouget" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02813484v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre P. Dizengremel" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Mar&#231;ais" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Misson" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02834220v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Le Bas" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01056648v2" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01589694v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195000v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02593252v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Berthault" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Berthon" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Blanc" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00835912v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Piedallu" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Seynave" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Vepierre" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596802v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Massu" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Frascaria-Lacoste" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Fernandez" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02803407v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02802190v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821217v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816568v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www2.ademe.fr/servlet/getDoc?cid=96&amp;amp;m=3&amp;amp;id=70992&amp;amp;p1=30&amp;amp;ref=12441" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817833v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819728v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02841980v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Bert" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/134745.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02849773v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Granier" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821691v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Niederlender" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02843445v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01747133v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/1995NAN10033" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05508569v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianhong Lin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Delpierre" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Caroulle" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Cecchini" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Badeau" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2025.110927" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04874159v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Klesse" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard L Peters" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Alfaro&#8208;s&#225;nchez" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Baittinger" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.17546" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04181161v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Veuillen" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Pr&#233;vosto" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Alfaro-S&#225;nchez" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanna Battipaglia" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2023.109577" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04335031v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Bariod" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Sa&#239;d" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Calenge" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Chabot" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0262973" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03051411v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Moreaux" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Martel" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bosc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Picart" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Achat" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-13-5973-2020" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03197983v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Tallieu" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Allard" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis-Michel Nageleisen" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Br&#233;da" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foreco.2020.118071" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01809598v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphn&#233; Asse" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Chuine" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Vitasse" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nigel Gilles Yoccoz" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2018.01.030" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TCNCXDCQ-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01592230v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Boulanger" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Dupouey" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Archaux" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Baltzinger" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.13899" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607876v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Boulanger" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Dupouey" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.14122" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01530808v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Brunette" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Dragicevic" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Lenglet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Niedzwiedz" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10818-017-9247-x" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01555261v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Boiffin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/eap.1448" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01360339v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Boulard" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Castel" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Camberlin" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Sergent" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2016.08.021" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604940v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Truffaut" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Chancerel" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Ducousso" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.14561" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01309572v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00382-015-2724-9" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606878v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ponton" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03530719v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Ducatillion" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Bellanger" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Buchlin" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Diadema" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-01135986v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Martin" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Salas y Melia" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Delire" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Gattuso" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/56364" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01556836v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Tamine" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Tarze" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Musti&#232;re S&#233;bastien" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent V. Badeau" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/RIG.25.229-244" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01556849v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine C. Ducatillion" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630239v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268996v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joannes Guillemot" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Vallet" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Fran&#231;ois" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Martin-StPaul" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/aob/mcu059" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01102896v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Peiffer" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Granier" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13595-014-0383-3" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001037v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivien V. Bonnesoeur" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem M. Fournier" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis F. Colin" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu M. Fortin" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foreco.2012.10.001" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2VRH9V7P-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268182v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Bodin" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bruno" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Cluzeau" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Moisselin" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1654-1103.2012.01456.x" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268337v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alissar Cheaib" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Boe" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1461-0248.2012.01764.x" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-617SV30B-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01267929v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Leadley" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001407v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; A. Granier" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien J. Fiquepron" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02642649v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel E Silva" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Legay" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Corcket" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1654-1103.2011.01341.x" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/B05258295AA8675BBA86664715C296CFAB316C19/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268387v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Calvet" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lafont" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Cloppet" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Souverain" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-5-37-2012" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643523v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03556073v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Badeau" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01018998v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Legu&#233;dois" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Party" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Gauquelin" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude G&#233;gout" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.24688" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667955v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Augusto" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Ronald M. R. Bakker" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Morel" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Meredieu" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Trichet" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2389.2010.01286.x" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-93NHT6VK-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664746v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Paul J. P. Sampoux" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/agda-j231" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194998v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Landmann" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Lefevre" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662145v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crte.2008.08.003" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0THJMG6P-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194996v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653417v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657766v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665646v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Drapier" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195001v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656113v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anny Weitner" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/treephys/27.7.1043" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194969v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02092381v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Desprez-Loustau" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile C. Robin" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Reynaud" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel D&#233;qu&#233;" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07060660709507447" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667502v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique D. Arrouays" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Flot" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670872v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682402v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678045v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bock" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Vinkler" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Duplat" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Renaud" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02671622v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois F. Lebourgeois" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680823v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Kremer" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Douglas Dean" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Cottrell" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U. Csaikl" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/forest:2002065" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679797v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rome Pignard" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Thimonier" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Dhote" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00883668v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Dupouey" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Douglas Deans" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan Cottrell" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrike Csaikl" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681195v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Arrouays" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Deslais" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03443385v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;r&#244;me Pignard" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Dh&#244;te" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Berg&#232;s" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/5399" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03443379v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Ranger" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Dambrine" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Nys" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/5406" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02699073v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent S&#233;journ&#233;" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02699244v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02690060v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l J. Daroussin" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Balesdent" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gaillard" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02579746v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Thimonier" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Dhote" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02685624v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Dambrine" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Walter" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03444311v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/26719" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02701943v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Becker" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Picard" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02701048v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00882873v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jl Dupouey" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Badeau" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05229439v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guangqi Zhang" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Antoine Gaertner" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Levillain" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05229463v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien G&#233;rard" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Schmuck" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04629828v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865224v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791351v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bonhomme" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Bonne" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Carr&#233;" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Cecchini" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800864v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Musch" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Achille" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Aubert" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01267879v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746278v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02832553v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Francois J. F. Picard" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02841111v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.S. Deslais" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05229302v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04216426v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Chaste" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Maurice" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05229106v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Massonnet" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03693215v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Blanchet" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Amiotte-Suchet" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04209530v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Leroy" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04214925v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Gegout" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lebourgeois" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04209414v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02784929v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01117072v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628375v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud A. Dragicevic" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004055v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno B. Moulia" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821970v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Zapater" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819352v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alissar Chea&#239;b" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Gritti" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757654v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-90-481-8706-5_3" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814868v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02813258v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lebon" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816564v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751554v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02822377v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Sardin" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01072373v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Fiquepron" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751814v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754126v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192205v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Itier" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Brisson" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811745v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Rabastens" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Nicolas" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwin Ulrich" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195057v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02812094v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821669v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02813924v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757177v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814510v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815448v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819692v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823885v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Wallerich" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195027v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bock" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Renaud" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815362v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02818351v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian C. Piedallu" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;odora Nedeltcheva" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02831957v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfried Thuiller" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Morin" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02833499v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02832640v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761101v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02826846v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761260v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Loustau" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Colin" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Og&#233;e" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02826595v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03905771v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://leclub-biotope.com/fr/librairie-naturaliste/1902-plants-from-season-to-season-format-e-book-english" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-03257738v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.haupt.ch/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607772v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Carre" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810233v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Behr" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bu&#233;e" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.quae.com/fr/r3341-darbre-en-art.html" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02813279v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03758947v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/KA11-8611" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604948v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Muller" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195074v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798282v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe P. Debaeke" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Touzard" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Derrien" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain S. Delzon" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817791v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Berthault" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Blanc" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bouget" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02813484v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre P. Dizengremel" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Mar&#231;ais" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Misson" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02834220v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Le Bas" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01056648v2" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01589694v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195000v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02593252v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Berthault" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Berthon" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Blanc" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00835912v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Piedallu" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Seynave" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Vepierre" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596802v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Massu" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Frascaria-Lacoste" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Fernandez" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02803407v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02802190v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821217v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816568v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www2.ademe.fr/servlet/getDoc?cid=96&amp;amp;m=3&amp;amp;id=70992&amp;amp;p1=30&amp;amp;ref=12441" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817833v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819728v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02841980v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Bert" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/134745.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02849773v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Granier" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821691v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Niederlender" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02843445v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01747133v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/1995NAN10033" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>