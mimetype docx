--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -1438,260 +1438,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03933618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">RIS 3D and Ancient Large-Scale Bronzes: The Example of the Charioteer’s Group</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Reference Information System in 3D for the exploitation of heterogeneous archaeometric data. Case study of a cave</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Chapoulie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Baillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Dutailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Mora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Tournon-Valiente</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L’Aurige de Delphes et la grande statuaire grecque en bronze : nouvelles perspectives à l’époque dite du style sévère.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, EFA Ecole Française d’Athènes, Dec 2022, Athènes, Greece</w:t>
+              <w:t xml:space="preserve">Congresso Tematico AIAr</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Padoue, Jun 2022, Padoue - Università di Padova, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05040116v1</w:t>
+                <w:t xml:space="preserve">hal-05040085v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reference Information System in 3D for the exploitation of heterogeneous archaeometric data. Case study of a cave</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">RIS 3D and Ancient Large-Scale Bronzes: The Example of the Charioteer’s Group</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Baillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Dutailly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Mora</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Chapoulie</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congresso Tematico AIAr</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Padoue, Jun 2022, Padoue - Università di Padova, Italy</w:t>
+              <w:t xml:space="preserve">L’Aurige de Delphes et la grande statuaire grecque en bronze : nouvelles perspectives à l’époque dite du style sévère.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EFA Ecole Française d’Athènes, Dec 2022, Athènes, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05040085v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05040116v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">3D for Studying Reuse in 19th Century Cairo: the Case of Saint-Maurice Residence</w:t>
               </w:r>
@@ -1716,51 +1716,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Mora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Cou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Tournon-Valiente</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mercedes Volait</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2466,51 +2466,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="BB3A6A4A"/>
+    <w:nsid w:val="61872158"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2697,51 +2697,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/vincent-baillet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2706-3234" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/228305322" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04455556v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Farinholt Ward" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Baillet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uwpress.wisc.edu/Books/A/Architectural-Networks-in-the-North-Aegean" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/jj.33979582.12" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04455581v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/jj.33979582.16" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04717596v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Botreau" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre P&#233;fau" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Chapoulie" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Espinasse" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05370974v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Cou" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Granier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Pacanowski" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Mounier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://una-editions.fr/polychromie-societes-anciennes/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/archeovision1.9782356134554" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04455195v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Dutailly" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Galluzzi" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Mora" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.daach.2024.e00345" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04455162v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03895336v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Mensan" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Daniel" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36253/rar-14304" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03605813v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioannis Poularakis" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.daach.2021.e00173" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03933618v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mercedes Volait" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040116v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040085v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Tournon-Valiente" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03364738v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2312/gch.20211414" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03267055v2" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Tournon" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Chayani" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04455494v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01951199v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Bernard" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.26168.49929" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02443487v2" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02155055v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anas Alaoui M'Darhri" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Bourineau" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessio Calantropio" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriella Carpentiero" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/vincent-baillet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2706-3234" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/228305322" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04455556v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Farinholt Ward" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Baillet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uwpress.wisc.edu/Books/A/Architectural-Networks-in-the-North-Aegean" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/jj.33979582.12" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04455581v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/jj.33979582.16" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04717596v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Botreau" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre P&#233;fau" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Chapoulie" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Espinasse" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05370974v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Cou" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Granier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Pacanowski" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Mounier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://una-editions.fr/polychromie-societes-anciennes/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/archeovision1.9782356134554" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04455195v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Dutailly" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Galluzzi" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Mora" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.daach.2024.e00345" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04455162v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03895336v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Mensan" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Daniel" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36253/rar-14304" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03605813v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioannis Poularakis" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.daach.2021.e00173" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03933618v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mercedes Volait" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040085v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Tournon-Valiente" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040116v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03364738v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2312/gch.20211414" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03267055v2" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Tournon" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Chayani" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04455494v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01951199v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Bernard" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.26168.49929" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02443487v2" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02155055v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anas Alaoui M'Darhri" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Bourineau" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessio Calantropio" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriella Carpentiero" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>