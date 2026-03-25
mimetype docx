--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:125.08143322476px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Vincent Banos </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Géographe HDR </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">vincent-banos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-8945-9907</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mes recherches en géographie sociale & environnementale portent sur les trajectoires de transition socio-écologique, leurs implications territoriales et les enjeux de justice associés. Je m’intéresse en particulier aux effets des crises & préoccupations environnementales sur la gestion, l'exploitation et la valorisation des ressources naturelles ainsi que sur la redistribution des risques, richesses et pouvoirs à l’échelle des territoires. Cristalisant nombre d'attentes, d'ambiguités et de frictions liées aux transitions, les socio-écosystèmes forestiers constituent mes terrains d’investigation privilégiés.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (37)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La filière forêt-bois à l’heure de la bioéconomie : les récits d’un continuum en recomposition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Le Floch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Développement durable et territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 16 (2), </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/15c8h⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05420673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La construction sociale de la toxicité, entre mise en problème public, confinement technoscientifique et redéfinition ouvrière. Le cas des boues rouges à Gardanne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mody Diaw</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Le Berre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Deldrève</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rives Méditerranéennes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 67, pp.57-78</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05184052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Private Forest Owners’ Involvement in Forest Management: The Hidden Side of the Presumed “Inactive” Forest Owners in Southwestern France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Brahic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Deuffic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Small-Scale Forestry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 24, pp.241-270. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11842-025-09592-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05221401v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Greening, climatizing, and decarbonizing: an inquiry into the transformation of productive sectors and activities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Granjou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Le Berre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Sergent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Review of Agricultural, Food and Environmental Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 105, pp.1-16. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s41130-024-00210-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04659777v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l’évacuation à l’impossible marchandisation : épreuves et débordements d’une boue industrielle encombrante et toxique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Le Berre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Goujon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Flux - Cahiers scientifiques internationaux Réseaux et territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 3 (137), pp.63-76. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/flux1.pr1.0010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04769266v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Territoires et Transitions socio-écologiques : dialogue fécond, parcours inachevé ou voie sans issue ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie M. Houdart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salma Loudiyi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géocarrefour - Revue de géographie de Lyon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 98 (3-4), </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/13tpm⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05055937v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelle géographie des ressources à l’heure de la transition écologique ? Réflexion théorique à partir des « nouveaux » usages du bois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales de géographie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 6 (754), pp.84-107. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/ag.754.0084⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04546281v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des « boues rouges » à la Bauxaline</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Le Berre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Goujon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'Anthropologie des Connaissances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 17 (4), </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/rac.30938⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04442363v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From edenic island to endemic park: A historical political ecology of environmental degradation narratives on Réunion (West Indian Ocean)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Bouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Deuffic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Historical Geography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 82, pp.144-155. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jhg.2023.03.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04420555v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Au-delà du face-à-face entre une forêt industrialisée et ses « marges sauvages »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Hautdidier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcin Krasnodębski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoé Ginter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Couderchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pour. La revue du Groupe Ruralités, Éducation et Politiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, N° 246 (2), pp.55-62. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/pour.246.0055⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04221551v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Engaging or resisting? How forest–based industry and private forest owners respond to bioenergy policies in Aquitaine (Southwestern France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Deuffic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Brahic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forest Policy and Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 144, pp.102843. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.forpol.2022.102843⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03808010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Savoirs et conflits autour de l'environnement à la Réunion : une saga forestière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Bouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Deuffic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahier du GHFF forêt, environnement et société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 31, pp.33-44</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03533334v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éprouver et s'adapter au changement climatique. Les forestiers landais et pyrénéens entre prudence, résistance, et résilience</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Deuffic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ethnographiques.org : revue en ligne de sciences humaines et sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 38, 29 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02511733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Après la catastrophe, bifurquer ou persévérer ? Les forestiers à l’épreuve des événements climatiques extrêmes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Deuffic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Natures Sciences Sociétés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 28 (3-4), pp.226-238. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/nss/2021008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03258002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les mondes de la forêt et du bois à l’épreuve des changements globaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maude Flamand-Hubert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de géographie du Québec</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 65 (183), pp.221-228. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1093665ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04082681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Permanences et renouveaux des conflits dans les forêts françaises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Deuffic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de géographie du Québec</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 65 (183), pp.229-243. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1093666ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04082589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’écologisation, mise à l’épreuve ou nouveau registre de légitimation de l’ordre territorial ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Gassiat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Hautdidier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie M. Houdart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Développement durable et territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 11 (1), pp.30-38. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/developpementdurable.16481⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02999318v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les conflits d’usage au prisme des stratégies patrimoniales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aliénor de Rouffignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de géographie du Québec</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 65 (183), pp.327-341. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1093673ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04082643v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leopards under the pines: An account of continuity and change in the integration of forest land-uses in Landes de Gascogne, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Hautdidier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Deuffic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Sergent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Land Use Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 79, pp.990-1000. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.landusepol.2016.04.026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02603506v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le développement territorial à l’épreuve de la transition énergétique. Le cas du bois énergie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeoffrey Dehez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géographie, Économie, Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 19, pp.109-131. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/ges.19.2017.0005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02606090v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le bois-énergie dans la tempête, entre innovation et captation ? Les nouvelles ressources de la forêt landaise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeoffrey Dehez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Natures Sciences Sociétés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 25 (2), pp.122-133. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/nss/2017024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01599917v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du débat public à la délicate mise en oeuvre d'une stratégie d'action : les enseignements de la prospective &amp;quot;Massif des Landes de Gascogne à l'horizon 2050</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mora</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences Eaux &amp; Territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 22, pp.18-23. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.14758/SET-REVUE.2017.22.04⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01505563v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entre délimitation, modélisation et mise en carte.Les démarches prospectives à l'épreuve de deux objets géographiques contrastés, le massif des Landes de Gascogne et l'environnement fluvio-estuarien Garonne-Gironde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Hautdidier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Labbouz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de géographie du Québec</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 60 (170), pp.227-244</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02606161v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’appartenance au territoire, une ressource convoitée ? Enquête en milieu rural</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacqueline Candau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pour. La revue du Groupe Ruralités, Éducation et Politiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 4 (228), pp.77-85</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02604759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La démarche prospective au service d’un développement forestier intégré. Une étude de cas sur le massif des Landes de Gascogne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Deuffic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Hautdidier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Sergent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue forestière française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, LXVIII (3), pp.231-243. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4267/2042/62005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02606159v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les trajectoires du bois-énergie en Aquitaine : du développement local aux territoires de l'énergie ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeoffrey Dehez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géocarrefour - Revue de géographie de Lyon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 90 (4), pp.329-338</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02399569v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'initiative des Fermes Ouvertes en Périgord, vers la construction d'un débat public en différé ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacqueline Candau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Territoire en mouvement. Revue de Géographie et d'Aménagement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 22, p. 6 - p. 20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00996492v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La forêt des Landes de Gascogne : vecteur de liens ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VertigO : La revue électronique en sciences de l'environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 14 (1), pp.23. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/vertigo.14631⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02600177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regards croisés sur l’évaluation économique du patrimoine naturel : de la ressource d’autorité à la petite fabrique des valeurs ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Rulleau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales de géographie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 699, pp.1193-1214</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01690506v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regards croisés sur l'évaluation économique du patrimoine naturel : de la ressource d'autorité à la petite fabrique des valeurs ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Rulleau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales de géographie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 699 (5), </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/ag.699.1193⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01871952v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using scenarios for forest adaptation to climate change: a foresight study of the Landes de Gascogne Forest 2050</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margot Regolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Carnus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Forest Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 71 (3), pp.313-324. </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s13595-013-0336-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01101529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les agriculteurs, des voisins reconnus par les nouveaux résidents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacqueline Candau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Informations sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 164, p. 24 - p. 31</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00590800v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Processus de domination et relations de service : L'accueil à la ferme en Périgord patrimonialisé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacqueline Candau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue suisse de sociologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 37 (3), pp.419-437</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02595468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les espaces périurbains non bâtis en France : entre publicisation &amp;quot;urbaine&amp;quot; et privatisation &amp;quot;rurale&amp;quot; ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sabatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Articulo - Journal of Urban Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Hors-série n°3, http://articulo.revues.org/1524. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/articulo.1524⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00353203v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anonymat en localité. Enquête sur les relations de voisinage en milieu rural</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacqueline Candau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.C. Baud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Internationaux de Sociologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 127, pp.247-267</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02592262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le développement culturel, entre marketing territorial et recomposition du lien social : la &amp;quot; prison dorée &amp;quot; des agriculteurs du Sud Dordogne ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ingénieries eau-agriculture-territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 55-56, p. 93 - p. 104</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00602879v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recomposition des liens sociaux en milieu rural : de la fréquentation d'espaces à la production de normes collectives ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacqueline Candau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Espaces et sociétés (Paris, France)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 4 (127), pp.97-112</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02589174v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sociabilités rurales : à l'épreuve de la diversité sociale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacqueline Candau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Quae, pp.247, 2014, Nature et Société, 978-2-7592-2224-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02600336v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les forêts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Kremer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Augusto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Bosc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Collin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Bordeaux, 368 p., 2013, 978-2-86781-874-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02810765v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dialogues en sous-bois : itinéraires critiques en Géographie environnementale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoé Ginter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Le Floch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Hautdidier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Fabrice Ripoll; Sébastien Caillault. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Espaces critiques : penser la dimension spatiale des rapports sociaux et l’espace de la critique dans le champ scientifique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Rennes, p. 191-207, 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05131652v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bois-énergie et chaleur : retour sur les transformations silencieuses d’un usage « traditionnel »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Antoine Fontaine; Laurence Rocher. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le défi thermique : Normes, territoires et politiques de la chaleur et du chauffage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses de l'Ecole des Mines, p. 163-180, 2025, 978-2-38542-697-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05131911v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l’Éden à l’hot spot. Récits et contre- récits du déclinisme environnemental à La Réunion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Bouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Deuffic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Effort environnemental et équité. Les politiques publiques de l’eau et de la biodiversité en France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 34, P.I.E. PETER LANG, 2021, EcoPolis, 978-2-8076-1700-1. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3726/b17992⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03533220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transition énergétique et développement territorial, une promesse à questionner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeoffrey Dehez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Xavier Guillot; Pieter Versteegh. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transitions économiques et nouvelles ruralités. Vers l'émergence de "métromilieux" ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 8, </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de Saint Etienne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.132-141, 2019, Espace rural &amp; projet spatial (ERPS), 978-2-86272-723-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02609733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transitioning through markets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Grandclément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Nadaï</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Cointe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeoffrey Dehez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Olivier Labussière; Alain Nadaï. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy transitions : A Socio-Technical Inquiry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Palgrave, 2018, Energy, Climate and the Environment series, 978-3-319-77024-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01675687v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The spatialities of energy transition processes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Labussiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Verdeil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Nadaï</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Olivier Labussière; Alain Nadaï. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy transitions: A Socio-Technical Inquiry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Palgrave Macmillan, pp.239-275, 2018, Energy, Climate and the Environment series, 9783319770246</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01675731v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New energy resources in the making</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Nadaï</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Labussière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Chauvin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Cointe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy transitions: A Socio-Technical Inquiry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Palgrave Macmillan, pp.49-100, 2018, 978-3-319-77025-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02610178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Et au milieu coule une cafetière... Ou comment des géographes discutent de l'interdisciplinarité à la pause-café</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Gassiat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Guéringer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Hautdidier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'espace en partage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.279-298, 2017, Géographie sociale, 978-2-7535-5670-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02606401v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'émergence d'un espace public en milieu rural : jalons méthodologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacqueline Candau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regine Séchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Garat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Zeneidi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Espaces en transactions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.177-190, 2008, Géographie Sociale, 978-2-7535-0705-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02591267v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (14)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">JUSTBAUX : Les enjeux de justice environnementale sur la trajectoire de la bauxite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Deldrève</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrae. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05424020v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude évaluative du dispositif DYNAMIC BOIS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît de Guerry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Sergent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Lenglet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeremy Gloaguen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INRAE; ADEME. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04487753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La compétitivité des filières locales pour la construction bois : état des lieux, enjeux et perspectives d’évolution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Sergent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Ruault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Nefe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Ministère Agriculture et Alimentation. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03277129v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LOCABOIS. La compétitivité des filières locales pour la construction bois : état des lieux, enjeux et perspectives d'évolution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Sergent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.F. Ruault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Nefe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Chen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] irstea. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02610134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l’électricité renouvelable à l’extraction des souches : la construction d’une politique “locale” bois-énergie dans les Landes de Gascogne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeoffrey Dehez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] irstea. 2015, pp.28</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02601543v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roadmaps for the future: Pontenx case study (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Sergent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Orazio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Cordero Debets</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Hautdidier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] irstea. 2015, pp.73</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02602041v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une lecture territoriale des modalités de déploiement du bois énergie en Aquitaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeoffrey Dehez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] irstea. 2015, pp.28</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02601542v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Grenelle de l’environnement, une séquence au coe½ur d’un processus continu d’ajustement de la politique bois-énergie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeoffrey Dehez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Tabourdeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] irstea. 2015, pp.38</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02601541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">WP 3.2 INTEGRAL National Case Study Reports France: Case Study Area, Pontenx</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Hautdidier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Sergent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Deuffic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Sergent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] irstea. 2014, pp.97</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02606269v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cultivated, multifunctional and integrated forest landscapes? An overview of the factors influencing forest management in the ‘Pontenx’ case study (Landes de Gascogne, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Sergent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Deuffic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Hautdidier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Maindrault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] irstea. 2013, pp.127</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02599299v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quel avenir pour le Massif des Landes de Gascogne à l’horizon 2050 ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Carnus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margot Régolini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] INRA. 2012, 290 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03139733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude prospective Massif des Landes de Gascogne 2050 : scénarios d'évolution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margot Regolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Carnus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] INRA. 2012, 8 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02809771v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mixité sociale en milieu rural : un enjeu pour les agriculteurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacqueline Candau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] irstea. 2010, pp.270</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02594066v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Problématiques globales et &amp;quot;effet de lieu&amp;quot; : un autre regard sur la multifonctionnalité. Agriculture, Paysage et Cohabitation au Québec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">irstea. 2005, pp.55</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02589887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'hypothétique construction des lieux ordinaires entre agriculteurs et non-agriculteurs en Dordogne : de l'idéologie patrimoniale à la recherche des échappés du territoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Géographie. Université Paris-Sorbonne - Paris IV, 2008. Français. </w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2008PA040214⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00426652v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réarmer l’analyse des transitions par-delà le territoire. Contribution à une géographie sociale &amp; environnementale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Géographie. Université Bordeaux Montaigne, 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-05149826v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (34)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une « géographie des transitions territoriales ? Actualités et perspectives d’un champ en construction ». Table ronde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kirsten Koop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Valette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie M. Houdart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transitions territoriales, Recherche et action publique en contexte d’incertitudes et de tensions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UMR Territoires, Nov 2025, Clermont - Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05457795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des boues rouges à la Bauxaline. Agentivité et fragilités d'une matérialité résiduelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Goujon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Le Berre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée scientifique autour du dossier "Fragilités matérielles" / Revue d'Anthropologie des Connaissances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04787888v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enquêter sur la décarbonation des organisations et filières productives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Granjou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Sergent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Le Berre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Bordeaux Sciences Sociales de l’Environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Cestas, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04787875v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bois et chaleur : les transformations « silencieuses » d’un usage traditionnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Concepts, modèles et usages de la biomasse : une approche critique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, réseau « Biomasse &amp; SHS », Nov 2024, Jussieu, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05168681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regards croisés entre dynamiques contemporaines et héritages historiques sur la gestion des résidus de l'alumine à Gardanne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Le Berre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Dufourd-Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mauve Carbonell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Renaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Deldrève</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire 2024 de l'Observatoire Hommes-Milieux Bassin Minier de Provence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Observatoire Hommes-Milieux Bassin Minier de Provence, Dec 2024, Aix-en-Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04820483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La toxicité des boues rouges à Gardanne : entre mise en problème public, confinement technoscientifique et redéfinition ouvrières des enjeux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Le Berre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mody Diaw</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Deldrève</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2e Congrès international d'Histoire des Entreprises en France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association de soutien aux Congrès des sociétés historiques et scientifiques (ASCSHS), Jun 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04199207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des modèles de mise en économie des déchets pour la transition socio-écologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clarisse Cazals</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck-Dominique Vivien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Debref</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Grouiez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12e Congrès de l'Association Française d'Economie Politique (AFEP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Française d'Economie Politique (AFEP), Jul 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04199185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Nouveaux » produits du bois &amp; requalification des ressources forestières : enjeux analytiques et exploration empiriques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Niels Saura</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La bioéconomie : un moteur de transition pour les territoires ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ASRDLF, Jun 2022, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05168714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">JustBaux : Enjeux de justice environnementale sur la trajectoire de la bauxite. Point d’étape</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Diaw</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Deldrève</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire annuel de restitution de l’Observatoire Hommes-Milieux du Bassin Minier de Provence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2021, Distanciel, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04624494v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l'Éden à l'hot spot : une saga forestière du déclinisme environnemental à La Réunion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Bouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Deuffic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'étude du Groupe d'Histoire des Forêts Françaises (GHFF) Mobilisations et conflits forestiers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2020, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04446675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l'Éden à l'hot spot : une saga forestière du déclinisme environnemental à La Réunion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Bouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Deuffic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'étude du Groupe d'Histoire des Forêts Françaises (GHFF) Mobilisations et conflits forestiers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2020, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02610160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the merits of examining regional forest transformations in South-western France with a ‘plantationocene’ lens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Hautdidier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoé Ginter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">POLLEN 2020 Contested Natures: Power, Possibility, Prefiguration. Virtual conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Brighton, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03222588v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Itinéraires critiques en géographie de l'environnement : dialogues en sous-bois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Ginter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Hautdidier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Le Floch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Approches critiques de la dimension spatiale des rapports sociaux : débats transdisciplinaires et transnationaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2020, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02610161v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">After the catastrophe. Turning off or speeding up? French forest owners coping with climatic extreme events</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Deuffic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXV IUFRO World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Curitiba, Brazil. pp.4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02610136v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enjeux des espaces publics en milieu rural : accessibilité, sociabilité, débat citoyen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacqueline Candau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atelier transfrontalier - Les espaces publics en milieu rural - participation citoyenne, une idée innovante ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Bollezeele, Pays-Bas. pp.18</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02609362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entre mobilisation et modération : les forestiers face aux ambiguïtés de la bioéconomie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Brahic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Deuffic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A-C. Latimier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SFER 2019. La bioéconomie : Organisation, Innovation, Soutenabilité et Territoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02610154v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Repenser les territoires du bois énergie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeoffrey Dehez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Approches territorialisées des usages de la forêt</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2017, Paris, France. pp.23-26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02607141v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le développement territorial à l’épreuve de la transition énergétique : une première exploration à partir du cas du bois énergie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeoffrey Dehez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Approche critique de la transition énergétique dans les sciences humaines et sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Strasbourg, France. pp.15</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02604789v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'écologisation, nouveau registre de légitimation ou mise à l'épreuve de l'ordre territorial ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Gassiat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Gueringer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Etbx Hautdidier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CIST2016 - En quête de territoire(s) ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Collège international des sciences du territoire (CIST), Mar 2016, Grenoble, France. pp.35-40</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01353630v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sociabilités rurales à l’épreuve de la diversité sociale. Les territoires de l’autochtonie : enquêtes en Dordogne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacqueline Candau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire ruralités contemporaines EHESS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2015, Paris, France. pp.34</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02601456v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les modalités de déploiement du bois énergie en Aquitaine : des ressources territoriales aux logiques de captation de la ressource ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeoffrey Dehez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international de géographie rurale "les campagnes : espaces d’innovation dans un monde urbain"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Nantes, France. pp.12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02600875v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le bois énergie : une occasion de discuter les liens entreénergie et territoire ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeoffrey Dehez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">51e colloque de l'ASRDLF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, Marne-la-Vallée, France. pp.13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02600385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des géographes ensembliers ? Comment la pratique interdisciplinaire se discute à la machine à café dans un institut de recherche environnementale appliquée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Gassiat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Guéringer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Hautdidier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international : l'espace en partage, approche interdisciplinaire de la dimension spatiale des rapports sociaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2014, Rennes, France. pp.2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02599889v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The evolution of wood biomass projects in Aquitaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeoffrey Dehez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RGS-IBG Annual International Conference - New geographical frontiers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2013, London, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02599264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le déploiement des technologies liées au bois énergie en Aquitaine : Une analyse par les collectifs socio-techniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeoffrey Dehez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Connaissance des services écosystémiques rendus par la forêt : l’apport des sciences économiques, humaines et sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2012, Paris, France. pp.11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02597543v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La mixité sociale : un enjeu pour les agriculteurs et les ruraux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacqueline Candau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Relations sociales en milieu rural</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2012, Navarrenx, France. pp.15</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02597611v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entre désir d'intégration à la vie locale et quête d'anonymat, l'influence des nouveaux modes de vie sur les sociabilités rurales : enquête sur les relations de voisinage dans trois communes rurales de la Dordogne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacqueline Candau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Politiques d'accueil et mobilité dans les territoires ruraux : l'action publique face aux nouvelles géographies des modes de vie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2011, Lyon, France. pp.2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02595952v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inégalités sociales et relations de service : L'accueil à la ferme en Périgord patrimonialisé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacqueline Candau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Justice et sociétés rurales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2009, Poitiers et Limoges, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02592272v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les espaces périurbains non bâtis entre publicisation et privatisation : de nouvelles sociabilités hybridant rural et urbain ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sabatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque « Les Périphéries Urbaines entre Normes et Innovations. Les Villes du Sud de l'Europe »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, Bordeaux, France. pp.8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02591269v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réflexions autour du rôle de l'espace dans la construction d'une grammaire du &amp;quot;vivre ensemble&amp;quot; entre agriculteurs et non-agriculteurs en Dordogne: De la fréquentation à la production de normes sociales ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Espaces de vie, espaces-enjeux : entre investissements ordinaires et mobilisations politiques,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2008, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00380245v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la visibilité à l'anonymat : enquête sur les relations de voisinage en milieu rural</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacqueline Candau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.C. Baud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque International de l'Association des Ruralistes Français (ARF) « Ruralités Européennes Contemporaines : Diversité et Relations Sociales »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2008, Lyon, France. pp.12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02591270v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les limites du recours au développement culturel dans la recomposition du lien social : la &amp;quot;prison dorée&amp;quot; des agriculteurs du Sud Dordogne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque International "le Développement Culturel. Un Avenir pour les Territoires ?"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2008, Nîmes, France. pp.15</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02591272v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Repenser le couple « territoire-lieu », pour une géographie de la démocratie ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque interdisciplinaire et international « Territoires, territorialité, territorialisation, : et après ? », Grenoble, 7-8 juin 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, pp.10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02589883v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emergence d`un espace public en milieu rural : jalons méthodologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacqueline Candau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque « Espaces et sociétés aujourd`hui » UMR ESO - Rennes, 21-22 octobre 2004</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, pp.16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02583509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId214"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:125.08143322476px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Vincent Banos </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Géographe HDR </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">vincent-banos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-8945-9907</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mes recherches en géographie sociale & environnementale portent sur les trajectoires de transition socio-écologique, leurs implications territoriales et les enjeux de justice associés. Je m’intéresse en particulier aux effets des crises & préoccupations environnementales sur la gestion, l'exploitation et la valorisation des ressources naturelles ainsi que sur la redistribution des risques, richesses et pouvoirs à l’échelle des territoires. Cristalisant nombre d'attentes, d'ambiguités et de frictions liées aux transitions, les socio-écosystèmes forestiers constituent mes terrains d’investigation privilégiés.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (37)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La filière forêt-bois à l’heure de la bioéconomie : les récits d’un continuum en recomposition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Le Floch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Développement durable et territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 16 (2), </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/15c8h⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05420673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Private Forest Owners’ Involvement in Forest Management: The Hidden Side of the Presumed “Inactive” Forest Owners in Southwestern France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Brahic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Deuffic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Small-Scale Forestry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 24, pp.241-270. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11842-025-09592-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05221401v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La construction sociale de la toxicité, entre mise en problème public, confinement technoscientifique et redéfinition ouvrière. Le cas des boues rouges à Gardanne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mody Diaw</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Le Berre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Deldrève</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rives Méditerranéennes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 67, pp.57-78</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05184052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Greening, climatizing, and decarbonizing: an inquiry into the transformation of productive sectors and activities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Granjou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Le Berre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Sergent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Review of Agricultural, Food and Environmental Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 105, pp.1-16. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s41130-024-00210-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04659777v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l’évacuation à l’impossible marchandisation : épreuves et débordements d’une boue industrielle encombrante et toxique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Le Berre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Goujon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Flux - Cahiers scientifiques internationaux Réseaux et territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 3 (137), pp.63-76. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/flux1.pr1.0010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04769266v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Territoires et Transitions socio-écologiques : dialogue fécond, parcours inachevé ou voie sans issue ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie M. Houdart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salma Loudiyi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géocarrefour - Revue de géographie de Lyon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 98 (3-4), </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/13tpm⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05055937v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des « boues rouges » à la Bauxaline</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Le Berre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Goujon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'Anthropologie des Connaissances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 17 (4), </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/rac.30938⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04442363v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelle géographie des ressources à l’heure de la transition écologique ? Réflexion théorique à partir des « nouveaux » usages du bois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales de géographie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 6 (754), pp.84-107. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/ag.754.0084⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04546281v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From edenic island to endemic park: A historical political ecology of environmental degradation narratives on Réunion (West Indian Ocean)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Bouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Deuffic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Historical Geography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 82, pp.144-155. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jhg.2023.03.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04420555v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Au-delà du face-à-face entre une forêt industrialisée et ses « marges sauvages »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Hautdidier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcin Krasnodębski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoé Ginter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Couderchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pour. La revue du Groupe Ruralités, Éducation et Politiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, N° 246 (2), pp.55-62. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/pour.246.0055⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04221551v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Engaging or resisting? How forest–based industry and private forest owners respond to bioenergy policies in Aquitaine (Southwestern France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Deuffic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Brahic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forest Policy and Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 144, pp.102843. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.forpol.2022.102843⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03808010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Savoirs et conflits autour de l'environnement à la Réunion : une saga forestière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Bouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Deuffic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahier du GHFF forêt, environnement et société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 31, pp.33-44</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03533334v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éprouver et s'adapter au changement climatique. Les forestiers landais et pyrénéens entre prudence, résistance, et résilience</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Deuffic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ethnographiques.org : revue en ligne de sciences humaines et sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 38, 29 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02511733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Après la catastrophe, bifurquer ou persévérer ? Les forestiers à l’épreuve des événements climatiques extrêmes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Deuffic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Natures Sciences Sociétés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 28 (3-4), pp.226-238. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/nss/2021008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03258002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Permanences et renouveaux des conflits dans les forêts françaises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Deuffic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de géographie du Québec</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 65 (183), pp.229-243. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1093666ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04082589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’écologisation, mise à l’épreuve ou nouveau registre de légitimation de l’ordre territorial ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Gassiat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Hautdidier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie M. Houdart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Développement durable et territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 11 (1), pp.30-38. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/developpementdurable.16481⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02999318v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les mondes de la forêt et du bois à l’épreuve des changements globaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maude Flamand-Hubert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de géographie du Québec</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 65 (183), pp.221-228. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1093665ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04082681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les conflits d’usage au prisme des stratégies patrimoniales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aliénor de Rouffignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de géographie du Québec</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 65 (183), pp.327-341. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1093673ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04082643v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leopards under the pines: An account of continuity and change in the integration of forest land-uses in Landes de Gascogne, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Hautdidier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Deuffic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Sergent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Land Use Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 79, pp.990-1000. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.landusepol.2016.04.026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02603506v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le développement territorial à l’épreuve de la transition énergétique. Le cas du bois énergie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeoffrey Dehez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géographie, Économie, Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 19, pp.109-131. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/ges.19.2017.0005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02606090v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le bois-énergie dans la tempête, entre innovation et captation ? Les nouvelles ressources de la forêt landaise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeoffrey Dehez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Natures Sciences Sociétés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 25 (2), pp.122-133. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/nss/2017024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01599917v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du débat public à la délicate mise en oeuvre d'une stratégie d'action : les enseignements de la prospective &amp;quot;Massif des Landes de Gascogne à l'horizon 2050</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mora</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences Eaux &amp; Territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 22, pp.18-23. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.14758/SET-REVUE.2017.22.04⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01505563v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’appartenance au territoire, une ressource convoitée ? Enquête en milieu rural</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacqueline Candau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pour. La revue du Groupe Ruralités, Éducation et Politiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 4 (228), pp.77-85</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02604759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entre délimitation, modélisation et mise en carte.Les démarches prospectives à l'épreuve de deux objets géographiques contrastés, le massif des Landes de Gascogne et l'environnement fluvio-estuarien Garonne-Gironde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Hautdidier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Labbouz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de géographie du Québec</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 60 (170), pp.227-244</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02606161v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La démarche prospective au service d’un développement forestier intégré. Une étude de cas sur le massif des Landes de Gascogne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Deuffic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Hautdidier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Sergent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue forestière française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, LXVIII (3), pp.231-243. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4267/2042/62005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02606159v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les trajectoires du bois-énergie en Aquitaine : du développement local aux territoires de l'énergie ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeoffrey Dehez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géocarrefour - Revue de géographie de Lyon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 90 (4), pp.329-338</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02399569v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'initiative des Fermes Ouvertes en Périgord, vers la construction d'un débat public en différé ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacqueline Candau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Territoire en mouvement. Revue de Géographie et d'Aménagement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 22, p. 6 - p. 20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00996492v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La forêt des Landes de Gascogne : vecteur de liens ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VertigO : La revue électronique en sciences de l'environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 14 (1), pp.23. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/vertigo.14631⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02600177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regards croisés sur l’évaluation économique du patrimoine naturel : de la ressource d’autorité à la petite fabrique des valeurs ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Rulleau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales de géographie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 699, pp.1193-1214</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01690506v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using scenarios for forest adaptation to climate change: a foresight study of the Landes de Gascogne Forest 2050</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margot Regolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Carnus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Forest Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 71 (3), pp.313-324. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s13595-013-0336-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01101529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regards croisés sur l'évaluation économique du patrimoine naturel : de la ressource d'autorité à la petite fabrique des valeurs ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Rulleau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales de géographie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 699 (5), </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/ag.699.1193⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01871952v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les agriculteurs, des voisins reconnus par les nouveaux résidents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacqueline Candau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Informations sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 164, p. 24 - p. 31</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00590800v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Processus de domination et relations de service : L'accueil à la ferme en Périgord patrimonialisé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacqueline Candau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue suisse de sociologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 37 (3), pp.419-437</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02595468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les espaces périurbains non bâtis en France : entre publicisation &amp;quot;urbaine&amp;quot; et privatisation &amp;quot;rurale&amp;quot; ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sabatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Articulo - Journal of Urban Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Hors-série n°3, http://articulo.revues.org/1524. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/articulo.1524⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00353203v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anonymat en localité. Enquête sur les relations de voisinage en milieu rural</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacqueline Candau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.C. Baud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Internationaux de Sociologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 127, pp.247-267</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02592262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le développement culturel, entre marketing territorial et recomposition du lien social : la &amp;quot; prison dorée &amp;quot; des agriculteurs du Sud Dordogne ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ingénieries eau-agriculture-territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 55-56, p. 93 - p. 104</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00602879v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recomposition des liens sociaux en milieu rural : de la fréquentation d'espaces à la production de normes collectives ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacqueline Candau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Espaces et sociétés (Paris, France)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 4 (127), pp.97-112</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02589174v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sociabilités rurales : à l'épreuve de la diversité sociale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacqueline Candau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Quae, pp.247, 2014, Nature et Société, 978-2-7592-2224-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02600336v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les forêts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Kremer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Augusto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Bosc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Collin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Bordeaux, 368 p., 2013, 978-2-86781-874-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02810765v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dialogues en sous-bois : itinéraires critiques en Géographie environnementale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoé Ginter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Le Floch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Hautdidier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Fabrice Ripoll; Sébastien Caillault. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Espaces critiques : penser la dimension spatiale des rapports sociaux et l’espace de la critique dans le champ scientifique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Rennes, p. 191-207, 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05131652v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bois-énergie et chaleur : retour sur les transformations silencieuses d’un usage « traditionnel »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Antoine Fontaine; Laurence Rocher. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le défi thermique : Normes, territoires et politiques de la chaleur et du chauffage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses de l'Ecole des Mines, p. 163-180, 2025, 978-2-38542-697-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05131911v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l’Éden à l’hot spot. Récits et contre- récits du déclinisme environnemental à La Réunion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Bouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Deuffic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Effort environnemental et équité. Les politiques publiques de l’eau et de la biodiversité en France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 34, P.I.E. PETER LANG, 2021, EcoPolis, 978-2-8076-1700-1. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3726/b17992⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03533220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transition énergétique et développement territorial, une promesse à questionner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeoffrey Dehez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Xavier Guillot; Pieter Versteegh. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transitions économiques et nouvelles ruralités. Vers l'émergence de "métromilieux" ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 8, </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de Saint Etienne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.132-141, 2019, Espace rural &amp; projet spatial (ERPS), 978-2-86272-723-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02609733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transitioning through markets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Grandclément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Nadaï</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Cointe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeoffrey Dehez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Olivier Labussière; Alain Nadaï. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy transitions : A Socio-Technical Inquiry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Palgrave, 2018, Energy, Climate and the Environment series, 978-3-319-77024-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01675687v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The spatialities of energy transition processes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Labussiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Verdeil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Nadaï</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Olivier Labussière; Alain Nadaï. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy transitions: A Socio-Technical Inquiry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Palgrave Macmillan, pp.239-275, 2018, Energy, Climate and the Environment series, 9783319770246</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01675731v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New energy resources in the making</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Nadaï</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Labussière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Chauvin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Cointe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy transitions: A Socio-Technical Inquiry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Palgrave Macmillan, pp.49-100, 2018, 978-3-319-77025-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02610178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Et au milieu coule une cafetière... Ou comment des géographes discutent de l'interdisciplinarité à la pause-café</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Gassiat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Guéringer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Hautdidier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'espace en partage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.279-298, 2017, Géographie sociale, 978-2-7535-5670-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02606401v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'émergence d'un espace public en milieu rural : jalons méthodologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacqueline Candau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regine Séchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Garat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Zeneidi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Espaces en transactions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.177-190, 2008, Géographie Sociale, 978-2-7535-0705-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02591267v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (14)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">JUSTBAUX : Les enjeux de justice environnementale sur la trajectoire de la bauxite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Deldrève</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrae. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05424020v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude évaluative du dispositif DYNAMIC BOIS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît de Guerry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Sergent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Lenglet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeremy Gloaguen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INRAE; ADEME. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04487753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La compétitivité des filières locales pour la construction bois : état des lieux, enjeux et perspectives d’évolution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Sergent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Ruault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Nefe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Ministère Agriculture et Alimentation. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03277129v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LOCABOIS. La compétitivité des filières locales pour la construction bois : état des lieux, enjeux et perspectives d'évolution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Sergent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.F. Ruault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Nefe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Chen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] irstea. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02610134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l’électricité renouvelable à l’extraction des souches : la construction d’une politique “locale” bois-énergie dans les Landes de Gascogne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeoffrey Dehez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] irstea. 2015, pp.28</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02601543v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roadmaps for the future: Pontenx case study (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Sergent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Orazio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Cordero Debets</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Hautdidier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] irstea. 2015, pp.73</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02602041v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une lecture territoriale des modalités de déploiement du bois énergie en Aquitaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeoffrey Dehez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] irstea. 2015, pp.28</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02601542v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Grenelle de l’environnement, une séquence au coe½ur d’un processus continu d’ajustement de la politique bois-énergie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeoffrey Dehez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Tabourdeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] irstea. 2015, pp.38</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02601541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">WP 3.2 INTEGRAL National Case Study Reports France: Case Study Area, Pontenx</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Hautdidier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Sergent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Deuffic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Sergent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] irstea. 2014, pp.97</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02606269v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cultivated, multifunctional and integrated forest landscapes? An overview of the factors influencing forest management in the ‘Pontenx’ case study (Landes de Gascogne, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Sergent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Deuffic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Hautdidier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Maindrault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] irstea. 2013, pp.127</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02599299v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quel avenir pour le Massif des Landes de Gascogne à l’horizon 2050 ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Carnus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margot Régolini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] INRA. 2012, 290 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03139733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude prospective Massif des Landes de Gascogne 2050 : scénarios d'évolution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margot Regolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Carnus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] INRA. 2012, 8 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02809771v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mixité sociale en milieu rural : un enjeu pour les agriculteurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacqueline Candau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] irstea. 2010, pp.270</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02594066v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Problématiques globales et &amp;quot;effet de lieu&amp;quot; : un autre regard sur la multifonctionnalité. Agriculture, Paysage et Cohabitation au Québec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">irstea. 2005, pp.55</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02589887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'hypothétique construction des lieux ordinaires entre agriculteurs et non-agriculteurs en Dordogne : de l'idéologie patrimoniale à la recherche des échappés du territoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Géographie. Université Paris-Sorbonne - Paris IV, 2008. Français. </w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2008PA040214⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00426652v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réarmer l’analyse des transitions par-delà le territoire. Contribution à une géographie sociale &amp; environnementale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Géographie. Université Bordeaux Montaigne, 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-05149826v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (34)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une « géographie des transitions territoriales ? Actualités et perspectives d’un champ en construction ». Table ronde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kirsten Koop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Valette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie M. Houdart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transitions territoriales, Recherche et action publique en contexte d’incertitudes et de tensions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UMR Territoires, Nov 2025, Clermont - Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05457795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des boues rouges à la Bauxaline. Agentivité et fragilités d'une matérialité résiduelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Goujon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Le Berre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée scientifique autour du dossier "Fragilités matérielles" / Revue d'Anthropologie des Connaissances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04787888v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enquêter sur la décarbonation des organisations et filières productives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Granjou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Sergent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Le Berre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Bordeaux Sciences Sociales de l’Environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Cestas, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04787875v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bois et chaleur : les transformations « silencieuses » d’un usage traditionnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Concepts, modèles et usages de la biomasse : une approche critique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, réseau « Biomasse &amp; SHS », Nov 2024, Jussieu, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05168681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regards croisés entre dynamiques contemporaines et héritages historiques sur la gestion des résidus de l'alumine à Gardanne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Le Berre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Dufourd-Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mauve Carbonell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Renaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Deldrève</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire 2024 de l'Observatoire Hommes-Milieux Bassin Minier de Provence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Observatoire Hommes-Milieux Bassin Minier de Provence, Dec 2024, Aix-en-Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04820483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La toxicité des boues rouges à Gardanne : entre mise en problème public, confinement technoscientifique et redéfinition ouvrières des enjeux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Le Berre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mody Diaw</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Deldrève</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2e Congrès international d'Histoire des Entreprises en France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association de soutien aux Congrès des sociétés historiques et scientifiques (ASCSHS), Jun 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04199207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des modèles de mise en économie des déchets pour la transition socio-écologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clarisse Cazals</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck-Dominique Vivien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Debref</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Grouiez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12e Congrès de l'Association Française d'Economie Politique (AFEP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Française d'Economie Politique (AFEP), Jul 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04199185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Nouveaux » produits du bois &amp; requalification des ressources forestières : enjeux analytiques et exploration empiriques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Niels Saura</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La bioéconomie : un moteur de transition pour les territoires ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ASRDLF, Jun 2022, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05168714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">JustBaux : Enjeux de justice environnementale sur la trajectoire de la bauxite. Point d’étape</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Diaw</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Deldrève</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire annuel de restitution de l’Observatoire Hommes-Milieux du Bassin Minier de Provence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2021, Distanciel, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04624494v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l'Éden à l'hot spot : une saga forestière du déclinisme environnemental à La Réunion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Bouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Deuffic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'étude du Groupe d'Histoire des Forêts Françaises (GHFF) Mobilisations et conflits forestiers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2020, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02610160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l'Éden à l'hot spot : une saga forestière du déclinisme environnemental à La Réunion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Bouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Deuffic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'étude du Groupe d'Histoire des Forêts Françaises (GHFF) Mobilisations et conflits forestiers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2020, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04446675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the merits of examining regional forest transformations in South-western France with a ‘plantationocene’ lens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Hautdidier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoé Ginter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">POLLEN 2020 Contested Natures: Power, Possibility, Prefiguration. Virtual conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Brighton, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03222588v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Itinéraires critiques en géographie de l'environnement : dialogues en sous-bois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Ginter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Hautdidier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Le Floch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Approches critiques de la dimension spatiale des rapports sociaux : débats transdisciplinaires et transnationaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2020, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02610161v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enjeux des espaces publics en milieu rural : accessibilité, sociabilité, débat citoyen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacqueline Candau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atelier transfrontalier - Les espaces publics en milieu rural - participation citoyenne, une idée innovante ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Bollezeele, Pays-Bas. pp.18</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02609362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entre mobilisation et modération : les forestiers face aux ambiguïtés de la bioéconomie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Brahic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Deuffic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A-C. Latimier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SFER 2019. La bioéconomie : Organisation, Innovation, Soutenabilité et Territoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02610154v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">After the catastrophe. Turning off or speeding up? French forest owners coping with climatic extreme events</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Deuffic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXV IUFRO World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Curitiba, Brazil. pp.4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02610136v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Repenser les territoires du bois énergie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeoffrey Dehez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Approches territorialisées des usages de la forêt</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2017, Paris, France. pp.23-26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02607141v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le développement territorial à l’épreuve de la transition énergétique : une première exploration à partir du cas du bois énergie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeoffrey Dehez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Approche critique de la transition énergétique dans les sciences humaines et sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Strasbourg, France. pp.15</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02604789v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'écologisation, nouveau registre de légitimation ou mise à l'épreuve de l'ordre territorial ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Gassiat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Gueringer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Etbx Hautdidier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CIST2016 - En quête de territoire(s) ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Collège international des sciences du territoire (CIST), Mar 2016, Grenoble, France. pp.35-40</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01353630v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sociabilités rurales à l’épreuve de la diversité sociale. Les territoires de l’autochtonie : enquêtes en Dordogne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacqueline Candau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire ruralités contemporaines EHESS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2015, Paris, France. pp.34</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02601456v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des géographes ensembliers ? Comment la pratique interdisciplinaire se discute à la machine à café dans un institut de recherche environnementale appliquée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Gassiat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Guéringer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Hautdidier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international : l'espace en partage, approche interdisciplinaire de la dimension spatiale des rapports sociaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2014, Rennes, France. pp.2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02599889v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les modalités de déploiement du bois énergie en Aquitaine : des ressources territoriales aux logiques de captation de la ressource ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeoffrey Dehez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international de géographie rurale "les campagnes : espaces d’innovation dans un monde urbain"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Nantes, France. pp.12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02600875v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le bois énergie : une occasion de discuter les liens entreénergie et territoire ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeoffrey Dehez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">51e colloque de l'ASRDLF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, Marne-la-Vallée, France. pp.13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02600385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The evolution of wood biomass projects in Aquitaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeoffrey Dehez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RGS-IBG Annual International Conference - New geographical frontiers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2013, London, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02599264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le déploiement des technologies liées au bois énergie en Aquitaine : Une analyse par les collectifs socio-techniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeoffrey Dehez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Connaissance des services écosystémiques rendus par la forêt : l’apport des sciences économiques, humaines et sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2012, Paris, France. pp.11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02597543v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La mixité sociale : un enjeu pour les agriculteurs et les ruraux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacqueline Candau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Relations sociales en milieu rural</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2012, Navarrenx, France. pp.15</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02597611v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entre désir d'intégration à la vie locale et quête d'anonymat, l'influence des nouveaux modes de vie sur les sociabilités rurales : enquête sur les relations de voisinage dans trois communes rurales de la Dordogne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacqueline Candau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Politiques d'accueil et mobilité dans les territoires ruraux : l'action publique face aux nouvelles géographies des modes de vie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2011, Lyon, France. pp.2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02595952v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inégalités sociales et relations de service : L'accueil à la ferme en Périgord patrimonialisé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacqueline Candau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Justice et sociétés rurales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2009, Poitiers et Limoges, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02592272v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les espaces périurbains non bâtis entre publicisation et privatisation : de nouvelles sociabilités hybridant rural et urbain ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sabatier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque « Les Périphéries Urbaines entre Normes et Innovations. Les Villes du Sud de l'Europe »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, Bordeaux, France. pp.8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02591269v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réflexions autour du rôle de l'espace dans la construction d'une grammaire du &amp;quot;vivre ensemble&amp;quot; entre agriculteurs et non-agriculteurs en Dordogne: De la fréquentation à la production de normes sociales ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Espaces de vie, espaces-enjeux : entre investissements ordinaires et mobilisations politiques,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2008, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00380245v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la visibilité à l'anonymat : enquête sur les relations de voisinage en milieu rural</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacqueline Candau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.C. Baud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque International de l'Association des Ruralistes Français (ARF) « Ruralités Européennes Contemporaines : Diversité et Relations Sociales »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2008, Lyon, France. pp.12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02591270v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les limites du recours au développement culturel dans la recomposition du lien social : la &amp;quot;prison dorée&amp;quot; des agriculteurs du Sud Dordogne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque International "le Développement Culturel. Un Avenir pour les Territoires ?"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2008, Nîmes, France. pp.15</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02591272v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Repenser le couple « territoire-lieu », pour une géographie de la démocratie ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque interdisciplinaire et international « Territoires, territorialité, territorialisation, : et après ? », Grenoble, 7-8 juin 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, pp.10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02589883v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emergence d`un espace public en milieu rural : jalons méthodologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacqueline Candau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque « Espaces et sociétés aujourd`hui » UMR ESO - Rennes, 21-22 octobre 2004</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, pp.16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02583509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId214"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="B37AC3B0"/>
+    <w:nsid w:val="58CA65D3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/vincent-banos" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8945-9907" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05420673v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Petit" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Banos" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Le Floch" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15c8h" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05184052v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mody Diaw" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Le Berre" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Deldr&#232;ve" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05221401v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Brahic" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Deuffic" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11842-025-09592-8" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04659777v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Granjou" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Sergent" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41130-024-00210-3" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04769266v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Goujon" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/flux1.pr1.0010" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05055937v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Girard" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie M. Houdart" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salma Loudiyi" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13tpm" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04546281v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ag.754.0084" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04442363v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rac.30938" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04420555v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bouet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhg.2023.03.005" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04221551v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Hautdidier" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcin Krasnod&#281;bski" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zo&#233; Ginter" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Couderchet" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pour.246.0055" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03808010v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.forpol.2022.102843" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03533334v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02511733v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03258002v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2021008" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04082681v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maude Flamand-Hubert" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1093665ar" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04082589v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1093666ar" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02999318v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Gassiat" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.16481" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04082643v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali&#233;nor de Rouffignac" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1093673ar" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02603506v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Hautdidier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.landusepol.2016.04.026" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606090v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeoffrey Dehez" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ges.19.2017.0005" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599917v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2017024" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01505563v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Mora" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2017.22.04" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606161v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Labbouz" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02604759v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Candau" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606159v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/62005" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02399569v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00996492v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600177v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.14631" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01690506v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Rulleau" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01871952v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ag.699.1193" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01101529v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Regolini" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Carnus" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13595-013-0336-2" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00590800v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02595468v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00353203v3" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Sabatier" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/articulo.1524" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592262v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.C. Baud" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00602879v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02589174v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600336v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810765v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Kremer" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Augusto" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bosc" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Collin" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05131652v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05131911v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03533220v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/b17992" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609733v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses.univ-st-etienne.fr/fr/index.html" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01675687v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Grandcl&#233;ment" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Nada&#239;" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Cointe" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01675731v2" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Labussiere" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Fontaine" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Verdeil" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02610178v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Nada&#239;" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Labussi&#232;re" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chauvin" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606401v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gu&#233;ringer" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02591267v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regine S&#233;chet" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Garat" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Zeneidi" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05424020v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04487753v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t de Guerry" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Lenglet" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Gloaguen" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03277129v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Ruault" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Nefe" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Chen" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02610134v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Ruault" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Nefe" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Chen" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601543v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602041v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Orazio" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Cordero Debets" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601542v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601541v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tabourdeau" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606269v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599299v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Maindrault" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03139733v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot R&#233;golini" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02809771v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02594066v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02589887v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00426652v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2008PA040214" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05149826v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05457795v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirsten Koop" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Valette" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04787888v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04787875v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05168681v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04820483v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Dufourd-L&#233;v&#234;que" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauve Carbonell" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Renaux" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04199207v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04199185v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Cazals" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck-Dominique Vivien" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Debref" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Grouiez" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05168714v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niels Saura" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04624494v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Diaw" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04446675v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02610160v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bouet" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03222588v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02610161v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Ginter" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02610136v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609362v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02610154v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A-C. Latimier" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607141v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02604789v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01353630v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Gueringer" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Etbx Hautdidier" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601456v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600875v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600385v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599889v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599264v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597543v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597611v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02595952v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592272v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02591269v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00380245v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02591270v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02591272v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02589883v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02583509v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/vincent-banos" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8945-9907" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05420673v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Petit" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Banos" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Le Floch" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15c8h" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05221401v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Brahic" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Deuffic" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11842-025-09592-8" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05184052v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mody Diaw" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Le Berre" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Deldr&#232;ve" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04659777v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Granjou" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Sergent" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41130-024-00210-3" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04769266v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Goujon" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/flux1.pr1.0010" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05055937v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Girard" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie M. Houdart" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salma Loudiyi" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13tpm" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04442363v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rac.30938" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04546281v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ag.754.0084" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04420555v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bouet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhg.2023.03.005" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04221551v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Hautdidier" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcin Krasnod&#281;bski" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zo&#233; Ginter" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Couderchet" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pour.246.0055" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03808010v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.forpol.2022.102843" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03533334v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02511733v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03258002v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2021008" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04082589v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1093666ar" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02999318v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Gassiat" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.16481" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04082681v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maude Flamand-Hubert" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1093665ar" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04082643v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali&#233;nor de Rouffignac" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1093673ar" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02603506v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Hautdidier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.landusepol.2016.04.026" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606090v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeoffrey Dehez" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ges.19.2017.0005" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599917v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2017024" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01505563v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Mora" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2017.22.04" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02604759v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Candau" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606161v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Labbouz" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606159v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/62005" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02399569v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00996492v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600177v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.14631" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01690506v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Rulleau" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01101529v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Regolini" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Carnus" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13595-013-0336-2" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01871952v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ag.699.1193" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00590800v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02595468v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00353203v3" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Sabatier" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/articulo.1524" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592262v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.C. Baud" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00602879v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02589174v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600336v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810765v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Kremer" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Augusto" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bosc" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Collin" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05131652v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05131911v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03533220v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/b17992" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609733v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses.univ-st-etienne.fr/fr/index.html" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01675687v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Grandcl&#233;ment" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Nada&#239;" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Cointe" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01675731v2" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Labussiere" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Fontaine" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Verdeil" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02610178v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Nada&#239;" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Labussi&#232;re" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chauvin" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606401v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gu&#233;ringer" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02591267v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regine S&#233;chet" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Garat" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Zeneidi" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05424020v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04487753v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t de Guerry" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Lenglet" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Gloaguen" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03277129v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Ruault" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Nefe" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Chen" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02610134v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Ruault" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Nefe" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Chen" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601543v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602041v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Orazio" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Cordero Debets" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601542v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601541v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tabourdeau" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606269v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599299v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Maindrault" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03139733v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot R&#233;golini" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02809771v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02594066v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02589887v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00426652v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2008PA040214" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05149826v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05457795v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirsten Koop" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Valette" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04787888v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04787875v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05168681v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04820483v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Dufourd-L&#233;v&#234;que" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauve Carbonell" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Renaux" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04199207v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04199185v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Cazals" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck-Dominique Vivien" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Debref" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Grouiez" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05168714v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niels Saura" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04624494v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Diaw" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02610160v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bouet" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04446675v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03222588v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02610161v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Ginter" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609362v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02610154v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A-C. Latimier" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02610136v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607141v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02604789v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01353630v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Gueringer" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Etbx Hautdidier" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601456v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599889v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600875v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600385v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599264v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597543v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597611v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02595952v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592272v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02591269v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00380245v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02591270v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02591272v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02589883v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02583509v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>