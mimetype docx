--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -905,217 +905,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01433953v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Domain-Specific-Modeling Approach to Support Scenarios-Based Instructional Design</w:t>
+                <w:t xml:space="preserve">How to Support Scenarios-Based Instructional Design: a Domain-Specific-Modeling Approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Laforcade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boubekeur Zendagui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Barré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Actes de ECTEL'08 (3rd European Conference on Technology Enhanced Learning)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, Maastricht The, Netherlands. pp.185--196</w:t>
+              <w:t xml:space="preserve">Actes de ICSOFT'08 (3nd International Conference on Software and Data Technologies)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Porto, Portugal. pp.327-332</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01433968v1</w:t>
+                <w:t xml:space="preserve">hal-01457595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Support to the specification of observation needs</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Supporting the Specification of Educational Modeling Languages and Learning Scenarios with a Domain-Specific-Modeling Approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Laforcade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boubekeur Zendagui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Barré</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierre Laforcade</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE International Conference on Advanced Learning Technologies (ICALT'08)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2008, Santander, Spain. pp.793--797</w:t>
+              <w:t xml:space="preserve">, 2008, Santander, Spain. pp.819--821</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01457594v1</w:t>
+                <w:t xml:space="preserve">hal-01457596v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aide à la spécification de besoins d'observation : une approche centrée scénarisation pédagogique</w:t>
               </w:r>
@@ -1190,217 +1190,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01433971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How to Support Scenarios-Based Instructional Design: a Domain-Specific-Modeling Approach</w:t>
+                <w:t xml:space="preserve">A Domain-Specific-Modeling Approach to Support Scenarios-Based Instructional Design</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Laforcade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boubekeur Zendagui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Barré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Actes de ICSOFT'08 (3nd International Conference on Software and Data Technologies)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, Porto, Portugal. pp.327-332</w:t>
+              <w:t xml:space="preserve">Actes de ECTEL'08 (3rd European Conference on Technology Enhanced Learning)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Maastricht The, Netherlands. pp.185--196</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01457595v1</w:t>
+                <w:t xml:space="preserve">hal-01433968v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Supporting the Specification of Educational Modeling Languages and Learning Scenarios with a Domain-Specific-Modeling Approach</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Support to the specification of observation needs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boubekeur Zendagui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Barré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Laforcade</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Vincent Barré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE International Conference on Advanced Learning Technologies (ICALT'08)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2008, Santander, Spain. pp.819--821</w:t>
+              <w:t xml:space="preserve">, 2008, Santander, Spain. pp.793--797</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01457596v1</w:t>
+                <w:t xml:space="preserve">hal-01457594v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Scénarisation Pédagogique et Ingénierie Dirigé par les Modèles Cadre d'étude pour la définition de langages et environnements-outils de scénarisation pédagogique spécifiques à des domaines</w:t>
               </w:r>
@@ -2488,239 +2488,239 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01434072v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On minimal cutsets in P5-free minimal imperfect graphs</w:t>
+                <w:t xml:space="preserve">On vertex neighborhood in minimal imperfect graphs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Barré</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Luc Fouquet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Discrete Mathematics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2001, 236 (1-3), pp.25-36. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/S0012-365X(00)00427-1⟩</w:t>
+              <w:t xml:space="preserve">, 2001, 233 (1-3), pp.211-218. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0012-365X(00)00240-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02084789v1</w:t>
+                <w:t xml:space="preserve">hal-02084794v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On vertex neighborhood in minimal imperfect graphs</w:t>
+                <w:t xml:space="preserve">On minimal cutsets in P5-free minimal imperfect graphs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Barré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Fouquet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Discrete Mathematics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2001, 233 (1-3), pp.211-218. </w:t>
+              <w:t xml:space="preserve">, 2001, 236 (1-3), pp.25-36. </w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/S0012-365X(00)00240-5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/S0012-365X(00)00427-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02084794v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02084789v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On minimal imperfect graphs without induced P5</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Barré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Fouquet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Discrete Applied Mathematics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1999, 94 (1-3), pp.9-33. </w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3030,51 +3030,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03709996v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Petit" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Barr&#233;" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Bolduc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rana Challah" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Meyer" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106862v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Lefebvre" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Gandon" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02283425v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02056904v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01686693v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21125/edulearn.2017.1663" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433954v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Laforcade" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boubekeur Zendagui" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433953v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433968v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01457594v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433971v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01457595v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01457596v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00161559v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01434116v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Choquet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Iksal" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telearn.hal.science/hal-00190237v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassina El-Kecha&#239;" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01452355v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICALT.2005.189" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01434301v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Corbi&#232;re" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICALT.2004.1357479" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telearn.hal.science/hal-00190236v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01434516v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edutice.hal.science/edutice-00000127v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cottier" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Dubourg" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01457600v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Geeraert" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02284441v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01434072v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassina El Kecha&#239;" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02084789v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Fouquet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0012-365X(00)00427-1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02084794v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0012-365X(00)00240-5" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02084787v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0166-218X(99)00012-8" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telearn.hal.science/hal-00005656v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03709996v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Petit" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Barr&#233;" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Bolduc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rana Challah" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Meyer" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106862v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Lefebvre" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Gandon" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02283425v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02056904v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01686693v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21125/edulearn.2017.1663" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433954v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Laforcade" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boubekeur Zendagui" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433953v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01457595v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01457596v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433971v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433968v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01457594v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00161559v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01434116v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Choquet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Iksal" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telearn.hal.science/hal-00190237v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassina El-Kecha&#239;" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01452355v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICALT.2005.189" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01434301v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Corbi&#232;re" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICALT.2004.1357479" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telearn.hal.science/hal-00190236v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01434516v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edutice.hal.science/edutice-00000127v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cottier" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Dubourg" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01457600v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Geeraert" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02284441v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01434072v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassina El Kecha&#239;" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02084794v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0012-365X(00)00240-5" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02084789v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Fouquet" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0012-365X(00)00427-1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02084787v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0166-218X(99)00012-8" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telearn.hal.science/hal-00005656v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>