--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -2504,264 +2504,264 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01010261v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of student drivers’ self-assessment accuracy during French driver training: Self-assessments compared to instructors’ assessments in three risky driving situations</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Patricia Delhomme</w:t>
+                <w:t xml:space="preserve">Time course of driving-skill self-assessments during French driving training.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Boccara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Delhomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Vidal-Gomel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Janine Rogalski</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Rogalski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Accident Analysis &amp; Prevention</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 43, pp.1488-1496. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2011, 43 (1), pp.241-246</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02279848v1</w:t>
+                <w:t xml:space="preserve">halshs-00630780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Time course of driving-skill self-assessments during French driving training.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">P. Delhomme</w:t>
+                <w:t xml:space="preserve">Development of student drivers’ self-assessment accuracy during French driver training: Self-assessments compared to instructors’ assessments in three risky driving situations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V Boccara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Delhomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Vidal-Gomel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">J. Rogalski</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Janine Rogalski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Accident Analysis &amp; Prevention</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 43 (1), pp.241-246</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2011, 43, pp.1488-1496. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.aap.2011.02.029⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00630780v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02279848v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Time course of driving-skill self-assessments during French driver training</w:t>
               </w:r>
@@ -2926,655 +2926,655 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Janine Rogalski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Accident Analysis &amp; Prevention</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, pp.1488-1496. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.aap.2011.02.029⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01140048v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seniors' perceived driving skill in a postlicense training program: comparison of instructors' assessments and self-assessments by seniors' age and sex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Patricia Delhomme</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Boccara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Delhomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Vidal-Gomel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Dommès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Rogalski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Perceptual and Motor Skills</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, 110 (1), pp.117-128. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2010, 110 (1), pp.117-128</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01140015v1</w:t>
+                <w:t xml:space="preserve">halshs-00642886v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seniors' perceived driving skill in a postlicense training program: comparison of instructors' assessments and self-assessments by seniors' age and sex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">P. Delhomme</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Boccara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Delhomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Vidal-Gomel</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">J. Rogalski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Perceptual and Motor Skills</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, 110 (1), pp.117-128</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2010, 110 (1), pp.117-128. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2466/PMS.110.1.117-128⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00642886v1</w:t>
+                <w:t xml:space="preserve">hal-01140015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seniors' perceived driving skill in a postlicense training program: Comparison of instructors' assessments and self-assessments by seniors' age and sex.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Vincent Boccara</w:t>
+                <w:t xml:space="preserve">Seniors' perceived driving skill within a postlicense training program: comparison of instructorsâ assessments and self-assessments by seniors' age and sex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V Boccara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Delhomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Vidal-Gomel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Janine Rogalski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélie Dommès</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Janine Rogalski</w:t>
+                <w:t xml:space="preserve">Aurélie Dommes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Perceptual and Motor Skills</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, 110 (1), pp.117-128</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2010, 110 (1), pp.117-128. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2466/pms.110.1.117-128⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00630781v1</w:t>
+                <w:t xml:space="preserve">hal-02279849v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seniors’ perceived driving skill in a postlicense training program : comparison of instructors’ and self-assessments by seniors age and sex</w:t>
+                <w:t xml:space="preserve">Seniors' perceived driving skill in a postlicense training program: Comparison of instructors' assessments and self-assessments by seniors' age and sex.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Boccara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Delhomme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Vidal-Gomel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Dommès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Janine Rogalski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Perceptual and Motors Skills</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Perceptual and Motor Skills</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 110 (1), pp.117-128</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01142366v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00630781v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seniors' perceived driving skill within a postlicense training program: comparison of instructorsâ assessments and self-assessments by seniors' age and sex</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Patricia Delhomme</w:t>
+                <w:t xml:space="preserve">Seniors’ perceived driving skill in a postlicense training program : comparison of instructors’ and self-assessments by seniors age and sex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Boccara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Vidal-Gomel</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Aurélie Dommes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Perceptual and Motor Skills</w:t>
+              <w:t xml:space="preserve">Perceptual and Motors Skills</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 110 (1), pp.117-128. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2466/PMS.110.1.117-128⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2466/pms.110.1.117-128⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02279849v1</w:t>
+                <w:t xml:space="preserve">hal-01142366v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les activités de guidage dans des formations destinées aux conducteurs âgés.</w:t>
               </w:r>
@@ -4118,242 +4118,276 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04202300v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transitions towards sutainability in the case of food systems - Issues for ergonomists and ergonomics</w:t>
+                <w:t xml:space="preserve">Transitions agroécologiques dans les systèmes agro-alimentaires : Quels défis pour l'ergonomie de l'activité ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianne Cerf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V Boccara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Le Bail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Vincent Boccara</w:t>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adelaide Nascimento</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14th Organizational Design and Management Conference - ODAM2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2023, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">57eme congrès de la SELF - Développer l'élologie du travail, ressources indispensables au nouvelles formes de souverainetés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société d'Ergonomie de la Langue Française - SELF, Oct 2023, Saint-Denis (Réunion), France. 30 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04216567v2</w:t>
+                <w:t xml:space="preserve">hal-04271700v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Retrospective coding of the UX Design Process for UX Design enhancement in Design Agencies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Benoît Dabouis</w:t>
+                <w:t xml:space="preserve">Dans quelle mesure les simulations informatiques de l’activité humaine sont-elles réalistes ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Ly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Reynaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Le Bail</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Schumann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V Boccara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">24th International Conference on Engineering Design (ICED23)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Rencontres Jeunes Chercheurs en Intelligence Artificielle (RJCIA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Strasbourg, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04187239v1</w:t>
+                <w:t xml:space="preserve">hal-04163953v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Représenter l'expérience des usagers dans le processus de conception d'un habitacle de véhicule pour mieux spécifier, concevoir et évaluer l'UX.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Dabouis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4382,290 +4416,256 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12ème Colloque de Psychologie Ergonomique (EPIQUE 2023)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2023, Paris, France. https://arpege-recherche.org/user/p./06.activites/03.colloques-epique/13.12e-colloque-epique/EPIQUE%202023_Paris-EVDG_Actes%20du%20Colloque.pdf</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04297553v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transitions agroécologiques dans les systèmes agro-alimentaires : Quels défis pour l'ergonomie de l'activité ?</w:t>
+                <w:t xml:space="preserve">Transitions towards sutainability in the case of food systems - Issues for ergonomists and ergonomics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianne Cerf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Le Bail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Adelaide Nascimento</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Boccara</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">57eme congrès de la SELF - Développer l'élologie du travail, ressources indispensables au nouvelles formes de souverainetés</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société d'Ergonomie de la Langue Française - SELF, Oct 2023, Saint-Denis (Réunion), France. 30 p</w:t>
+              <w:t xml:space="preserve">14th Organizational Design and Management Conference - ODAM2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04271700v1</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04216567v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dans quelle mesure les simulations informatiques de l’activité humaine sont-elles réalistes ?</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Schumann</w:t>
+                <w:t xml:space="preserve">Retrospective coding of the UX Design Process for UX Design enhancement in Design Agencies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Dabouis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V Boccara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Yannou</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rencontres Jeunes Chercheurs en Intelligence Artificielle (RJCIA)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">24th International Conference on Engineering Design (ICED23)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Bordeaux, France. pp.3105-3114, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/pds.2023.311⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04163953v1</w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04187239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une méthode réflexive pour évaluer un nouveau programme de management de la sécurité</w:t>
               </w:r>
@@ -5713,269 +5713,269 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04088928v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Exploratory Study of the Issues of a Professionalization to the Industrial Safety in a French Railway Company</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Réglementer le métier ou certifier la pratique des ergonomes ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain S. Leduc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Etienne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Dugué,</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabin Gindro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Coutarel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the 20th Congress of the International Ergonomics Association (IEA 2018)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">53è Congrès Internaitonal de la Société d'Ergonomie de Langue Française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Bordeaux, France. pp.618-620</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05446198v1</w:t>
+                <w:t xml:space="preserve">hal-01897303v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réglementer le métier ou certifier la pratique des ergonomes ?</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">An Exploratory Study of the Issues of a Professionalization to the Industrial Safety in a French Railway Company</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Marquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Boccara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stella Duvenci-Langa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Delgoulet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">53è Congrès Internaitonal de la Société d'Ergonomie de Langue Française</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Proceedings of the 20th Congress of the International Ergonomics Association (IEA 2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2018, Florence, Italy. pp.192 - 198, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-96080-7_23⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01897303v1</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05446198v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An Exploratory Study of the Issues of a Professionalization to the Industrial Safety in a French Railway Company</w:t>
               </w:r>
@@ -6023,51 +6023,51 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Delgoulet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">20th triennial congress of the International ergonomics association (IEA 2018)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2018, Florence, Italy. pp.192-198, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-319-96080-7_23⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04088981v1</w:t>
@@ -6661,51 +6661,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qualifications « infra-master » en ergonomie : enjeux et perspectives pour le métier ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Coutarel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Garrigou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8542,51 +8542,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="56D54CE9"/>
+    <w:nsid w:val="C20C78C2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8690,51 +8690,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="31874EF3"/>
+    <w:nsid w:val="88F1EC08"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8838,51 +8838,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="9C75CDBC"/>
+    <w:nsid w:val="56CE2052"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8986,51 +8986,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="54A5AC95"/>
+    <w:nsid w:val="A9243355"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9226,51 +9226,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05331924v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adelaide Nascimento" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Cerf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Boccara" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Le Bail" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;le Le Bouter" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21683565.2025.2578252" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05142990v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Gentric" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Cluzel" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hakim Boudaoud" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Gonzalo" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42824-025-00174-9" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04320189v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Le&#160;bail" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Boccara" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Loyce" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/WOR-220298" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04563940v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent van Belleghem" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Eric Bobillier Chaumon" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvon Haradji" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Morais" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/activites.9728" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672259v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Galey" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Cuvelier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanina Mollo" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Albert" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00140139.2024.2390127" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04580505v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Dabouis" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Yannou" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/activites.9374" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251128v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Poley" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/activites.8925" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04289983v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Arnoux" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Farr" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vignais" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph20043153" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03348293v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Thery" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Poirier-Quinot" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Jouan" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian F. G. Katz" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1351010X211045518" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02155781v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian F.G. Katz" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.5110711" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414983v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Laneyrie" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Brunet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislas Couix" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Fucks" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/activites.4389" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02406027v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Delmas" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Darses" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.7386" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01142409v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Boccara" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Vidal-Gomel" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Rogalski" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Delhomme" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apergo.2014.06.001" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02279845v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Delgoulet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/activites.1098" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02279846v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janine Rogalski" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Delhomme" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/WOR-2012-1285" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01147597v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Delhomme" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909282v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Vidal-Gomel" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Rogalski" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01010261v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02279848v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aap.2011.02.029" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-V27Q35Z4-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00630780v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142385v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aap.2010.08.016" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01140048v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01140015v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2466/PMS.110.1.117-128" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00642886v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Domm&#232;s" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00630781v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Domm&#232;s" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142366v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02279849v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Dommes" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2466/pms.110.1.117-128" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02279851v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ta.002.0046" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05148116v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05148139v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05148161v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Faget" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04202300v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/pds.2023.275" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04216567v2" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04187239v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/pds.2023.311" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04297553v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04271700v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04163953v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Ly" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Reynaud" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Schumann" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04088555v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stella Duvenci-Langa" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Letourneau" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03724926v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Delavallade" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Tourne" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Cayon" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04088809v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien L&#233;tourneaux" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Marquet" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-74602-5_84" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04441850v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Sol Perez Toralla" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-74602-5_63" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03779320v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Judon" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-74602-5_91" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01889647v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Cau-Bareille" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-96080-7_27" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336057v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Gaillard" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Zara-Meylan" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Barthe" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03195504v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domitile Lourdeaux" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoubida Afoutni" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Ferrer" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Sabouret" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Demulier" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3308532.3329418" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04088928v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05446198v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-96080-7_23" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01897303v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain S. Leduc" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Etienne" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Dugu&#233;," TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabin Gindro" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Coutarel" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04088981v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stella Duvinci-Langa" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01924284v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02406022v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Duvenci-Langa" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02406023v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Marquet" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02406025v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-M Burkhardt" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02406024v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05446288v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01609032v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Garrigou" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Langlois" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Duvillier" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Houlgate" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01253409v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Carpentier" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04027990v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Santos" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04441757v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-89567-9_7" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03402437v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Th&#233;bault" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joffrey Beaujouan" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dunod.brang.2021.01.0105" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03402459v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dunod.brang.2021.01.0162" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04441743v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04069564v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pur-editions.fr/product/4781/analyses-de-l-activite" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04441790v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-65527-7_13" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01213536v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-02052677v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Jolivet" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Tuchszirer" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Oumeddour" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03960467v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05446146v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04088968v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Barthe" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-96071-5_189" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02406026v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Meylan" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05331924v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adelaide Nascimento" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Cerf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Boccara" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Le Bail" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;le Le Bouter" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21683565.2025.2578252" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05142990v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Gentric" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Cluzel" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hakim Boudaoud" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Gonzalo" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42824-025-00174-9" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04320189v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Le&#160;bail" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Boccara" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Loyce" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/WOR-220298" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04563940v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent van Belleghem" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Eric Bobillier Chaumon" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvon Haradji" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Morais" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/activites.9728" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672259v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Galey" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Cuvelier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanina Mollo" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Albert" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00140139.2024.2390127" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04580505v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Dabouis" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Yannou" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/activites.9374" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251128v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Poley" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/activites.8925" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04289983v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Arnoux" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Farr" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vignais" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph20043153" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03348293v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Thery" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Poirier-Quinot" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Jouan" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian F. G. Katz" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1351010X211045518" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02155781v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian F.G. Katz" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.5110711" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414983v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Laneyrie" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Brunet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislas Couix" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Fucks" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/activites.4389" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02406027v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Delmas" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Darses" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.7386" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01142409v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Boccara" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Vidal-Gomel" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Rogalski" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Delhomme" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apergo.2014.06.001" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02279845v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Delgoulet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/activites.1098" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02279846v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janine Rogalski" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Delhomme" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/WOR-2012-1285" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01147597v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Delhomme" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909282v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Vidal-Gomel" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Rogalski" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01010261v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00630780v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02279848v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aap.2011.02.029" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-V27Q35Z4-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142385v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aap.2010.08.016" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01140048v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00642886v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Domm&#232;s" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01140015v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2466/PMS.110.1.117-128" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02279849v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Dommes" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2466/pms.110.1.117-128" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00630781v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Domm&#232;s" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142366v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02279851v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ta.002.0046" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05148116v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05148139v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05148161v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Faget" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04202300v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/pds.2023.275" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04271700v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04163953v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Ly" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Reynaud" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Schumann" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04297553v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04216567v2" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04187239v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/pds.2023.311" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04088555v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stella Duvenci-Langa" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Letourneau" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03724926v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Delavallade" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Tourne" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Cayon" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04088809v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien L&#233;tourneaux" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Marquet" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-74602-5_84" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04441850v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Sol Perez Toralla" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-74602-5_63" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03779320v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Judon" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-74602-5_91" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01889647v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Cau-Bareille" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-96080-7_27" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336057v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Gaillard" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Zara-Meylan" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Barthe" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03195504v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domitile Lourdeaux" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoubida Afoutni" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Ferrer" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Sabouret" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Demulier" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3308532.3329418" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04088928v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01897303v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain S. Leduc" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Etienne" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Dugu&#233;," TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabin Gindro" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Coutarel" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05446198v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-96080-7_23" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04088981v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stella Duvinci-Langa" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01924284v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02406022v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Duvenci-Langa" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02406023v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Marquet" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02406025v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-M Burkhardt" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02406024v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05446288v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01609032v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Garrigou" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Langlois" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Duvillier" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Houlgate" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01253409v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Carpentier" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04027990v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Santos" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04441757v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-89567-9_7" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03402437v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Th&#233;bault" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joffrey Beaujouan" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dunod.brang.2021.01.0105" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03402459v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dunod.brang.2021.01.0162" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04441743v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04069564v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pur-editions.fr/product/4781/analyses-de-l-activite" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04441790v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-65527-7_13" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01213536v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-02052677v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Jolivet" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Tuchszirer" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Oumeddour" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03960467v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05446146v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04088968v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Barthe" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-96071-5_189" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02406026v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Meylan" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>