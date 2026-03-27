--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -1172,295 +1172,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-01303455v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exclusive $\rho^0$ Meson Photoproduction with a Leading Neutron at HERA</w:t>
+                <w:t xml:space="preserve">Search for QCD Instanton-Induced Processes at HERA in the High-$Q^2$ Domain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">D. Hoffmann</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Baghdasaryan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Begzsuren</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Belousov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bolz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 76, pp.41. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1140/epjc/s10052-015-3863-1⟩</w:t>
+              <w:t xml:space="preserve">, 2016, 76 (7), pp.381. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4194-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-01193145v1</w:t>
+                <w:t xml:space="preserve">in2p3-01290445v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Search for QCD Instanton-Induced Processes at HERA in the High-$Q^2$ Domain</w:t>
+                <w:t xml:space="preserve">Exclusive $\rho^0$ Meson Photoproduction with a Leading Neutron at HERA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">A. Bolz</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Feltesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Schoeffel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Diaconu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Hoffmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 76 (7), pp.381. </w:t>
+              <w:t xml:space="preserve">, 2016, 76, pp.41. </w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1140/epjc/s10052-016-4194-6⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1140/epjc/s10052-015-3863-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">in2p3-01290445v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-01193145v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Construction and commissioning of a technological prototype of a high-granularity semi-digital hadronic calorimeter</w:t>
               </w:r>
@@ -1727,77 +1727,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Measurement of Dijet Production in Diffractive Deep-Inelastic ep Scattering at HERA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Baghdasaryan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Begzsuren</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Belousov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Boudry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3048,63 +3048,63 @@
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-00828458v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combination and QCD Analysis of Charm Production Cross Section Measurements in Deep-Inelastic ep Scattering at HERA</w:t>
+                <w:t xml:space="preserve">Elastic and Proton-Dissociative Photoproduction of J/psi Mesons at HERA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Abramowicz</w:t>
+                <w:t xml:space="preserve">C. Alexa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.C. Bizot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -3131,114 +3131,114 @@
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Jacquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, 73, pp.2311. </w:t>
+              <w:t xml:space="preserve">, 2013, 73, pp.2466. </w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1140/epjc/s10052-013-2311-3⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1140/epjc/s10052-013-2466-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00749294v1</w:t>
+                <w:t xml:space="preserve">in2p3-00816384v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elastic and Proton-Dissociative Photoproduction of J/psi Mesons at HERA</w:t>
+                <w:t xml:space="preserve">Combination and QCD Analysis of Charm Production Cross Section Measurements in Deep-Inelastic ep Scattering at HERA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Alexa</w:t>
+                <w:t xml:space="preserve">H. Abramowicz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.C. Bizot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -3265,78 +3265,78 @@
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Jacquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, 73, pp.2466. </w:t>
+              <w:t xml:space="preserve">, 2013, 73, pp.2311. </w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1140/epjc/s10052-013-2466-y⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1140/epjc/s10052-013-2311-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00816384v1</w:t>
+                <w:t xml:space="preserve">in2p3-00749294v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Validation of GEANT4 Monte Carlo Models with a Highly Granular Scintillator-Steel Hadron Calorimeter</w:t>
               </w:r>
@@ -3450,338 +3450,338 @@
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-00834071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurement of Beauty and Charm Photoproduction using Semi-muonic Decays in Dijet Events at HERA</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">B. Delcourt</w:t>
+                <w:t xml:space="preserve">Hadronic energy resolution of a highly granular scintillator-steel hadron calorimeter using software compensation techniques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Adloff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Blaha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. -J. Blaising</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Drancourt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Espargilière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1140/epjc/s10052-012-2047-5⟩</w:t>
+              <w:t xml:space="preserve">Journal of Instrumentation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 7, pp.P09017. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1748-0221/7/09/P09017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00716954v1</w:t>
+                <w:t xml:space="preserve">in2p3-00719085v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurement of Dijet Production in Diffractive Deep-Inelastic Scattering with a Leading Proton at HERA</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId124" w:history="1">
+                <w:t xml:space="preserve">Inclusive Deep Inelastic Scattering at High Q2 with Longitudinally Polarised Lepton Beams at HERA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.D. Aaron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">A. Baghdasaryan</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Barrelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.C. Bizot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Brisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Delcourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1140/epjc/s10052-012-1970-9⟩</w:t>
+              <w:t xml:space="preserve">Journal of High Energy Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 09(2012), pp.061. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/JHEP09(2012)061⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">in2p3-00637885v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00713763v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inclusive Deep Inelastic Scattering at High Q2 with Longitudinally Polarised Lepton Beams at HERA</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId124" w:history="1">
+                <w:t xml:space="preserve">Measurement of Beauty and Charm Photoproduction using Semi-muonic Decays in Dijet Events at HERA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.D. Aaron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Barrelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.C. Bizot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3797,246 +3797,246 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Delcourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of High Energy Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/JHEP09(2012)061⟩</w:t>
+              <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 72, pp.2047. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1140/epjc/s10052-012-2047-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">in2p3-00713763v1</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00716954v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hadronic energy resolution of a highly granular scintillator-steel hadron calorimeter using software compensation techniques</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">A. Espargilière</w:t>
+                <w:t xml:space="preserve">Measurement of Inclusive and Dijet D* Meson Cross Sections in Photoproduction at HERA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F.D. Aaron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Barrelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.C. Bizot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Brisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Delcourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Instrumentation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1748-0221/7/09/P09017⟩</w:t>
+              <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 72, pp.1995. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1140/epjc/s10052-012-1995-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">in2p3-00719085v1</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00714739v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combined inclusive diffractive cross sections measured with forward proton spectrometers in deep inelastic ep scattering at HERA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.D. Aaron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.C. Bizot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4071,253 +4071,253 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Jacquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 72, pp.2175. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1140/epjc/s10052-012-2175-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-00719976v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurement of Inclusive and Dijet D* Meson Cross Sections in Photoproduction at HERA</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId124" w:history="1">
+                <w:t xml:space="preserve">Measurement of Dijet Production in Diffractive Deep-Inelastic Scattering with a Leading Proton at HERA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.D. Aaron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">B. Delcourt</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Alexa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Andreev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Backovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Baghdasaryan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, 72, pp.1995. </w:t>
+              <w:t xml:space="preserve">, 2012, 72, pp.1970. </w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1140/epjc/s10052-012-1995-0⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1140/epjc/s10052-012-1970-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">in2p3-00714739v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00637885v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Measurement of Beauty Photoproduction near Threshold using Di-electron Events with the H1 Detector at HERA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.D. Aaron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Barrelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.C. Bizot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4388,779 +4388,779 @@
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-00711464v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurement of the Azimuthal Correlation between the most Forward Jet and the Scattered Positron in Deep-Inelastic Scattering at HERA</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId124" w:history="1">
+                <w:t xml:space="preserve">Determination of the Integrated Luminosity at HERA using Elastic QED Compton Events</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.D. Aaron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">A. Baghdasaryan</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.C. Bizot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Brisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Delcourt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Jacquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, 72, pp.1910. </w:t>
+              <w:t xml:space="preserve">, 2012, 72, pp.2163. </w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1140/epjc/s10052-012-1910-8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1140/epjc/s10052-012-2163-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00643194v1</w:t>
+                <w:t xml:space="preserve">in2p3-00716960v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Determination of the Integrated Luminosity at HERA using Elastic QED Compton Events</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId124" w:history="1">
+                <w:t xml:space="preserve">Measurement of the Azimuthal Correlation between the most Forward Jet and the Scattered Positron in Deep-Inelastic Scattering at HERA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.D. Aaron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">M. Jacquet</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Alexa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Andreev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Backovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Baghdasaryan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, 72, pp.2163. </w:t>
+              <w:t xml:space="preserve">, 2012, 72, pp.1910. </w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1140/epjc/s10052-012-2163-2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1140/epjc/s10052-012-1910-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00716960v1</w:t>
+                <w:t xml:space="preserve">in2p3-00643194v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Construction and performance of a silicon photomultiplier/extruded scintillator tail-catcher and muon-tracker</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">A. Espargilière</w:t>
+                <w:t xml:space="preserve">Inclusive Measurement of Diffractive Deep-Inelastic Scattering at HERA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F.D. Aaron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.C. Bizot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Brisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Delcourt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Jacquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Instrumentation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1748-0221/7/04/P04015⟩</w:t>
+              <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 72, pp.2074. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1140/epjc/s10052-012-2074-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00658175v1</w:t>
+                <w:t xml:space="preserve">in2p3-00716968v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inclusive Measurement of Diffractive Deep-Inelastic Scattering at HERA</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">M. Jacquet</w:t>
+                <w:t xml:space="preserve">Construction and performance of a silicon photomultiplier/extruded scintillator tail-catcher and muon-tracker</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Adloff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Blaha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-J. Blaising</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Drancourt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Espargilière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 72, pp.2074. </w:t>
+              <w:t xml:space="preserve">Journal of Instrumentation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 7, pp.P04015. </w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1140/epjc/s10052-012-2074-2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1748-0221/7/04/P04015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">in2p3-00716968v1</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00658175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurement of Photon Production in the Very Forward Direction in Deep-Inelastic Scattering at HERA</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId124" w:history="1">
+                <w:t xml:space="preserve">Search for Lepton Flavour Violation at HERA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.D. Aaron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Alexa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Backovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Baghdasaryan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 71, 1771 (11p.). </w:t>
+              <w:t xml:space="preserve">Physics Letters B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 701, pp.20-30. </w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1140/epjc/s10052-011-1771-6⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.physletb.2011.05.023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00605052v1</w:t>
+                <w:t xml:space="preserve">in2p3-00580554v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Search for First Generation Leptoquarks in ep Collisions at HERA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.D. Aaron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Alexa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Backovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Baghdasaryan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physics Letters B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 704, pp.388-396. </w:t>
@@ -5192,965 +5192,965 @@
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-00633107v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Search for Squarks in R-parity Violating Supersymmetry in ep Collisions at HERA</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId124" w:history="1">
+                <w:t xml:space="preserve">Measurement of Photon Production in the Very Forward Direction in Deep-Inelastic Scattering at HERA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.D. Aaron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Alexa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Backovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Baghdasaryan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 71, pp.1572. </w:t>
+              <w:t xml:space="preserve">, 2011, 71, 1771 (11p.). </w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1140/epjc/s10052-011-1572-y⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1140/epjc/s10052-011-1771-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00546043v1</w:t>
+                <w:t xml:space="preserve">in2p3-00605052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Search for Lepton Flavour Violation at HERA</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId124" w:history="1">
+                <w:t xml:space="preserve">Measurement of charm and beauty jets in deep inelastic scattering at HERA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.D. Aaron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Alexa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Backovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Baghdasaryan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics Letters B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 701, pp.20-30. </w:t>
+              <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 71, 1509 (21 p.). </w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.physletb.2011.05.023⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1140/epjc/s10052-010-1509-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00580554v1</w:t>
+                <w:t xml:space="preserve">in2p3-00558122v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurement of charm and beauty jets in deep inelastic scattering at HERA</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">A. Baghdasaryan</w:t>
+                <w:t xml:space="preserve">Performance of Glass Resistive Plate Chambers for a high granularity semi-digital calorimeter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Bedjidian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Belkadhi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Boudry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Combaret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Decotigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1140/epjc/s10052-010-1509-x⟩</w:t>
+              <w:t xml:space="preserve">Journal of Instrumentation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 6, pp.P02001. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1748-0221/6/02/P02001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00558122v1</w:t>
+                <w:t xml:space="preserve">in2p3-00553302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Performance of Glass Resistive Plate Chambers for a high granularity semi-digital calorimeter</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">D. Decotigny</w:t>
+                <w:t xml:space="preserve">Search for Squarks in R-parity Violating Supersymmetry in ep Collisions at HERA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F.D. Aaron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Alexa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Andreev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Backovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Baghdasaryan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Instrumentation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 6, pp.P02001. </w:t>
+              <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 71, pp.1572. </w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1748-0221/6/02/P02001⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1140/epjc/s10052-011-1572-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">in2p3-00553302v1</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00546043v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurement of the diffractive longitudinal structure function F(L)(D) at HERA</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId124" w:history="1">
+                <w:t xml:space="preserve">Measurement of the cross section for diffractive deep-inelastic scattering with a leading proton at HERA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.D. Aaron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Alexa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Backovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Baghdasaryan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 71, pp.1836. </w:t>
+              <w:t xml:space="preserve">, 2011, 71, pp.1578. </w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1140/epjc/s10052-011-1836-6⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1140/epjc/s10052-011-1578-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00662685v1</w:t>
+                <w:t xml:space="preserve">in2p3-00575780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of high-energy particle showers on the embedded front-end electronics of an electromagnetic calorimeter for a future lepton collider</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">D. Trojand</w:t>
+                <w:t xml:space="preserve">Measurement of the diffractive longitudinal structure function F(L)(D) at HERA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F.D. Aaron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Alexa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Andreev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Backovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Baghdasaryan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section A: Accelerators, Spectrometers, Detectors and Associated Equipment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.nima.2011.06.056⟩</w:t>
+              <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 71, pp.1836. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1140/epjc/s10052-011-1836-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00567085v1</w:t>
+                <w:t xml:space="preserve">in2p3-00662685v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurement of the cross section for diffractive deep-inelastic scattering with a leading proton at HERA</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">A. Baghdasaryan</w:t>
+                <w:t xml:space="preserve">Effects of high-energy particle showers on the embedded front-end electronics of an electromagnetic calorimeter for a future lepton collider</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Adloff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Francis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Repond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Smith</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Trojand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 71, pp.1578. </w:t>
+              <w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section A: Accelerators, Spectrometers, Detectors and Associated Equipment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 654, pp.97-109. </w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1140/epjc/s10052-011-1578-5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.nima.2011.06.056⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">in2p3-00575780v1</w:t>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00567085v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electromagnetic response of a highly granular hadronic calorimeter</w:t>
               </w:r>
@@ -6270,103 +6270,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Measurement of $D^∗±$ meson production and determination of $F_2^{cbar{c}}$ at low $Q^2$ in deep-inelastic scattering at HERA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.D. Aaron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Alexa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Backovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Baghdasaryan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 71, 1769 (26 p.). </w:t>
@@ -6404,103 +6404,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Measurement of the Inclusive ep^{+-} Scattering Cross Section at High Inelasticity y and of the Structure Function FL</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.D. Aaron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Alexa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Backovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Baghdasaryan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 71, pp.1579. </w:t>
@@ -6532,338 +6532,338 @@
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-00560201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tests of a particle flow algorithm with CALICE test beam data</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">A. Espargilière</w:t>
+                <w:t xml:space="preserve">Search for Contact Interactions in $e^{\pm}p$ Collisions at HERA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F.D. Aaron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Alexa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Andreev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Backovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Baghdasaryan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Instrumentation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 6, pp.P07005. </w:t>
+              <w:t xml:space="preserve">Physics Letters B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 705, pp.52-58. </w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1748-0221/6/07/P07005⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.physletb.2011.09.109⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00593907v1</w:t>
+                <w:t xml:space="preserve">in2p3-00635902v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Search for Contact Interactions in $e^{\pm}p$ Collisions at HERA</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">A. Baghdasaryan</w:t>
+                <w:t xml:space="preserve">Tests of a particle flow algorithm with CALICE test beam data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Adloff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Blaha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-J. Blaising</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Drancourt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Espargilière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics Letters B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 705, pp.52-58. </w:t>
+              <w:t xml:space="preserve">Journal of Instrumentation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 6, pp.P07005. </w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.physletb.2011.09.109⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1748-0221/6/07/P07005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00635902v1</w:t>
+                <w:t xml:space="preserve">in2p3-00593907v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combined Measurement and QCD Analysis of the Inclusive e± p Scattering Cross Sections at HERA</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId124" w:history="1">
+                <w:t xml:space="preserve">Events with an isolated lepton and missing transverse momentum and measurement of W production at HERA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.D. Aaron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Abramowicz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Abt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6883,1500 +6883,1500 @@
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Adamus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of High Energy Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, 01, pp.109. </w:t>
+              <w:t xml:space="preserve">, 2010, 3, pp.035. </w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/JHEP01(2010)109⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/JHEP03(2010)035⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00459276v1</w:t>
+                <w:t xml:space="preserve">in2p3-00484595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prompt photons in photoproduction at HERA</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Measurement of the D*± Meson Production Cross Section and F_2^{ccbar}, at High Q^2, in ep Scattering at HERA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F.D. Aaron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Alexa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. D. Aaron</w:t>
+                <w:t xml:space="preserve">K. Alimujiang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Antunovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1140/epjc/s10052-010-1240-7⟩</w:t>
+              <w:t xml:space="preserve">Physics Letters B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 686, pp.91-100. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.physletb.2010.02.024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00465840v1</w:t>
+                <w:t xml:space="preserve">in2p3-00456740v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diffractive Electroproduction of rho and phi Mesons at HERA</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">F.D. Aaron</w:t>
+                <w:t xml:space="preserve">Prompt photons in photoproduction at HERA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. D. Aaron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Aldaya Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Alexa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Aldaya Martin</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">V. Andreev</w:t>
+                <w:t xml:space="preserve">B. Antunovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of High Energy Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 5, pp.032. </w:t>
+              <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 66, pp.17 - 33. </w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/JHEP05(2010)032⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1140/epjc/s10052-010-1240-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">in2p3-00429975v1</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00465840v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inelastic Production of J/psi Mesons in Photoproduction and Deep Inelastic Scattering at HERA</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId124" w:history="1">
+                <w:t xml:space="preserve">Combined Measurement and QCD Analysis of the Inclusive e± p Scattering Cross Sections at HERA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.D. Aaron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Alexa</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">B. Antunovic</w:t>
+                <w:t xml:space="preserve">H. Abramowicz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Abt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Adamczyk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Adamus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 68, pp.401-420. </w:t>
+              <w:t xml:space="preserve">Journal of High Energy Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 01, pp.109. </w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1140/epjc/s10052-010-1376-5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/JHEP01(2010)109⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00454155v1</w:t>
+                <w:t xml:space="preserve">in2p3-00459276v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Construction and Commissioning of the CALICE Analog Hadron Calorimeter Prototype</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">J. Repond</w:t>
+                <w:t xml:space="preserve">Jet Production in ep Collisions at Low Q^2 and Determination of alpha_s</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F.D. Aaron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Alexa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Andreev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Antunovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Brandt</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">H. Brown</w:t>
+                <w:t xml:space="preserve">S. Aplin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Instrumentation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1748-0221/5/05/P05004⟩</w:t>
+              <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 67, pp.1-24. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1140/epjc/s10052-010-1282-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00464391v1</w:t>
+                <w:t xml:space="preserve">in2p3-00468194v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurement of Leading Neutron Production in Deep-Inelastic Scattering at HERA</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">B. Antunovic</w:t>
+                <w:t xml:space="preserve">Construction and Commissioning of the CALICE Analog Hadron Calorimeter Prototype</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Adloff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Karyotakis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Repond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Brandt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Brown</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1140/epjc/s10052-010-1369-4⟩</w:t>
+              <w:t xml:space="preserve">Journal of Instrumentation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 5, pp.P05004. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1748-0221/5/05/P05004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">in2p3-00453564v1</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00464391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Events with an isolated lepton and missing transverse momentum and measurement of W production at HERA</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId124" w:history="1">
+                <w:t xml:space="preserve">Diffractive Electroproduction of rho and phi Mesons at HERA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.D. Aaron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Aldaya Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Abramowicz</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">M. Adamus</w:t>
+                <w:t xml:space="preserve">C. Alexa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Alimujiang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of High Energy Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, 3, pp.035. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2010, 5, pp.032. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/JHEP05(2010)032⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/JHEP03(2010)035⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">in2p3-00484595v1</w:t>
+                <w:t xml:space="preserve">in2p3-00429975v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurement of the D*± Meson Production Cross Section and F_2^{ccbar}, at High Q^2, in ep Scattering at HERA</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId124" w:history="1">
+                <w:t xml:space="preserve">Inelastic Production of J/psi Mesons in Photoproduction and Deep Inelastic Scattering at HERA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.D. Aaron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Alexa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Alimujiang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Antunovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics Letters B</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 68, pp.401-420. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1140/epjc/s10052-010-1376-5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.physletb.2010.02.024⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">in2p3-00456740v1</w:t>
+                <w:t xml:space="preserve">in2p3-00454155v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jet Production in ep Collisions at Low Q^2 and Determination of alpha_s</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId124" w:history="1">
+                <w:t xml:space="preserve">Measurement of Leading Neutron Production in Deep-Inelastic Scattering at HERA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.D. Aaron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Alexa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Alimujiang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Antunovic</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">S. Aplin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, 67, pp.1-24. </w:t>
+              <w:t xml:space="preserve">, 2010, 68, pp.381-399. </w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1140/epjc/s10052-010-1282-x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1140/epjc/s10052-010-1369-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">in2p3-00468194v1</w:t>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00453564v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diffractive Dijet Photoproduction in ep Collisions at HERA</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">A. Baghdasaryan</w:t>
+                <w:t xml:space="preserve">Study of the interactions of pions in the CALICE silicon-tungsten calorimeter prototype</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Adloff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Karyotakis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Repond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Yu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Eigen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1140/epjc/s10052-010-1448-6⟩</w:t>
+              <w:t xml:space="preserve">Journal of Instrumentation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 5, pp.P05007. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1748-0221/5/05/P05007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00546126v1</w:t>
+                <w:t xml:space="preserve">in2p3-00480141v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of the interactions of pions in the CALICE silicon-tungsten calorimeter prototype</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">G. Eigen</w:t>
+                <w:t xml:space="preserve">Diffractive Dijet Photoproduction in ep Collisions at HERA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F.D. Aaron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Alexa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Andreev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Backovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Baghdasaryan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Instrumentation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 5, pp.P05007. </w:t>
+              <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 70, pp.15-37. </w:t>
             </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1748-0221/5/05/P05007⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1140/epjc/s10052-010-1448-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">in2p3-00480141v1</w:t>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00546126v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jet Production in ep Collisions at High Q^2 and Determination of alpha_s</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.D. Aaron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Alexa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Alimujiang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Antunovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 65, pp.363-383. </w:t>
@@ -8414,90 +8414,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Measurement of the Charm and Beauty Structure Functions using the H1 Vertex Detector at HERA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.D. Aaron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Aldaya Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Alexa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Alimujiang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8548,64 +8548,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-Leptons with High Transverse Momentum at HERA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.D. Aaron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Abramowicz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Abt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8676,766 +8676,766 @@
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-00425579v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Search for Excited Quarks in ep Collisions at HERA</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId124" w:history="1">
+                <w:t xml:space="preserve">Deeply virtual Compton scattering and its beam charge asymmetry in e±p collisions at HERA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.D. Aaron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Aldaya Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Alexa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Alimujiang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">B. Antunovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physics Letters B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, 678, pp.335-343. </w:t>
+              <w:t xml:space="preserve">, 2009, 681, pp.391-399. </w:t>
             </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.physletb.2009.06.044⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.physletb.2009.10.035⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00381308v1</w:t>
+                <w:t xml:space="preserve">in2p3-00426762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Precision Measurement of the Inclusive ep Scattering Cross Section at HERA</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId124" w:history="1">
+                <w:t xml:space="preserve">Inclusive Photoproduction of rho^0, K^{*0} and phi Mesons at HERA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.D. Aaron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Alexa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Antunovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Aplin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 64, pp.561-587. </w:t>
+              <w:t xml:space="preserve">Physics Letters B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 673, pp.119-126. </w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1140/epjc/s10052-009-1169-x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.physletb.2009.02.016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00378927v1</w:t>
+                <w:t xml:space="preserve">in2p3-00351556v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deeply virtual Compton scattering and its beam charge asymmetry in e±p collisions at HERA</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId124" w:history="1">
+                <w:t xml:space="preserve">Events with Isolated Leptons and Missing Transverse Momentum and Measurement of $W$ Production at HERA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.D. Aaron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Alexa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Andreev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Aldaya Martin</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">V. Andreev</w:t>
+                <w:t xml:space="preserve">B. Antunovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Aplin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics Letters B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 681, pp.391-399. </w:t>
+              <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 64, pp.251-271. </w:t>
             </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.physletb.2009.10.035⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1140/epjc/s10052-009-1160-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00426762v1</w:t>
+                <w:t xml:space="preserve">in2p3-00351546v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inclusive Photoproduction of rho^0, K^{*0} and phi Mesons at HERA</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId124" w:history="1">
+                <w:t xml:space="preserve">A Precision Measurement of the Inclusive ep Scattering Cross Section at HERA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.D. Aaron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Alexa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Alimujiang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Antunovic</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">S. Aplin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics Letters B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 673, pp.119-126. </w:t>
+              <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 64, pp.561-587. </w:t>
             </w:r>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.physletb.2009.02.016⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1140/epjc/s10052-009-1169-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00351556v1</w:t>
+                <w:t xml:space="preserve">in2p3-00378927v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Events with Isolated Leptons and Missing Transverse Momentum and Measurement of $W$ Production at HERA</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId124" w:history="1">
+                <w:t xml:space="preserve">Search for Excited Quarks in ep Collisions at HERA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.D. Aaron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Alexa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Alimujiang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Antunovic</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">S. Aplin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 64, pp.251-271. </w:t>
+              <w:t xml:space="preserve">Physics Letters B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 678, pp.335-343. </w:t>
             </w:r>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1140/epjc/s10052-009-1160-6⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.physletb.2009.06.044⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00351546v1</w:t>
+                <w:t xml:space="preserve">in2p3-00381308v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Search for Single Top Quark Production at HERA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.D. Aaron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Aldaya Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Alexa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Alimujiang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9525,51 +9525,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Karyotakis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Repond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Yu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Eigen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9620,90 +9620,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Observation of the Hadronic Final State Charge Asymmetry in High Q^2 Deep-Inelastic Scattering at HERA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.D. Aaron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Aldaya Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Alexa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Alimujiang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9748,243 +9748,243 @@
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-00425903v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurement of diffractive scattering of photons with large momentum transfer at HERA</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId124" w:history="1">
+                <w:t xml:space="preserve">A General Search for New Phenomena at HERA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.D. Aaron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Alexa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Antunovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Aplin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physics Letters B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, 672, pp.219-226. </w:t>
+              <w:t xml:space="preserve">, 2009, 674, pp.257-268. </w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.physletb.2009.01.019⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.physletb.2009.03.034⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00354983v1</w:t>
+                <w:t xml:space="preserve">in2p3-00350241v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Strangeness Production at low Q^2 in Deep-Inelastic ep Scattering at HERA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.D. Aaron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Alexa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Antunovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Aplin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 61, pp.185-205. </w:t>
@@ -10016,243 +10016,243 @@
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-00333457v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A General Search for New Phenomena at HERA</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId124" w:history="1">
+                <w:t xml:space="preserve">Measurement of diffractive scattering of photons with large momentum transfer at HERA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.D. Aaron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Alexa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Antunovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Aplin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physics Letters B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, 674, pp.257-268. </w:t>
+              <w:t xml:space="preserve">, 2009, 672, pp.219-226. </w:t>
             </w:r>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.physletb.2009.03.034⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.physletb.2009.01.019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00350241v1</w:t>
+                <w:t xml:space="preserve">in2p3-00354983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study of Charm Fragmentation into D^{*\pm} Mesons in Deep-Inelastic Scattering at HERA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Aaron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Alexa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Antunovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Aplin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 59, pp.589-606. </w:t>
@@ -10290,103 +10290,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Measurement of the Inclusive ep Scattering Cross Section at Low Q^2 and x at HERA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.D. Aaron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Alexa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Antunovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Aplin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 63, pp.625-678. </w:t>
@@ -10418,740 +10418,740 @@
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-00381293v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Three- and Four-jet Production at Low x at HERA</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId124" w:history="1">
+                <w:t xml:space="preserve">Multi-lepton production at high transverse momenta in ep collisions at HERA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.D. Aaron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Alexa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Antunovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Aplin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1140/epjc/s10052-008-0544-3⟩</w:t>
+              <w:t xml:space="preserve">Physics Letters B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 668, pp.268-276. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.physletb.2008.08.057⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00188634v1</w:t>
+                <w:t xml:space="preserve">in2p3-00319856v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurement of the proton structure function FL(x,Q2) at low x</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId124" w:history="1">
+                <w:t xml:space="preserve">Measurement of Deeply Virtual Compton Scattering and its t-dependence at HERA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.D. Aaron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Aktas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Alexa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Antunovic</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">S. Aplin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physics Letters B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2008, 665, pp.139-146. </w:t>
+              <w:t xml:space="preserve">, 2008, 659, pp.796-806. </w:t>
             </w:r>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.physletb.2008.05.070⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.physletb.2007.11.093⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">in2p3-00289949v1</w:t>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00176408v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurement of Isolated Photon Production in Deep-Inelastic Scattering at HERA</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId124" w:history="1">
+                <w:t xml:space="preserve">Measurement of the proton structure function FL(x,Q2) at low x</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.D. Aaron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Alexa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Antunovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Aplin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 54, pp.371-387. </w:t>
+              <w:t xml:space="preserve">Physics Letters B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 665, pp.139-146. </w:t>
             </w:r>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1140/epjc/s10052-008-0541-6⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.physletb.2008.05.070⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00192793v1</w:t>
+                <w:t xml:space="preserve">in2p3-00289949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-lepton production at high transverse momenta in ep collisions at HERA</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId124" w:history="1">
+                <w:t xml:space="preserve">Three- and Four-jet Production at Low x at HERA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.D. Aaron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Aktas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Alexa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Antunovic</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">S. Aplin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics Letters B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 668, pp.268-276. </w:t>
+              <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 54, pp.389-409. </w:t>
             </w:r>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.physletb.2008.08.057⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1140/epjc/s10052-008-0544-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00319856v1</w:t>
+                <w:t xml:space="preserve">in2p3-00188634v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurement of Deeply Virtual Compton Scattering and its t-dependence at HERA</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId124" w:history="1">
+                <w:t xml:space="preserve">Measurement of Isolated Photon Production in Deep-Inelastic Scattering at HERA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.D. Aaron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Aktas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Alexa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Antunovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics Letters B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 659, pp.796-806. </w:t>
+              <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 54, pp.371-387. </w:t>
             </w:r>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.physletb.2007.11.093⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1140/epjc/s10052-008-0541-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00176408v1</w:t>
+                <w:t xml:space="preserve">in2p3-00192793v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design and Electronics Commissioning of the Physics Prototype of a Si-W Electromagnetic Calorimeter for the International Linear Collider</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Repond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Yu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C.M. Hawkes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11228,103 +11228,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Search for Excited Neutrinos in e-p Collisions at HERA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.D. Aaron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Alexa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Antunovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Aplin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physics Letters B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 663, pp.382-389. </w:t>
@@ -11362,103 +11362,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Search for excited electrons in ep collisions at HERA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.D. Aaron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Alexa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Antunovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Aplin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physics Letters B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 666, pp.131-139. </w:t>
@@ -11490,502 +11490,502 @@
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-00307569v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inclusive $D*pm$ meson and associated dijet production in deep-inelastic scattering at HERA</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId246" w:history="1">
+                <w:t xml:space="preserve">Tests of QCD Factorisation in the Diffractive Production of Dijets in Deep-Inelastic Scattering and Photoproduction at HERA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Aktas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Alexa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Anthonis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Antunovic</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">S. Aplin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2007, 51, pp.271-287. </w:t>
+              <w:t xml:space="preserve">, 2007, 51, pp.549-568. </w:t>
             </w:r>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1140/epjc/s10052-007-0296-5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1140/epjc/s10052-007-0325-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00163870v1</w:t>
+                <w:t xml:space="preserve">in2p3-00137127v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Production of $D^{*\pm}$ Mesons with Dijets in Deep-Inelastic Scattering at HERA</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId246" w:history="1">
+                <w:t xml:space="preserve">Inclusive $D*pm$ meson and associated dijet production in deep-inelastic scattering at HERA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Aktas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Anthonis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Antunovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Aplin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2007, 51, pp.271-287</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2007, 51, pp.271-287. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1140/epjc/s10052-007-0296-5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00129082v1</w:t>
+                <w:t xml:space="preserve">in2p3-00163870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tests of QCD Factorisation in the Diffractive Production of Dijets in Deep-Inelastic Scattering and Photoproduction at HERA</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId246" w:history="1">
+                <w:t xml:space="preserve">Production of $D^{*\pm}$ Mesons with Dijets in Deep-Inelastic Scattering at HERA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Aktas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Anthonis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Antunovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Aplin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2007, 51, pp.549-568. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2007, 51, pp.271-287</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1140/epjc/s10052-007-0325-4⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">in2p3-00137127v1</w:t>
+                <w:t xml:space="preserve">in2p3-00129082v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dijet Cross Sections and Parton Densities in Diffractive DIS at HERA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.D. Aaron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Aktas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Alexa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Antunovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of High Energy Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 042</w:t>
@@ -12014,103 +12014,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inclusive $D^{*\pm}$ meson cross sections and $D^{*\pm}$-jet correlations in photoproduction at HERA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Aktas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Anthonis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Antunovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Aplin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 50, pp.251-267. </w:t>
@@ -12142,511 +12142,511 @@
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-00141148v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diffractive Open Charm Production in Deep-Inelastic Scattering and Photoproduction at HERA</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId246" w:history="1">
+                <w:t xml:space="preserve">Search for Baryonic Resonances Decaying to $\Xi \pi$ in Deep-Inelastic Scattering at HERA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Aktas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Alexa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Anthonis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Antunovic</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">S. Aplin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2007, 50, pp.1-20. </w:t>
+              <w:t xml:space="preserve">, 2007, 52, pp.507-514. </w:t>
             </w:r>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1140/epjc/s10052-006-0206-2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1140/epjc/s10052-007-0407-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00129079v1</w:t>
+                <w:t xml:space="preserve">in2p3-00192240v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Search for Baryonic Resonances Decaying to $\Xi \pi$ in Deep-Inelastic Scattering at HERA</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId246" w:history="1">
+                <w:t xml:space="preserve">Measurement of inclusive jet production in deep-inelastic scattering at high Q2 and determination of the strong coupling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Aktas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Alexa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Anthonis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Antunovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 52, pp.507-514. </w:t>
+              <w:t xml:space="preserve">Physics Letters B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 653, pp.134-144. </w:t>
             </w:r>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1140/epjc/s10052-007-0407-3⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.physletb.2007.07.05⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00192240v1</w:t>
+                <w:t xml:space="preserve">in2p3-00172419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurement of inclusive jet production in deep-inelastic scattering at high Q2 and determination of the strong coupling</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId246" w:history="1">
+                <w:t xml:space="preserve">Diffractive Open Charm Production in Deep-Inelastic Scattering and Photoproduction at HERA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Aktas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Anthonis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Antunovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Aplin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics Letters B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 653, pp.134-144. </w:t>
+              <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 50, pp.1-20. </w:t>
             </w:r>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.physletb.2007.07.05⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1140/epjc/s10052-006-0206-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00172419v1</w:t>
+                <w:t xml:space="preserve">in2p3-00129079v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charged Particle Production in High Q2 Deep-Inelastic Scattering at HERA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.D. Aaron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Aktas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Alexa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Antunovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physics Letters B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 654, pp.148-159. </w:t>
@@ -12684,103 +12684,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Search for Lepton Flavour Violation in ep Collisions at HERA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Aktas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Alexa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Anthonis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Antunovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 52, pp.833-847. </w:t>
@@ -12812,1034 +12812,1034 @@
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-00137122v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First Measurement of Charged Current Cross Sections at HERA with Longitudinally Polarised Positrons</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId246" w:history="1">
+                <w:t xml:space="preserve">Photoproduction of dijets with high transverse momenta at HERA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Aktas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Anthonis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Aplin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Asmone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physics Letters B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2006, 634, pp.173-179. </w:t>
+              <w:t xml:space="preserve">, 2006, 639, pp.21-31. </w:t>
             </w:r>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.physletb.2006.01.054⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.physletb.2006.05.060⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00025281v1</w:t>
+                <w:t xml:space="preserve">in2p3-00079068v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurement of $F_2^{c\bar{c}}$ and $F_2^{b\bar{b}}$ at Low $Q^2$ and x using the H1 Vertex Detector at HERA</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId246" w:history="1">
+                <w:t xml:space="preserve">Diffractive photoproduction of $\rho$ mesons with large momentum transfer at HERA.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Aktas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Anthonis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Aplin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Asmone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 45, pp.23-33. </w:t>
+              <w:t xml:space="preserve">Physics Letters B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 638, pp.422-431. </w:t>
             </w:r>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1140/epjc/s2005-02415-6⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.physletb.2006.05.042⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00025593v1</w:t>
+                <w:t xml:space="preserve">in2p3-00078863v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diffractive Deep-Inelastic Scattering with a Leading Proton at HERA</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId246" w:history="1">
+                <w:t xml:space="preserve">Tau lepton production in ep collisions at HERA.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Aktas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Anthonis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Aplin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Asmone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2006, 48, pp.749-766. </w:t>
+              <w:t xml:space="preserve">, 2006, 48, pp.699-714. </w:t>
             </w:r>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1140/epjc/s10052-006-0046-0⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1140/epjc/s10052-006-0028-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00079761v1</w:t>
+                <w:t xml:space="preserve">in2p3-00078860v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diffractive photoproduction of $\rho$ mesons with large momentum transfer at HERA.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId246" w:history="1">
+                <w:t xml:space="preserve">First Measurement of Charged Current Cross Sections at HERA with Longitudinally Polarised Positrons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Aktas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Anthonis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Aplin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Asmone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physics Letters B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2006, 638, pp.422-431. </w:t>
+              <w:t xml:space="preserve">, 2006, 634, pp.173-179. </w:t>
             </w:r>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.physletb.2006.05.042⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.physletb.2006.01.054⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00078863v1</w:t>
+                <w:t xml:space="preserve">in2p3-00025281v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tau lepton production in ep collisions at HERA.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId246" w:history="1">
+                <w:t xml:space="preserve">Measurement of $F_2^{c\bar{c}}$ and $F_2^{b\bar{b}}$ at Low $Q^2$ and x using the H1 Vertex Detector at HERA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Aktas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Anthonis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Aplin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Asmone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2006, 48, pp.699-714. </w:t>
+              <w:t xml:space="preserve">, 2006, 45, pp.23-33. </w:t>
             </w:r>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1140/epjc/s10052-006-0028-2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1140/epjc/s2005-02415-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00078860v1</w:t>
+                <w:t xml:space="preserve">in2p3-00025593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photoproduction of dijets with high transverse momenta at HERA</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId246" w:history="1">
+                <w:t xml:space="preserve">Forward Jet Production in Deep Inelastic Scattering at HERA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Aktas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Anthonis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Aplin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Asmone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics Letters B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 639, pp.21-31. </w:t>
+              <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 46, pp.27-42. </w:t>
             </w:r>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.physletb.2006.05.060⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1140/epjc/s2005-02471-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00079068v1</w:t>
+                <w:t xml:space="preserve">in2p3-00025660v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Forward Jet Production in Deep Inelastic Scattering at HERA</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId246" w:history="1">
+                <w:t xml:space="preserve">Diffractive Deep-Inelastic Scattering with a Leading Proton at HERA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Aktas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Anthonis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Aplin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Asmone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2006, 46, pp.27-42. </w:t>
+              <w:t xml:space="preserve">, 2006, 48, pp.749-766. </w:t>
             </w:r>
             <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1140/epjc/s2005-02471-x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1140/epjc/s10052-006-0046-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00025660v1</w:t>
+                <w:t xml:space="preserve">in2p3-00079761v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elastic J/Psi Production at HERA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Aktas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Anthonis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Aplin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Asmone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -13890,90 +13890,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Measurement and QCD Analysis of the Diffractive Deep-Inelastic Scattering Cross Section at HERA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Aktas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Anthonis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Aplin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Asmone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -14018,632 +14018,632 @@
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-00079770v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurement of Charm and Beauty Dijet Cross Sections in Photoproduction at HERA using the H1 Vertex Detector</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId246" w:history="1">
+                <w:t xml:space="preserve">A Determination of Electroweak Parameters at HERA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Aktas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Anthonis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Aplin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Asmone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 47, pp.597-610. </w:t>
+              <w:t xml:space="preserve">Physics Letters B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 632, pp.35-42. </w:t>
             </w:r>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1140/epjc/s2006-02616-5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.physletb.2005.10.035⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00079453v1</w:t>
+                <w:t xml:space="preserve">in2p3-00024709v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Determination of Electroweak Parameters at HERA</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId246" w:history="1">
+                <w:t xml:space="preserve">Measurement of Charm and Beauty Dijet Cross Sections in Photoproduction at HERA using the H1 Vertex Detector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Aktas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Anthonis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Aplin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Asmone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics Letters B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 632, pp.35-42. </w:t>
+              <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 47, pp.597-610. </w:t>
             </w:r>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.physletb.2005.10.035⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1140/epjc/s2006-02616-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00024709v1</w:t>
+                <w:t xml:space="preserve">in2p3-00079453v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Search for doubly-charged Higgs boson production at HERA</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId246" w:history="1">
+                <w:t xml:space="preserve">Search for a Narrow Baryonic Resonance Decaying to $K^0_s p$ or $K^0_s \bar{p}$ in Deep Inelastic Scattering at HERA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Aktas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Anthonis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Aplin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Asmone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physics Letters B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2006, 638, pp.432-440. </w:t>
+              <w:t xml:space="preserve">, 2006, 639, pp.202-209. </w:t>
             </w:r>
             <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.physletb.2006.05.061⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.physletb.2006.06.055⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00078855v1</w:t>
+                <w:t xml:space="preserve">in2p3-00079460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Search for a Narrow Baryonic Resonance Decaying to $K^0_s p$ or $K^0_s \bar{p}$ in Deep Inelastic Scattering at HERA</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId246" w:history="1">
+                <w:t xml:space="preserve">Search for doubly-charged Higgs boson production at HERA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Aktas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Anthonis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Aplin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Asmone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physics Letters B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2006, 639, pp.202-209. </w:t>
+              <w:t xml:space="preserve">, 2006, 638, pp.432-440. </w:t>
             </w:r>
             <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.physletb.2006.06.055⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.physletb.2006.05.061⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00079460v1</w:t>
+                <w:t xml:space="preserve">in2p3-00078855v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Measurement of Event Shape Variables in Deep-Inelastic Scattering at HERA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Aktas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Anthonis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Aplin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Asmone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -14688,593 +14688,593 @@
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-00077173v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurement of Dijet Cross Sections in ep Interactions with a Leading Neutron at HERA</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId246" w:history="1">
+                <w:t xml:space="preserve">Measurement of Prompt Photon Cross Sections in Photoproduction at HERA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Aktas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Anthonis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Asmone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Babaev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2005, 41, pp.273-286. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1140/epjc/s2005-02227-8⟩</w:t>
+              <w:t xml:space="preserve">, 2005, 38, pp.437-445. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1140/epjc/s2004-02085-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00120459v1</w:t>
+                <w:t xml:space="preserve">in2p3-00023791v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Search for leptoquark bosons in $ep$ collisions at HERA</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId246" w:history="1">
+                <w:t xml:space="preserve">Measurement of Deeply Virtual Compton Scattering at HERA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Aktas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Anthonis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Aplin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Asmone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics Letters B</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 44, pp.1-11. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1140/epjc/s2005-02345-3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.physletb.2005.09.048⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">in2p3-00024727v1</w:t>
+                <w:t xml:space="preserve">in2p3-00025176v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurement of Deeply Virtual Compton Scattering at HERA</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId246" w:history="1">
+                <w:t xml:space="preserve">Measurement of Dijet Cross Sections in ep Interactions with a Leading Neutron at HERA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Aktas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Anthonis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Aplin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Asmone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2005, 44, pp.1-11. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2005, 41, pp.273-286. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1140/epjc/s2005-02227-8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1140/epjc/s2005-02345-3⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">in2p3-00025176v1</w:t>
+                <w:t xml:space="preserve">in2p3-00120459v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurement of Prompt Photon Cross Sections in Photoproduction at HERA</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId246" w:history="1">
+                <w:t xml:space="preserve">Search for leptoquark bosons in $ep$ collisions at HERA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Aktas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Anthonis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Aplin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Asmone</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">A. Babaev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, 38, pp.437-445. </w:t>
+              <w:t xml:space="preserve">Physics Letters B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 629, pp.9-19. </w:t>
             </w:r>
             <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1140/epjc/s2004-02085-x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.physletb.2005.09.048⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId319" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">in2p3-00023791v1</w:t>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00024727v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Search for light gravitinos in events with photons and missing transverse momentum at HERA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Aktas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -15282,51 +15282,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Anthonis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Asmone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Babaev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physics Letters B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 616, pp.31-42. </w:t>
@@ -15358,593 +15358,593 @@
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-00024214v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurement of $F_2^{c\overline{c}}$ and $F_2^{b\overline{b}}$ at high $Q^2$ using the H1 vertex detector at HERA</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId246" w:history="1">
+                <w:t xml:space="preserve">A Direct Search for Stable Magnetic Monopoles Produced in Positron-Proton Collisions at HERA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Aktas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Anthonis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Aplin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Asmone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2005, 40, pp.349-359. </w:t>
+              <w:t xml:space="preserve">, 2005, 41, pp.133-141. </w:t>
             </w:r>
             <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1140/epjc/s2005-02154-8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1140/epjc/s2005-02201-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00024551v1</w:t>
+                <w:t xml:space="preserve">in2p3-00120455v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Direct Search for Stable Magnetic Monopoles Produced in Positron-Proton Collisions at HERA</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId246" w:history="1">
+                <w:t xml:space="preserve">Measurement of $F_2^{c\overline{c}}$ and $F_2^{b\overline{b}}$ at high $Q^2$ using the H1 vertex detector at HERA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Aktas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Anthonis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Aplin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Asmone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2005, 41, pp.133-141. </w:t>
+              <w:t xml:space="preserve">, 2005, 40, pp.349-359. </w:t>
             </w:r>
             <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1140/epjc/s2005-02201-6⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1140/epjc/s2005-02154-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00120455v1</w:t>
+                <w:t xml:space="preserve">in2p3-00024551v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurement of beauty production at HERA using events with muons and jets</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId246" w:history="1">
+                <w:t xml:space="preserve">Measurement of charm and beauty photoproduction at HERA using D$^*\mu$ correlations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Aktas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Anthonis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Aplin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Asmone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, 41, pp.453-467. </w:t>
+              <w:t xml:space="preserve">Physics Letters B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 621, pp.56-71. </w:t>
             </w:r>
             <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1140/epjc/s2005-02267-0⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.physletb.2005.06.040⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00120474v1</w:t>
+                <w:t xml:space="preserve">in2p3-00024457v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurement of charm and beauty photoproduction at HERA using D$^*\mu$ correlations</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId246" w:history="1">
+                <w:t xml:space="preserve">Measurement of beauty production at HERA using events with muons and jets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Aktas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Anthonis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Aplin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Asmone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics Letters B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, 621, pp.56-71. </w:t>
+              <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 41, pp.453-467. </w:t>
             </w:r>
             <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.physletb.2005.06.040⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1140/epjc/s2005-02267-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00024457v1</w:t>
+                <w:t xml:space="preserve">in2p3-00120474v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inclusive Production of $D^+, D^0, D_s^+ and D^*+$ Mesons in Deep Inelastic Scattering at HERA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Aktas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -15952,51 +15952,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Anthonis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Asmone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Babaev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 38, pp.447-459. </w:t>
@@ -16028,57 +16028,57 @@
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-00023761v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Forward $\pi^0$ Production and Associated Transverse Energy Flow in Deep-Inelastic Scattering at HERA</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId246" w:history="1">
+                <w:t xml:space="preserve">Search for Single Top Quark Production in ep Collisions at HERA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Aktas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -16086,133 +16086,124 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Anthonis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Asmone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Babaev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2004, 36, pp.441-452. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2004, 33, pp.9-22</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00023758v1</w:t>
+                <w:t xml:space="preserve">in2p3-00021639v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurement of Anti-Deuteron Photoproduction and a Search for Heavy Stable Charged Particles at HERA</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId246" w:history="1">
+                <w:t xml:space="preserve">Forward $\pi^0$ Production and Associated Transverse Energy Flow in Deep-Inelastic Scattering at HERA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Aktas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -16220,133 +16211,133 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Anthonis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Asmone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Babaev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2004, 36, pp.413-423. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1140/epjc/s2004-01978-x⟩</w:t>
+              <w:t xml:space="preserve">, 2004, 36, pp.441-452. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1140/epjc/s2004-01983-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId336" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">in2p3-00023762v1</w:t>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00023758v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Search for Single Top Quark Production in ep Collisions at HERA</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId246" w:history="1">
+                <w:t xml:space="preserve">Measurement of Anti-Deuteron Photoproduction and a Search for Heavy Stable Charged Particles at HERA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Aktas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -16354,124 +16345,133 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Anthonis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Asmone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Babaev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2004, 33, pp.9-22</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2004, 36, pp.413-423. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1140/epjc/s2004-01978-x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId338" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">in2p3-00021639v1</w:t>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00023762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Search for bosonic stop decays in R-parity violating supersymmetry in $e^+p$ collisions at HERA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Aktas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -16479,51 +16479,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Anthonis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Asmone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Babaev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physics Letters B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, 599, pp.159-172</w:t>
@@ -16552,51 +16552,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Measurement of dijet production at low $D^2$ at HERA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Aktas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -16604,51 +16604,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Anthonis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Asmone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Babaev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, 37, pp.141-159</w:t>
@@ -16671,57 +16671,57 @@
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-00023183v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurement of the proton structure function $F_2$ at low $Q^2$ in QED Compton scattering at HERA</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId246" w:history="1">
+                <w:t xml:space="preserve">Inclusive Dijet Production at Low Bjorken-x in Deep Inelastic Scattering</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Aktas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -16729,124 +16729,124 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Anthonis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Asmone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Babaev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics Letters B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, 598, pp.159-171</w:t>
+              <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 33, pp.477-493</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00022267v1</w:t>
+                <w:t xml:space="preserve">in2p3-00021637v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inclusive Dijet Production at Low Bjorken-x in Deep Inelastic Scattering</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId246" w:history="1">
+                <w:t xml:space="preserve">Measurement of the proton structure function $F_2$ at low $Q^2$ in QED Compton scattering at HERA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Aktas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -16854,124 +16854,124 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Anthonis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Asmone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Babaev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, 33, pp.477-493</w:t>
+              <w:t xml:space="preserve">Physics Letters B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 598, pp.159-171</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00021637v1</w:t>
+                <w:t xml:space="preserve">in2p3-00022267v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evidence for a narrow anti-charmed baryon state</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Aktas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -16979,51 +16979,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Anthonis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Asmone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Babaev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physics Letters B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, 588, pp.17-28</w:t>
@@ -17052,51 +17052,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muon Pair Production in ep Collisions at HERA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Aktas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -17104,51 +17104,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Anthonis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Asmone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Babaev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physics Letters B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, 583, pp.28-40</w:t>
@@ -17177,51 +17177,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Search for Squark Production in R-Parity Violating Supersymmetry at HERA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Aktas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -17229,51 +17229,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Anthonis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Asmone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Babaev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, 36, pp.425-440. </w:t>
@@ -17305,432 +17305,432 @@
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-00023756v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurement and QCD Analysis of Neutral and Charged Current Cross Sections at HERA</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">C. Adloff</w:t>
+                <w:t xml:space="preserve">Diffractive photoproduction of $j/\psi$ mesons with large momentum transfer at HERA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Aktas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Anthonis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Andrieu</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">A. Astvatsatourov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Babaev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2003, 30, pp.1-32</w:t>
+              <w:t xml:space="preserve">Physics Letters B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 568, pp.205-218</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00020014v1</w:t>
+                <w:t xml:space="preserve">in2p3-00014098v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId350" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diffractive photoproduction of $j/\psi$ mesons with large momentum transfer at HERA</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Isolated electrons and muons in events with missing transverse momentum at HERA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Andrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Anthonis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId349" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Astvatsatourov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Babaev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physics Letters B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2003, 568, pp.205-218</w:t>
+              <w:t xml:space="preserve">, 2003, 561, pp.241-257</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId350" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">in2p3-00014098v1</w:t>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00013716v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isolated electrons and muons in events with missing transverse momentum at HERA</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Measurement and QCD Analysis of Neutral and Charged Current Cross Sections at HERA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Adloff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Andrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Anthonis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Andrieu</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">A. Astvatsatourov</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">A. Babaev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics Letters B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2003, 561, pp.241-257</w:t>
+              <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 30, pp.1-32</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00013716v1</w:t>
+                <w:t xml:space="preserve">in2p3-00020014v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-electron production at high transverse momenta in $ep$ collisions at HERA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Aktas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -17738,51 +17738,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Anthonis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Asmone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Babaev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 31, pp.17-29</w:t>
@@ -17837,77 +17837,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Adloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Andrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Anthonis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId348" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Astvatsatourov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 29, pp.497-513</w:t>
@@ -17962,77 +17962,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Adloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Andrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Anthonis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId348" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Astvatsatourov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physics Letters B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 568, pp.35-47</w:t>
@@ -18055,2152 +18055,2152 @@
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-00014099v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Search for Excited Electrons at HERA</w:t>
+                <w:t xml:space="preserve">Measurement of Inclusive Jet Cross-Sections in Deep-Inelastic ep Scattering at HERA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Adloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Andrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Anthonis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId348" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Astvatsatourov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physics Letters B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2002, 548, pp.35-44</w:t>
+              <w:t xml:space="preserve">, 2002, 542, pp.193-206</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00012395v1</w:t>
+                <w:t xml:space="preserve">in2p3-00011766v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inelastic photoproduction of J/Psi mesons at HERA</w:t>
+                <w:t xml:space="preserve">Search for Excited Electrons at HERA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Adloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Andrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Anthonis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId348" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Astvatsatourov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2002, 25, pp.25-39</w:t>
+              <w:t xml:space="preserve">Physics Letters B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 548, pp.35-44</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00012260v1</w:t>
+                <w:t xml:space="preserve">in2p3-00012395v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurement of Inclusive Jet Cross-Sections in Deep-Inelastic ep Scattering at HERA</w:t>
+                <w:t xml:space="preserve">Inelastic photoproduction of J/Psi mesons at HERA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Adloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Andrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Anthonis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId348" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Astvatsatourov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics Letters B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2002, 542, pp.193-206</w:t>
+              <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 25, pp.25-39</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00011766v1</w:t>
+                <w:t xml:space="preserve">in2p3-00012260v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurement of Dijet Electroproduction at Small Jet Separation</w:t>
+                <w:t xml:space="preserve">A measurement of the $t$ dependence of the helicity structure of diffractive $\rho$ meson electroproduction at HERA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Adloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Anthonis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Arkadov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2002, 24, pp.33-41</w:t>
+              <w:t xml:space="preserve">Physics Letters B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 539, pp.25-39</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00011706v1</w:t>
+                <w:t xml:space="preserve">in2p3-00011715v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A measurement of the $t$ dependence of the helicity structure of diffractive $\rho$ meson electroproduction at HERA</w:t>
+                <w:t xml:space="preserve">Measurement of Dijet Electroproduction at Small Jet Separation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Adloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Anthonis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Arkadov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics Letters B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2002, 539, pp.25-39</w:t>
+              <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 24, pp.33-41</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00011715v1</w:t>
+                <w:t xml:space="preserve">in2p3-00011706v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Search for Odderon-Induced Contributions to Exclusive $\pi^0$ Photoproduction at HERA</w:t>
+                <w:t xml:space="preserve">Energy Flow and Rapidity Gaps Between Jets in Photoproduction at HERA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Adloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Anthonis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Arkadov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics Letters B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2002, 544, pp.35-43</w:t>
+              <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 24, pp.517-527</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00011812v1</w:t>
+                <w:t xml:space="preserve">in2p3-00012240v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Energy Flow and Rapidity Gaps Between Jets in Photoproduction at HERA</w:t>
+                <w:t xml:space="preserve">Search for Odderon-Induced Contributions to Exclusive $\pi^0$ Photoproduction at HERA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Adloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Anthonis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Arkadov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2002, 24, pp.517-527</w:t>
+              <w:t xml:space="preserve">Physics Letters B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 544, pp.35-43</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00012240v1</w:t>
+                <w:t xml:space="preserve">in2p3-00011812v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Search for excited neutrinos at HERA</w:t>
+                <w:t xml:space="preserve">Inelastic leptoproduction of J/Psi mesons at HERA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Adloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Andrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Anthonis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Andrieu</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">V. Arkadov</w:t>
+                <w:t xml:space="preserve">A. Astvatsatourov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics Letters B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2002, 525, pp.9-16</w:t>
+              <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 25, pp.41-53</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00011171v1</w:t>
+                <w:t xml:space="preserve">in2p3-00011726v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inelastic leptoproduction of J/Psi mesons at HERA</w:t>
+                <w:t xml:space="preserve">Measurement of Dijet Cross Sections in Photoproduction at HERA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Adloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Anthonis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId349" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">A. Astvatsatourov</w:t>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Arkadov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2002, 25, pp.41-53</w:t>
+              <w:t xml:space="preserve">, 2002, 25, pp.13-23</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00011726v1</w:t>
+                <w:t xml:space="preserve">in2p3-00011707v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurement of Dijet Cross Sections in Photoproduction at HERA</w:t>
+                <w:t xml:space="preserve">Search for excited neutrinos at HERA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Adloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Anthonis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Arkadov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2002, 25, pp.13-23</w:t>
+              <w:t xml:space="preserve">Physics Letters B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 525, pp.9-16</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00011707v1</w:t>
+                <w:t xml:space="preserve">in2p3-00011171v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diffractive Photoproduction of $\Psi$(2S) Mesons at HERA</w:t>
+                <w:t xml:space="preserve">Search for QCD Instanton-Induced Processes in Deep-Inelastic Scattering at HERA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Adloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Andrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Anthonis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId348" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Astvatsatourov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics Letters B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2002, 541, pp.251-264</w:t>
+              <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 25, pp.495-509</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00011875v1</w:t>
+                <w:t xml:space="preserve">in2p3-00012261v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurement of $D^{\star\pm}$ Meson Production and $F_2^c$ in Deep-Inelastic Scattering at HERA</w:t>
+                <w:t xml:space="preserve">Diffractive Photoproduction of $\Psi$(2S) Mesons at HERA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Adloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Andrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Anthonis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Andrieu</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">V. Arkadov</w:t>
+                <w:t xml:space="preserve">A. Astvatsatourov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physics Letters B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2002, 528, pp.199-214</w:t>
+              <w:t xml:space="preserve">, 2002, 541, pp.251-264</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00011253v1</w:t>
+                <w:t xml:space="preserve">in2p3-00011875v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Search for QCD Instanton-Induced Processes in Deep-Inelastic Scattering at HERA</w:t>
+                <w:t xml:space="preserve">Measurement of $D^{\star\pm}$ Meson Production and $F_2^c$ in Deep-Inelastic Scattering at HERA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Adloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Anthonis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId349" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">A. Astvatsatourov</w:t>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Arkadov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2002, 25, pp.495-509</w:t>
+              <w:t xml:space="preserve">Physics Letters B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 528, pp.199-214</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00012261v1</w:t>
+                <w:t xml:space="preserve">in2p3-00011253v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurement of Deeply Virtual Compton Scattering at HERA</w:t>
+                <w:t xml:space="preserve">Dijet Production in Charged and Neutral Current $e^{+}p$ Interactions at High $Q^{2}$</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Adloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Andrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Arkadov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Andrieu</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">V. Arkadov</w:t>
+                <w:t xml:space="preserve">A. Astvatsatourov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics Letters B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2001, 517, pp.47-58</w:t>
+              <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 19, pp.429-440</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00010635v1</w:t>
+                <w:t xml:space="preserve">in2p3-00007915v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deep-Inelastic inclusive ep Scattering at low x and a determination of $\alpha s$</w:t>
+                <w:t xml:space="preserve">Diffractive jet production in deep-inelastic e+ p collisions at HERA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Adloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Anthonis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Arkadov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2001, 21, pp.33-61</w:t>
+              <w:t xml:space="preserve">, 2001, 20, pp.29-49</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00010391v1</w:t>
+                <w:t xml:space="preserve">in2p3-00008520v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dijet Production in Charged and Neutral Current $e^{+}p$ Interactions at High $Q^{2}$</w:t>
+                <w:t xml:space="preserve">Deep-Inelastic inclusive ep Scattering at low x and a determination of $\alpha s$</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Adloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Anthonis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Arkadov</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">A. Astvatsatourov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2001, 19, pp.429-440</w:t>
+              <w:t xml:space="preserve">, 2001, 21, pp.33-61</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00007915v1</w:t>
+                <w:t xml:space="preserve">in2p3-00010391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diffractive jet production in deep-inelastic e+ p collisions at HERA</w:t>
+                <w:t xml:space="preserve">Measurement of Deeply Virtual Compton Scattering at HERA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Adloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Anthonis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Arkadov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2001, 20, pp.29-49</w:t>
+              <w:t xml:space="preserve">Physics Letters B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 517, pp.47-58</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00008520v1</w:t>
+                <w:t xml:space="preserve">in2p3-00010635v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Searches at HERA for Squarks in R-Parity Violating Supersymmetry</w:t>
               </w:r>
@@ -20212,51 +20212,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Adloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Anthonis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -20305,402 +20305,402 @@
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-00010156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Three-Jet Production in Deep-Inelastic Scattering at HERA</w:t>
+                <w:t xml:space="preserve">D$^{\star\pm}$ meson production in deep-inelastic diffractive interactions at HERA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Adloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Anthonis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Arkadov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physics Letters B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2001, 515, pp.17-29</w:t>
+              <w:t xml:space="preserve">, 2001, 520, pp.191-203</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00010390v1</w:t>
+                <w:t xml:space="preserve">in2p3-00011174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D$^{\star\pm}$ meson production in deep-inelastic diffractive interactions at HERA</w:t>
+                <w:t xml:space="preserve">Three-Jet Production in Deep-Inelastic Scattering at HERA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Adloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Anthonis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Arkadov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physics Letters B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2001, 520, pp.191-203</w:t>
+              <w:t xml:space="preserve">, 2001, 515, pp.17-29</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00011174v1</w:t>
+                <w:t xml:space="preserve">in2p3-00010390v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Search for leptoquark bosons in e- p collisions at HERA</w:t>
+                <w:t xml:space="preserve">Photoproduction with a leading proton at HERA.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Adloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Anthonis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Arkadov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics Letters B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2001, 523, pp.234-242</w:t>
+              <w:t xml:space="preserve">Nuclear Physics B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 619, pp.3-21</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00011080v1</w:t>
+                <w:t xml:space="preserve">in2p3-00011169v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the Rise of the Proton Structure Function F$_2$ Towards Low x</w:t>
               </w:r>
@@ -20712,51 +20712,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Adloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Anthonis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -20805,152 +20805,152 @@
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-00010990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photoproduction with a leading proton at HERA.</w:t>
+                <w:t xml:space="preserve">A Search for leptoquark bosons in e- p collisions at HERA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Adloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Anthonis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Arkadov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Physics B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2001, 619, pp.3-21</w:t>
+              <w:t xml:space="preserve">Physics Letters B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 523, pp.234-242</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00011169v1</w:t>
+                <w:t xml:space="preserve">in2p3-00011080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Measurement of Neutral and Charged Current Cross Sections in Electron-Proton Collisions at High $Q^{2}$</w:t>
               </w:r>
@@ -20962,51 +20962,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Adloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Anthonis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -21087,51 +21087,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Adloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Anthonis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -21180,911 +21180,911 @@
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-00010875v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elastic Photoproduction of $J/\psi$ and $\Upsilon$ Mesons at HERA</w:t>
+                <w:t xml:space="preserve">Measurement of Dijet Cross-Sections at Low $Q^{2}$ and the Extraction of an Effective Parton Density for the Virtual Photon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Adloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Andrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Arkadov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId348" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Astvatsatourov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics Letters B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2000, 483, pp.23-35</w:t>
+              <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 13, pp.397-414</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00013500v1</w:t>
+                <w:t xml:space="preserve">in2p3-00014416v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inclusive Photoproduction of Neutral Pions in the Photon Hemisphere at HERA</w:t>
+                <w:t xml:space="preserve">Elastic Photoproduction of $J/\psi$ and $\Upsilon$ Mesons at HERA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Adloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Andrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Arkadov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId348" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Astvatsatourov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Physics Letters B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 483, pp.23-35</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00013498v1</w:t>
+                <w:t xml:space="preserve">in2p3-00013500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId384" w:history="1">
+            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurement of elastic electroproduction of $\Phi$ mesons at HERA</w:t>
+                <w:t xml:space="preserve">Inclusive Photoproduction of Neutral Pions in the Photon Hemisphere at HERA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Adloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Andrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Arkadov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId348" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Astvatsatourov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics Letters B</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 18, pp.293-302. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s100520000526⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId384" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">in2p3-00005670v1</w:t>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00013498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurement of Dijet Cross-Sections at Low $Q^{2}$ and the Extraction of an Effective Parton Density for the Virtual Photon</w:t>
+                <w:t xml:space="preserve">A Search for Excited Fermions at HERA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Adloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Andrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Arkadov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId348" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Astvatsatourov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2000, 13, pp.397-414</w:t>
+              <w:t xml:space="preserve">, 2000, 17, pp.567-581</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00014416v1</w:t>
+                <w:t xml:space="preserve">in2p3-00013497v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Search for Excited Fermions at HERA</w:t>
+                <w:t xml:space="preserve">Measurement of elastic electroproduction of $\Phi$ mesons at HERA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Adloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Andrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Arkadov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId348" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Astvatsatourov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2000, 17, pp.567-581</w:t>
+              <w:t xml:space="preserve">Physics Letters B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 483, pp.360-372</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00013497v1</w:t>
+                <w:t xml:space="preserve">in2p3-00005670v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurements of transverse energy flow in deep inelastic scattering at Hera</w:t>
+                <w:t xml:space="preserve">Dijet event rates in deep inelastic scattering at Hera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Adloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Eric Anderson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Arkadov</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">A. Astvatsatourov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2000, 12, pp.595-607</w:t>
+              <w:t xml:space="preserve">, 2000, 13, pp.415-426</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00007663v1</w:t>
+                <w:t xml:space="preserve">in2p3-00005059v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId388" w:history="1">
+            <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dijet event rates in deep inelastic scattering at Hera</w:t>
+                <w:t xml:space="preserve">Measurements of transverse energy flow in deep inelastic scattering at Hera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Adloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId389" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Andrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Arkadov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Andrieu</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">V. Arkadov</w:t>
+                <w:t xml:space="preserve">A. Astvatsatourov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2000, 13, pp.415-426</w:t>
+              <w:t xml:space="preserve">, 2000, 12, pp.595-607</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId388" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">in2p3-00005059v1</w:t>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00007663v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigation of power corrections to event shape variables measured in deep inelastic scattering.</w:t>
               </w:r>
@@ -22096,77 +22096,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Adloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Andrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Arkadov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId348" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Astvatsatourov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2000, 14, pp.255-269</w:t>
@@ -22221,77 +22221,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Adloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Andrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Arkadov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId348" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Astvatsatourov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physics Letters B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2000, 483, pp.36-48</w:t>
@@ -22314,277 +22314,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-00017857v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elastic Electroproduction of $\rho$ Mesons at HERA</w:t>
+                <w:t xml:space="preserve">Measurement of neutral and charged current cross-sections in positron proton collisions at large momentum transfer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Adloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Andrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Arkadov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId348" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Astvatsatourov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2000, 13, pp.371-396</w:t>
+              <w:t xml:space="preserve">, 2000, 13, pp.609-639</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00005180v1</w:t>
+                <w:t xml:space="preserve">in2p3-00010800v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurement of neutral and charged current cross-sections in positron proton collisions at large momentum transfer</w:t>
+                <w:t xml:space="preserve">Elastic Electroproduction of $\rho$ Mesons at HERA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Adloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Andrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Arkadov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId348" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Astvatsatourov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2000, 13, pp.609-639</w:t>
+              <w:t xml:space="preserve">, 2000, 13, pp.371-396</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00010800v1</w:t>
+                <w:t xml:space="preserve">in2p3-00005180v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Search for compositeness, leptoquarks and large extra dimensions in e q contact interactions at hera.</w:t>
               </w:r>
@@ -22596,77 +22596,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Adloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Andrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Arkadov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId348" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Astvatsatourov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physics Letters B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2000, 479, pp.358-370</w:t>
@@ -22689,527 +22689,527 @@
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-00006031v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Forward $\pi^0$ meson production at Hera</w:t>
+                <w:t xml:space="preserve">Measurement of Internal Jet Structure in Dijet Production in Deep-Inelastic Scattering at HERA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Adloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Andrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Arkadov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId348" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Astvatsatourov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics Letters B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1999, 462, pp.440-452</w:t>
+              <w:t xml:space="preserve">Nuclear Physics B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 545, pp.3-20</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00003698v1</w:t>
+                <w:t xml:space="preserve">in2p3-00014414v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurement of Internal Jet Structure in Dijet Production in Deep-Inelastic Scattering at HERA</w:t>
+                <w:t xml:space="preserve">Forward Jet and Particle Production at HERA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Adloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Eric Anderson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Arkadov</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">A. Astvatsatourov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nuclear Physics B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 1999, 545, pp.3-20</w:t>
+              <w:t xml:space="preserve">, 1999, 538, pp.3-22</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00014414v1</w:t>
+                <w:t xml:space="preserve">in2p3-00012911v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Forward Jet and Particle Production at HERA</w:t>
+                <w:t xml:space="preserve">Charged Particle Cross Sections in Photoproduction and Extraction of the Gluon Density in the Photon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Adloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Eric Anderson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Arkadov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Physics B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1999, 538, pp.3-22</w:t>
+              <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 10, pp.363-372</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00012911v1</w:t>
+                <w:t xml:space="preserve">in2p3-00012905v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charged Particle Cross Sections in Photoproduction and Extraction of the Gluon Density in the Photon</w:t>
+                <w:t xml:space="preserve">Forward $\pi^0$ meson production at Hera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Adloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId389" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Andrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Arkadov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Andrieu</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">V. Arkadov</w:t>
+                <w:t xml:space="preserve">A. Astvatsatourov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1999, 10, pp.363-372</w:t>
+              <w:t xml:space="preserve">Physics Letters B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 462, pp.440-452</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00012905v1</w:t>
+                <w:t xml:space="preserve">in2p3-00003698v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Electronics of the H1 Lead/Scintillating-Fibre Calorimeters</w:t>
               </w:r>
@@ -23221,51 +23221,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R D. Appuhn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Arndt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Barrelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Barschke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -23333,77 +23333,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multijet event rates in deep inelastic scattering and determination of the strong coupling constant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Adloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Eric Anderson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Arkadov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -23458,77 +23458,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Measurement of d$^\star$ meson cross-sections at Hera and determination of the gluon density in the proton using NLO QCD</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Adloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Eric Anderson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Arkadov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -23596,77 +23596,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Adloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Andrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Arkadov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId348" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Astvatsatourov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1999, 11, pp.447-471</w:t>
@@ -23708,77 +23708,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Measurement of leading proton and neutron production in deep inelastic scattering at HERA.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Adloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Eric Anderson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Arkadov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -23833,77 +23833,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diffractive dijet production at HERA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Adloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Eric Anderson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Arkadov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -23939,277 +23939,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-00012912v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurement of Open Beauty Production at HERA</w:t>
+                <w:t xml:space="preserve">Charmonium Production in Deep Inelastic Scattering at HERA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Adloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Andrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Arkadov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId348" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Astvatsatourov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics Letters B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1999, 467, pp.156-164</w:t>
+              <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 10, pp.373-393</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00012110v1</w:t>
+                <w:t xml:space="preserve">in2p3-00003696v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charmonium Production in Deep Inelastic Scattering at HERA</w:t>
+                <w:t xml:space="preserve">Measurement of Open Beauty Production at HERA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Adloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Andrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Arkadov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId348" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Astvatsatourov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1999, 10, pp.373-393</w:t>
+              <w:t xml:space="preserve">Physics Letters B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 467, pp.156-164</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00003696v1</w:t>
+                <w:t xml:space="preserve">in2p3-00012110v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thrust Jet Analysis of Deep-Inelastic Large-Rapidity-Gap Events</w:t>
               </w:r>
@@ -24221,77 +24221,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Adloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Aid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Eric Anderson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1998, 1, pp.495-507</w:t>
@@ -24314,471 +24314,471 @@
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-00012924v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Differential (2+1) Jet Event Rates and Determination of $\alpha_{s}$ in Deep Inelastic Scattering at HERA</w:t>
+                <w:t xml:space="preserve">Observation of Events with an Isolated High Energy Lepton and Missing Transverse Momentum at HERA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Adloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Eric Anderson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Arkadov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 1998, 5, pp.625-639</w:t>
+              <w:t xml:space="preserve">, 1998, 5, pp.575-584</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00012914v1</w:t>
+                <w:t xml:space="preserve">in2p3-00012925v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurement of the Inclusive Di-Jet Cross Section in Photoproduction and Determination of an Effective Parton Distribution in the Photon</w:t>
+                <w:t xml:space="preserve">Differential (2+1) Jet Event Rates and Determination of $\alpha_{s}$ in Deep Inelastic Scattering at HERA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Adloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId412" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Eric Anderson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Andrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Arkadov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 1998, 1, pp.97-107</w:t>
+              <w:t xml:space="preserve">, 1998, 5, pp.625-639</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00000319v1</w:t>
+                <w:t xml:space="preserve">in2p3-00012914v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Observation of Events with an Isolated High Energy Lepton and Missing Transverse Momentum at HERA</w:t>
+                <w:t xml:space="preserve">Measurement of the Inclusive Di-Jet Cross Section in Photoproduction and Determination of an Effective Parton Distribution in the Photon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Adloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId412" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Aid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Eric Anderson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Andrieu</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">V. Arkadov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 1998, 5, pp.575-584</w:t>
+              <w:t xml:space="preserve">, 1998, 1, pp.97-107</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00012925v1</w:t>
+                <w:t xml:space="preserve">in2p3-00000319v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multiplicity Structure of the Hadronic Final State in Diffractive Deep-Inelastic Scattering at HERA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Adloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Eric Anderson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Arkadov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -24846,77 +24846,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Adloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Aid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Eric Anderson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physics Letters B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1998, 428, pp.206-220</w:t>
@@ -24971,77 +24971,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Adloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Aid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Eric Anderson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physics Letters B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1998, 421, pp.385-394</w:t>
@@ -25064,1182 +25064,1182 @@
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-00012920v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurement of charged particle transverse momentum spectra in deep inelastic scattering</w:t>
+                <w:t xml:space="preserve">Bose-Einstein Correlations in Deep Inelastic ep Scattering at HERA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Adloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Aid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Eric Anderson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Physics B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1997, 485, pp.3-24</w:t>
+              <w:t xml:space="preserve">Zeitschrift für Physik. C, Particles and Fields</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, 75, pp.437-451</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00007498v1</w:t>
+                <w:t xml:space="preserve">in2p3-00012913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inclusive $d^0$ and $d^{\star\pm}$ production in neutral current deep inelastic EP scattering at HERA</w:t>
+                <w:t xml:space="preserve">Diffraction dissociation in photoproduction at HERA.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Adloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Aid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Eric Anderson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Zeitschrift für Physik. C, Particles and Fields</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 1997, 72, pp.593-605. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 1997, 74, pp.221-236</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00004735v1</w:t>
+                <w:t xml:space="preserve">in2p3-00000275v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId422" w:history="1">
+            <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Observation of Events at Very High $Q^2$ in ep Collisions at HERA</w:t>
+                <w:t xml:space="preserve">Inclusive $d^0$ and $d^{\star\pm}$ production in neutral current deep inelastic EP scattering at HERA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Adloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId412" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Aid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Eric Anderson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Andrieu</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">V. Arkadov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Zeitschrift für Physik. C, Particles and Fields</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 1997, 74, pp.191-206</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 1997, 72, pp.593-605. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId422" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s002880050584⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId422" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">in2p3-00012923v1</w:t>
+            <w:hyperlink r:id="rId421" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00004735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diffraction dissociation in photoproduction at HERA.</w:t>
+                <w:t xml:space="preserve">Observation of Events at Very High $Q^2$ in ep Collisions at HERA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Adloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId412" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Eric Anderson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Andrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Arkadov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Zeitschrift für Physik. C, Particles and Fields</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 1997, 74, pp.221-236</w:t>
+              <w:t xml:space="preserve">, 1997, 74, pp.191-206</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00000275v1</w:t>
+                <w:t xml:space="preserve">in2p3-00012923v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The H1 detector at HERA</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">T. Ahmed</w:t>
+                <w:t xml:space="preserve">Measurement of charged particle transverse momentum spectra in deep inelastic scattering</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Adloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Aid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Eric Anderson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section A: Accelerators, Spectrometers, Detectors and Associated Equipment</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Nuclear Physics B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, 485, pp.3-24</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId427" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00012908v1</w:t>
+                <w:t xml:space="preserve">in2p3-00007498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId428" w:history="1">
+            <w:hyperlink r:id="rId425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bose-Einstein Correlations in Deep Inelastic ep Scattering at HERA</w:t>
+                <w:t xml:space="preserve">Determination of the Longitudinal Proton Structure Function $F_{L}(x,Q^{2})$ at Low $x$</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Adloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Aid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Eric Anderson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Zeitschrift für Physik. C, Particles and Fields</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1997, 75, pp.437-451</w:t>
+              <w:t xml:space="preserve">Physics Letters B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, 393, pp.452-464</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId428" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">in2p3-00012913v1</w:t>
+            <w:hyperlink r:id="rId425" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00012906v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId429" w:history="1">
+            <w:hyperlink r:id="rId426" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Determination of the Longitudinal Proton Structure Function $F_{L}(x,Q^{2})$ at Low $x$</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">B. Andrieu</w:t>
+                <w:t xml:space="preserve">The H1 lead/scintillating-fibre calorimeter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId400" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R D. Appuhn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId401" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Arndt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Barrelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Barschke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId403" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">U. Bassler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics Letters B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1997, 393, pp.452-464</w:t>
+              <w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section A: Accelerators, Spectrometers, Detectors and Associated Equipment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, 386, pp.397-408</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId429" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">in2p3-00012906v1</w:t>
+            <w:hyperlink r:id="rId426" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00012910v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId430" w:history="1">
+            <w:hyperlink r:id="rId427" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The H1 lead/scintillating-fibre calorimeter</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">U. Bassler</w:t>
+                <w:t xml:space="preserve">The H1 detector at HERA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Abt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId428" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Ahmed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId412" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Aid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Andreev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section A: Accelerators, Spectrometers, Detectors and Associated Equipment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 1997, 386, pp.397-408</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 1997, 386, pp.310-347. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId429" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0168-9002(96)00893-5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId430" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00012910v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId427" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00012908v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId431" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Proton Dissociative $\rho$ and Elastic $\phi$ Electroproduction at HERA</w:t>
+                <w:t xml:space="preserve">Scale influence on the energy dependence of photon-proton cross-sections</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Adloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Aid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Eric Anderson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Zeitschrift für Physik. C, Particles and Fields</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1997, 75, pp.607-618</w:t>
+              <w:t xml:space="preserve">Physics Letters B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, 392, pp.234-242</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId431" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00013448v1</w:t>
+                <w:t xml:space="preserve">in2p3-00012907v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId432" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Series tests of fine mesh photomultiplier tubes in magnetic fields of up to 1.2 Tesla</w:t>
               </w:r>
@@ -26251,51 +26251,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R D. Appuhn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Arndt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Barrelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Barschke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -26344,152 +26344,152 @@
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-00012904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scale influence on the energy dependence of photon-proton cross-sections</w:t>
+                <w:t xml:space="preserve">Proton Dissociative $\rho$ and Elastic $\phi$ Electroproduction at HERA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Adloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Aid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Eric Anderson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics Letters B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1997, 392, pp.234-242</w:t>
+              <w:t xml:space="preserve">Zeitschrift für Physik. C, Particles and Fields</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, 75, pp.607-618</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00012907v1</w:t>
+                <w:t xml:space="preserve">in2p3-00013448v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Measurement of the Proton Structure Function $F_2(x,Q^2)$ at Low x and Low $Q^2$ at HERA</w:t>
               </w:r>
@@ -26501,77 +26501,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Adloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Aid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Eric Anderson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nuclear Physics B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1997, 497, pp.3-30</w:t>
@@ -26613,90 +26613,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The tracking calorimeter and muon detectors of the H1 experiment at Hera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Abt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId425" w:history="1">
+            <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Ahmed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Aid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section A: Accelerators, Spectrometers, Detectors and Associated Equipment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1997, 386, pp.348-396. </w:t>
@@ -26772,77 +26772,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Adloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Aid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Eric Anderson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section B: Beam Interactions with Materials and Atoms</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1997, 504, pp.3-23</w:t>
@@ -26884,90 +26884,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Search for Excited Fermions with the H1 Detector</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Aid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Eric Anderson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Babaev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nuclear Physics B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1997, 483, pp.44-66</w:t>
@@ -27022,77 +27022,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Adloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Aid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Eric Anderson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Zeitschrift für Physik. C, Particles and Fields</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1997, 76, pp.613-629</w:t>
@@ -27147,77 +27147,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Adloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Aid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Eric Anderson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1997, C1, pp.97-107</w:t>
@@ -27240,426 +27240,426 @@
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-00005063v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId442" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photoproduction of $K^0$ and $\Lambda$ at HERA and a Comparison with Deep Inelastic Scattering</w:t>
+                <w:t xml:space="preserve">Low Q$^{2}$ Jet Production at HERA and Virtual Photon Structure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Adloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Aid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Eric Anderson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Zeitschrift für Physik. C, Particles and Fields</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1997, 76, pp.213-221</w:t>
+              <w:t xml:space="preserve">Physics Letters B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, 415, pp.418-434</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId442" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00013447v1</w:t>
+                <w:t xml:space="preserve">in2p3-00012918v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId443" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Low Q$^{2}$ Jet Production at HERA and Virtual Photon Structure</w:t>
+                <w:t xml:space="preserve">Measurement of Event Shape Variables in Deep Inelastic $e^{+}p$ Scattering</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Adloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Aid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Eric Anderson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physics Letters B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 1997, 415, pp.418-434</w:t>
+              <w:t xml:space="preserve">, 1997, 406, pp.256-270</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId443" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00012918v1</w:t>
+                <w:t xml:space="preserve">in2p3-00012919v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId444" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurement of Event Shape Variables in Deep Inelastic $e^{+}p$ Scattering</w:t>
+                <w:t xml:space="preserve">Photoproduction of $K^0$ and $\Lambda$ at HERA and a Comparison with Deep Inelastic Scattering</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Adloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Aid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Eric Anderson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics Letters B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1997, 406, pp.256-270</w:t>
+              <w:t xml:space="preserve">Zeitschrift für Physik. C, Particles and Fields</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, 76, pp.213-221</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId444" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00012919v1</w:t>
+                <w:t xml:space="preserve">in2p3-00013447v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId445" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photoproduction of d$^{\star\pm}$ mesons in electron-proton collisions at HERA</w:t>
+                <w:t xml:space="preserve">A search for leptoquarks at HERA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Aid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId446" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Zsembery</w:t>
@@ -27694,97 +27694,97 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId449" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Zimmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Physics B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1996, 472, pp.32-51</w:t>
+              <w:t xml:space="preserve">Physics Letters B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1996, 369, pp.173-185</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId445" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00022728v1</w:t>
+                <w:t xml:space="preserve">in2p3-00012119v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId450" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Strangeness production in deep-inelastic positron-proton scattering at HERA</w:t>
+                <w:t xml:space="preserve">Photoproduction of d$^{\star\pm}$ mesons in electron-proton collisions at HERA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Aid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId446" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Zsembery</w:t>
@@ -27823,93 +27823,93 @@
             <w:hyperlink r:id="rId449" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Zimmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nuclear Physics B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 1996, 480, pp.3-34</w:t>
+              <w:t xml:space="preserve">, 1996, 472, pp.32-51</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId450" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00022724v1</w:t>
+                <w:t xml:space="preserve">in2p3-00022728v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId451" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elastic and inelastic photoproduction of J/$\psi$ mesons at HERA</w:t>
+                <w:t xml:space="preserve">A search for selectrons and squarks at HERA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Aid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId446" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Zsembery</w:t>
@@ -27944,97 +27944,97 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId449" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Zimmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Physics B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1996, 472, pp.3-31</w:t>
+              <w:t xml:space="preserve">Physics Letters B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1996, 380, pp.461-470</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId451" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00022738v1</w:t>
+                <w:t xml:space="preserve">in2p3-00022743v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId452" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A search for leptoquarks at HERA</w:t>
+                <w:t xml:space="preserve">Elastic and inelastic photoproduction of J/$\psi$ mesons at HERA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Aid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId446" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Zsembery</w:t>
@@ -28069,97 +28069,97 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId449" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Zimmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics Letters B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1996, 369, pp.173-185</w:t>
+              <w:t xml:space="preserve">Nuclear Physics B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1996, 472, pp.3-31</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId452" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00012119v1</w:t>
+                <w:t xml:space="preserve">in2p3-00022738v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId453" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A search for selectrons and squarks at HERA</w:t>
+                <w:t xml:space="preserve">Strangeness production in deep-inelastic positron-proton scattering at HERA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Aid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId446" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Zsembery</w:t>
@@ -28194,97 +28194,97 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId449" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Zimmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics Letters B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1996, 380, pp.461-470</w:t>
+              <w:t xml:space="preserve">Nuclear Physics B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1996, 480, pp.3-34</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId453" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00022743v1</w:t>
+                <w:t xml:space="preserve">in2p3-00022724v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId454" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurement of the $Q^2$ dependence of the charged and neutral current cross sections in $e^{\pm}p$ scattering at HERA</w:t>
+                <w:t xml:space="preserve">A search for squarks of RP-violating susy at HERA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Aid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId446" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Zsembery</w:t>
@@ -28319,97 +28319,97 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId449" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Zimmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics Letters B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1996, 379, pp.319-329</w:t>
+              <w:t xml:space="preserve">Zeitschrift für Physik. B, Condensed Matter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1996, 71, pp.211-226</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId454" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00022731v1</w:t>
+                <w:t xml:space="preserve">in2p3-00022741v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId455" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A search for squarks of RP-violating susy at HERA</w:t>
+                <w:t xml:space="preserve">Measurement of the $Q^2$ dependence of the charged and neutral current cross sections in $e^{\pm}p$ scattering at HERA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Aid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId446" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Zsembery</w:t>
@@ -28444,73 +28444,73 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId449" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Zimmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Zeitschrift für Physik. B, Condensed Matter</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1996, 71, pp.211-226</w:t>
+              <w:t xml:space="preserve">Physics Letters B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1996, 379, pp.319-329</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId455" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00022741v1</w:t>
+                <w:t xml:space="preserve">in2p3-00022731v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId456" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elastic electroproduction of $\rho$ and J/$ \Psi$ mesons at largeQ$^{\star \star}$2 at HERA</w:t>
               </w:r>
@@ -28615,51 +28615,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-00022735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId457" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elastic photoproduction of $\rho^{0}$ mesons at HERA</w:t>
+                <w:t xml:space="preserve">Energy flow in the hadronic final state of diffractive and non-diffractive deep-inelastic scattering at HERA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Aid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId446" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Zsembery</w:t>
@@ -28694,97 +28694,97 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId449" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Zimmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Physics B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1996, 463, pp.3-29</w:t>
+              <w:t xml:space="preserve">Zeitschrift für Physik. C, Particles and Fields</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1996, 70, pp.609-620</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId457" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00022734v1</w:t>
+                <w:t xml:space="preserve">in2p3-00022733v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId458" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Energy flow in the hadronic final state of diffractive and non-diffractive deep-inelastic scattering at HERA</w:t>
+                <w:t xml:space="preserve">Elastic photoproduction of $\rho^{0}$ mesons at HERA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Aid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId446" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Zsembery</w:t>
@@ -28819,73 +28819,73 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId449" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Zimmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Zeitschrift für Physik. C, Particles and Fields</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1996, 70, pp.609-620</w:t>
+              <w:t xml:space="preserve">Nuclear Physics B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1996, 463, pp.3-29</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId458" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00022733v1</w:t>
+                <w:t xml:space="preserve">in2p3-00022734v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId459" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charged particle multiplicities in deep inelastic scattering at HERA</w:t>
               </w:r>
@@ -29022,51 +29022,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Aid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId461" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R.D. Appuhn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -29121,51 +29121,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId463" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A measurement of the proton structure function $f_2(x. q^2)$</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId425" w:history="1">
+            <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Ahmed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Aid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -29173,51 +29173,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">a A. Akhundov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nuclear Physics B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1995, 439, pp.471-502</w:t>
@@ -29246,51 +29246,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId465" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Determination of the strong coupling constant from jet rates in deep inelastic scattering</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId425" w:history="1">
+            <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Ahmed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Aid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -29298,51 +29298,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">a A. Akhundov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physics Letters B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1995, 346, pp.415-425</w:t>
@@ -29365,182 +29365,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-00016039v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId466" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First measurement of the deep-inelastic structure of proton diffraction</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Transverse Energy and Forward Jet Production in the Low $x$ Regime at HERA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Aid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Andreev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Andrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId467" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A.A. Akhundov</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">B. Andrieu</w:t>
+                <w:t xml:space="preserve">R.-D. Appuhn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId462" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Arpagaus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physics Letters B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 1995, 348, pp.681-696</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 1995, 356, pp.118-128. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId468" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/0370-2693(95)00804-T⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId466" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00016049v1</w:t>
+                <w:t xml:space="preserve">in2p3-00083565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId468" w:history="1">
+            <w:hyperlink r:id="rId469" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental study of hard photon radiation processes at Hera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId425" w:history="1">
+            <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Ahmed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Aid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -29548,310 +29557,301 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">a A. Akhundov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Zeitschrift für Physik. C, Particles and Fields</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1995, 66, pp.529-542</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId468" w:history="1">
+            <w:hyperlink r:id="rId469" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-00016048v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId469" w:history="1">
+            <w:hyperlink r:id="rId470" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transverse Energy and Forward Jet Production in the Low $x$ Regime at HERA</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">First measurement of the deep-inelastic structure of proton diffraction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId428" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Ahmed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Aid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId471" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.A. Akhundov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Andrieu</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">M. Arpagaus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physics Letters B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 1995, 356, pp.118-128. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 1995, 348, pp.681-696</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId469" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">in2p3-00083565v1</w:t>
+            <w:hyperlink r:id="rId470" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00016049v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId472" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inclusive parton cross sections in photoproduction and photon structure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId425" w:history="1">
+            <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Ahmed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Aid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId467" w:history="1">
+            <w:hyperlink r:id="rId471" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.A. Akhundov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nuclear Physics B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1995, 445, pp.195-215</w:t>
@@ -29906,70 +29906,70 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Aid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId400" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">R D. Appuhn</w:t>
+            <w:hyperlink r:id="rId467" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R.-D. Appuhn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId462" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Arpagaus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
@@ -29999,333 +29999,333 @@
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-00013130v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId474" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Observation of hard processes in rapidity gap events in gamma-p interactions at Hera</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Measurement of the total photon-proton cross-section and its decomposition at 200-GeV center-of-mass energy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Aid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId467" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Andrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId461" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R.D. Appuhn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId462" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Arpagaus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Physics B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1995, 435, pp.3-20</w:t>
+              <w:t xml:space="preserve">Zeitschrift für Physik. C, Particles and Fields</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1995, 69, pp.27-38</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId474" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00016052v1</w:t>
+                <w:t xml:space="preserve">in2p3-00013131v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId475" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurement of the total photon-proton cross-section and its decomposition at 200-GeV center-of-mass energy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Observation of hard processes in rapidity gap events in gamma-p interactions at Hera</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId428" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Ahmed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Aid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId471" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.A. Akhundov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Andrieu</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">M. Arpagaus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Zeitschrift für Physik. C, Particles and Fields</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1995, 69, pp.27-38</w:t>
+              <w:t xml:space="preserve">Nuclear Physics B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1995, 435, pp.3-20</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId475" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00013131v1</w:t>
+                <w:t xml:space="preserve">in2p3-00016052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId476" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A search for heavy leptons at Hera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId425" w:history="1">
+            <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Ahmed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Barrelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">U. Bassler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -30380,64 +30380,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId478" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beam tests and calibration of the H1 liquid argon calorimeter with electrons</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Barrelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId477" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Bernardi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -30518,64 +30518,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Scaling violations of the proton structure function $F_2$ at small $\chi$</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Abt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Barrelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">U. Bassler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -30643,77 +30643,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inclusive charged particle cross sections in photoproduction at Hera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Abt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId425" w:history="1">
+            <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Ahmed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Barrelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">U. Bassler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -30755,77 +30755,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId482" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Photoproduction of j/$\psi$ mesons at Hera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId425" w:history="1">
+            <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Ahmed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Barrelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">U. Bassler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -30893,64 +30893,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Energy flow and charged particle spectra in deep inelastic scattering at Hera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Abt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Barrelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">U. Bassler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -31005,64 +31005,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId484" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electron/pion separation with the H1 LAr calorimeters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Barrelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId477" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Bernardi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -31130,77 +31130,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId485" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deep inelastic scattering events with a large rapidity gap at Hera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId425" w:history="1">
+            <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Ahmed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Barrelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">U. Bassler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -31249,333 +31249,333 @@
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-00015809v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId486" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First measurement of the charged current cross section at Hera</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId348" w:history="1">
+                <w:t xml:space="preserve">A measurement of multi-jet rates in deep-inelastic scattering at Hera</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Abt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Barrelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">U. Bassler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId477" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Bernardi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics Letters B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1994, 324, pp.241-248</w:t>
+              <w:t xml:space="preserve">Zeitschrift für Physik. C, Particles and Fields</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1994, 61, pp.59-66</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId486" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00015824v1</w:t>
+                <w:t xml:space="preserve">in2p3-00015737v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId487" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A measurement of multi-jet rates in deep-inelastic scattering at Hera</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId348" w:history="1">
+                <w:t xml:space="preserve">First measurement of the charged current cross section at Hera</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId428" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Ahmed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Barrelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">U. Bassler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId477" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Bernardi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Zeitschrift für Physik. C, Particles and Fields</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1994, 61, pp.59-66</w:t>
+              <w:t xml:space="preserve">Physics Letters B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1994, 324, pp.241-248</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId487" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00015737v1</w:t>
+                <w:t xml:space="preserve">in2p3-00015824v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId488" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A search for leptoquarks and squarks at Hera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId425" w:history="1">
+            <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Ahmed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Barrelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">U. Bassler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -31643,64 +31643,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A search for leptoquarks leptogluons and excited leptons in H1 at Hera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Abt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Barrelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">U. Bassler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -31768,64 +31768,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Measurement of inclusive jet cross sections in photoproduction at Hera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Abt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Barrelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">U. Bassler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -31893,64 +31893,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Measurement of the proton structure function $f_2(\chi,q^2)$ in the low-$\chi$ region at Hera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Abt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Barrelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">U. Bassler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -32005,77 +32005,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId492" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Observation of deep inelastic scattering at low x</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId425" w:history="1">
+            <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Ahmed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Barrelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">U. Bassler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -32130,77 +32130,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId493" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Total photoproduction cross section measurement at Hera energies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId425" w:history="1">
+            <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Ahmed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Barrelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">U. Bassler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -32249,333 +32249,333 @@
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-00015736v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId494" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurement of the hadronic final state in deep inelastic scattering at Hera</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId348" w:history="1">
+                <w:t xml:space="preserve">The H1 liquid argon calorimeter system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Barrelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">U. Bassler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId477" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">G. Bernardi</w:t>
+            <w:hyperlink r:id="rId495" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Bederede</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId496" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics Letters B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1993, 298, pp.469-478</w:t>
+              <w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section A: Accelerators, Spectrometers, Detectors and Associated Equipment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1993, 336, pp.460-498</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId494" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00015727v1</w:t>
+                <w:t xml:space="preserve">in2p3-00015735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId495" w:history="1">
+            <w:hyperlink r:id="rId497" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The H1 liquid argon calorimeter system</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId348" w:history="1">
+                <w:t xml:space="preserve">Measurement of the hadronic final state in deep inelastic scattering at Hera</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId428" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Ahmed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Barrelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">U. Bassler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId496" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">R. Bernard</w:t>
+            <w:hyperlink r:id="rId477" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Bernardi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section A: Accelerators, Spectrometers, Detectors and Associated Equipment</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1993, 336, pp.460-498</w:t>
+              <w:t xml:space="preserve">Physics Letters B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1993, 298, pp.469-478</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId495" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">in2p3-00015735v1</w:t>
+            <w:hyperlink r:id="rId497" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00015727v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId498" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hard scattering in $\gamma$p interactions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId425" w:history="1">
+            <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Ahmed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Barrelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">U. Bassler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -33165,51 +33165,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Calorimetry for Lepton Collider Experiments - CALICE results and activities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Adloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-J. Blaising</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Chefdeville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -33296,51 +33296,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Adloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Blaha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-J. Blaising</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Chefdeville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -33446,51 +33446,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Adloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Blaha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-J. Blaising</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Chefdeville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -34048,51 +34048,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Adloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Anthonis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -34412,51 +34412,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05057622v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Benedikt" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Zimmermann" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Auchmann" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Bartmann" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P Burnet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjs/s11734-025-01958-5" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05390051v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. P. Burnet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjs/s11734-025-01967-4" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05390104v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-025-15077-x" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01398429v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Andreev" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Feltesse" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Schoeffel" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Diaconu" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Hoffmann" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-017-4717-9" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01533169v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Balagura" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bilokin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bonis" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Boudry" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Brient" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/12/07/C07013" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01271281v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Buridon" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Combaret" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Caponetto" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Et&#233;" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Garillot" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/11/04/P04001" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01281362v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Price" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. K. Watson" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. S. Marshall" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. A. Thomson" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. R. Ward" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/11/06/P06013" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01303455v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Deng" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Li" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Wang" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. Yue" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Yang" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/11/06/P06014" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01193145v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-015-3863-1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01290445v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Baghdasaryan" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Begzsuren" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Belousov" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bolz" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4194-6" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01164846v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Baulieu" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bedjidian" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Belkadhi" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Berenguer" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/10/10/P10039" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01112965v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.S. Amjad" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Anduze" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-E. Augustin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2014.12.011" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01090522v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP03(2015)092" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01088503v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bilki" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Repond" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Schlereth" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Xia" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2015.05.009" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01192607v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Chefdeville" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Karyotakis" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/10/12/P12006" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01092573v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Eigen" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/10/04/P04014" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00977789v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Brisson" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jacquet" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhiqing Zhang" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Zomer" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-014-2814-6" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00904878v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Adloff" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. -J. Blaising" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Drancourt" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Gaglione" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/9/01/P01004" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00984214v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/9/07/P07022" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00969473v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pascaud" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-014-2915-2" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00905242v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Francis" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Smith" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2014.06.039" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00828458v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/8/09/P09001" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00749294v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Abramowicz" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Bizot" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Delcourt" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-013-2311-3" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00816384v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Alexa" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-013-2466-y" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00834071v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Blaha" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Espargili&#232;re" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/8/07/P07005" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00716954v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.D. Aaron" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Barrelet" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-012-2047-5" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00637885v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Backovic" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-012-1970-9" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00713763v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP09(2012)061" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00719085v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/7/09/P09017" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00719976v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-012-2175-y" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00714739v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-012-1995-0" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00711464v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-012-2148-1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00643194v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-012-1910-8" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00716960v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-012-2163-2" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00658175v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-J. Blaising" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/7/04/P04015" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00716968v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-012-2074-2" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00605052v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-011-1771-6" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00633107v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2011.09.017" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00546043v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-011-1572-y" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00580554v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2011.05.023" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00558122v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-010-1509-x" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00553302v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Decotigny" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/6/02/P02001" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00662685v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-011-1836-6" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00567085v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Trojand" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2011.06.056" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00575780v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-011-1578-5" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00566341v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/6/04/P04003" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00651448v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-011-1769-0" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00560201v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-011-1579-4" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00593907v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/6/07/P07005" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00635902v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2011.09.109" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00459276v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Abt" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Adamczyk" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Adamus" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP01(2010)109" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00465840v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. D. Aaron" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Aldaya Martin" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Antunovic" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-010-1240-7" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00429975v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Alimujiang" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP05(2010)032" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00454155v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-010-1376-5" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00464391v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Brandt" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Brown" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/5/05/P05004" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00453564v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-010-1369-4" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00484595v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP03(2010)035" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00456740v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2010.02.024" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00468194v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Aplin" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-010-1282-x" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00546126v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-010-1448-6" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00480141v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Yu" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/5/05/P05007" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00378922v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-009-1208-7" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00425575v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-009-1190-0" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00425579v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1126-6708/2009/10/013" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00381308v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2009.06.044" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00378927v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-009-1169-x" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00426762v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2009.10.035" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00351556v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2009.02.016" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00351546v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-009-1160-6" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00378917v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2009.06.057" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00413406v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2009.07.026" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00425903v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2009.09.056" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00354983v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2009.01.019" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00333457v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-009-0995-1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00350241v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2009.03.034" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00319758v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Aaron" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-008-0792-2" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00381293v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-009-1128-6" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00188634v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Aktas" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-008-0544-3" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00289949v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2008.05.070" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00192793v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-008-0541-6" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00319856v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2008.08.057" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00176408v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2007.11.093" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00284842v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.M. Hawkes" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Mikami" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Miller" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/3/08/P08001" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00255874v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2008.04.020" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00307569v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2008.07.014" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00163870v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Anthonis" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-007-0296-5" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00129082v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00137127v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-007-0325-4" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00176430v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00141148v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-007-0220-z" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00129079v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-006-0206-2" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00192240v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-007-0407-3" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00172419v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2007.07.05" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00171042v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2007.07.073" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00137122v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-007-0440-2" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00025281v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Asmone" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2006.01.054" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00025593v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s2005-02415-6" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00079761v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-006-0046-0" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00078863v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2006.05.042" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00078860v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-006-0028-2" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00079068v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2006.05.060" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00025660v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s2005-02471-x" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00025659v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s2006-02519-5" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00079770v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-006-0035-3" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00079453v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s2006-02616-5" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00024709v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2005.10.035" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00078855v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2006.05.061" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00079460v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2006.06.055" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00077173v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s2006-02493-x" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00120459v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s2005-02227-8" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00024727v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2005.09.048" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00025176v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s2005-02345-3" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00023791v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Babaev" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s2004-02085-x" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00024214v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2005.04.038" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00024551v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s2005-02154-8" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00120455v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s2005-02201-6" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00120474v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s2005-02267-0" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00024457v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2005.06.040" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00023761v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s2004-02069-x" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00023758v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s2004-01983-1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00023762v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s2004-01978-x" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00021639v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00023184v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00023183v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00022267v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00021637v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00022141v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00021638v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00023756v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s2004-01982-2" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00020014v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Andrieu" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Astvatsatourov" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00014098v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00013716v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00014217v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00021548v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00014099v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00012395v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00012260v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00011766v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00011706v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Arkadov" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00011715v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00011812v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00012240v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00011171v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00011726v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00011707v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00011875v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00011253v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00012261v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00010635v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00010391v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00007915v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00008520v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00010156v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00010390v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00011174v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00011080v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00010990v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00011169v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00010891v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00010875v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00013500v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00013498v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s100520000526" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00005670v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00014416v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00013497v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00007663v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00005059v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Eric Anderson" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00005449v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00017857v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00005180v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00010800v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00006031v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00003698v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00014414v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00012911v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00012905v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00012928v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R D. Appuhn" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Arndt" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Barschke" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U. Bassler" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00005058v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00003649v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00003697v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00005057v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00012912v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00012110v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00003696v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00012924v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Aid" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00012914v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00000319v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00012925v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00012921v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00012916v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00012920v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00007498v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00004735v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s002880050584" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00012923v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00000275v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00012908v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Ahmed" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0168-9002(96)00893-5" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GBTXCM3R-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00012913v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00012906v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00012910v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00013448v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00012904v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00012907v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00012922v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00014433v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0168-9002(96)00894-7" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9RSC9CRV-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00012915v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00012909v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00012917v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00005063v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00013447v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00012918v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00012919v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00022728v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Zsembery" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Zuber" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Zurnedden" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Zimmer" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00022724v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00022738v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00012119v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00022743v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00022731v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00022741v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00022735v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00022734v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00022733v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00022740v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00013501v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.D. Appuhn" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Arpagaus" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00015872v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=a A. Akhundov" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00016039v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00016049v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.A. Akhundov" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00016048v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00083565v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.-D. Appuhn" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0370-2693(95)00804-T" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00016050v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00013130v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00016052v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00013131v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00015785v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bernardi" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00015808v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Besancon" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00015806v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00007802v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00015826v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00015738v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00015810v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00015809v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00015824v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00015737v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00015807v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00015725v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00015722v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00015726v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00015728v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00015736v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00015727v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00015735v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bederede" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bernard" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00015601v1" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04038784v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2023.168185" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01280213v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Anduze" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bonnemaison" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Boudry" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Frotin" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00415894v1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Callier" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dulucq" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. de La Taille" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Martin-Chassard" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Seguin-Moreau" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NSSMIC.2007.4436518" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00019036v1" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00019045v1" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00768196v1" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00462509v1" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00590608v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00612677v1" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Stoeck" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Attie" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Colas" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Delagnes" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00531764v1" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Fisk" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.E. Frey" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Gaede" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Hast" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00438264v1" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.J. Blaising" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00188665v1" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Brau" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasuhiro Okada" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas J Walker" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhak Djouadi" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Lykken" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00008074v1" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00015105v1" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05057622v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Benedikt" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Zimmermann" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Auchmann" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Bartmann" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P Burnet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjs/s11734-025-01958-5" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05390051v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. P. Burnet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjs/s11734-025-01967-4" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05390104v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-025-15077-x" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01398429v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Andreev" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Feltesse" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Schoeffel" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Diaconu" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Hoffmann" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-017-4717-9" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01533169v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Balagura" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bilokin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bonis" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Boudry" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Brient" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/12/07/C07013" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01271281v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Buridon" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Combaret" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Caponetto" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Et&#233;" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Garillot" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/11/04/P04001" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01281362v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Price" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. K. Watson" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. S. Marshall" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. A. Thomson" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. R. Ward" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/11/06/P06013" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01303455v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Deng" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Li" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Wang" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. Yue" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Yang" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/11/06/P06014" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01290445v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Baghdasaryan" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Begzsuren" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Belousov" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bolz" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-016-4194-6" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01193145v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-015-3863-1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01164846v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Baulieu" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bedjidian" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Belkadhi" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Berenguer" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/10/10/P10039" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01112965v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.S. Amjad" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Anduze" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-E. Augustin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2014.12.011" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01090522v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP03(2015)092" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01088503v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bilki" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Repond" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Schlereth" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Xia" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2015.05.009" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01192607v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Chefdeville" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Karyotakis" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/10/12/P12006" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01092573v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Eigen" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/10/04/P04014" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00977789v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Brisson" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jacquet" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhiqing Zhang" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Zomer" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-014-2814-6" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00904878v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Adloff" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. -J. Blaising" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Drancourt" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Gaglione" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/9/01/P01004" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00984214v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/9/07/P07022" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00969473v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pascaud" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-014-2915-2" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00905242v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Francis" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Smith" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2014.06.039" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00828458v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/8/09/P09001" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00816384v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Alexa" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Bizot" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Delcourt" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-013-2466-y" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00749294v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Abramowicz" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-013-2311-3" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00834071v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Blaha" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Espargili&#232;re" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/8/07/P07005" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00719085v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/7/09/P09017" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00713763v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.D. Aaron" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Barrelet" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP09(2012)061" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00716954v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-012-2047-5" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00714739v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-012-1995-0" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00719976v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-012-2175-y" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00637885v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Backovic" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-012-1970-9" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00711464v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-012-2148-1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00716960v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-012-2163-2" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00643194v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-012-1910-8" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00716968v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-012-2074-2" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00658175v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-J. Blaising" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/7/04/P04015" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00580554v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2011.05.023" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00633107v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2011.09.017" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00605052v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-011-1771-6" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00558122v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-010-1509-x" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00553302v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Decotigny" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/6/02/P02001" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00546043v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-011-1572-y" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00575780v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-011-1578-5" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00662685v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-011-1836-6" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00567085v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Trojand" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2011.06.056" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00566341v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/6/04/P04003" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00651448v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-011-1769-0" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00560201v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-011-1579-4" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00635902v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2011.09.109" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00593907v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/6/07/P07005" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00484595v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Abt" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Adamczyk" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Adamus" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP03(2010)035" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00456740v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Alimujiang" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Antunovic" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2010.02.024" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00465840v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. D. Aaron" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Aldaya Martin" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-010-1240-7" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00459276v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP01(2010)109" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00468194v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Aplin" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-010-1282-x" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00464391v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Brandt" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Brown" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/5/05/P05004" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00429975v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP05(2010)032" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00454155v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-010-1376-5" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00453564v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-010-1369-4" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00480141v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Yu" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/5/05/P05007" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00546126v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-010-1448-6" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00378922v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-009-1208-7" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00425575v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-009-1190-0" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00425579v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1126-6708/2009/10/013" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00426762v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2009.10.035" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00351556v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2009.02.016" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00351546v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-009-1160-6" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00378927v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-009-1169-x" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00381308v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2009.06.044" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00378917v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2009.06.057" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00413406v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2009.07.026" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00425903v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2009.09.056" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00350241v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2009.03.034" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00333457v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-009-0995-1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00354983v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2009.01.019" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00319758v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Aaron" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-008-0792-2" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00381293v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-009-1128-6" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00319856v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2008.08.057" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00176408v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Aktas" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2007.11.093" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00289949v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2008.05.070" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00188634v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-008-0544-3" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00192793v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-008-0541-6" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00284842v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.M. Hawkes" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Mikami" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Miller" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/3/08/P08001" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00255874v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2008.04.020" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00307569v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2008.07.014" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00137127v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Anthonis" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-007-0325-4" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00163870v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-007-0296-5" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00129082v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00176430v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00141148v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-007-0220-z" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00192240v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-007-0407-3" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00172419v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2007.07.05" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00129079v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-006-0206-2" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00171042v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2007.07.073" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00137122v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-007-0440-2" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00079068v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Asmone" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2006.05.060" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00078863v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2006.05.042" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00078860v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-006-0028-2" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00025281v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2006.01.054" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00025593v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s2005-02415-6" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00025660v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s2005-02471-x" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00079761v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-006-0046-0" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00025659v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s2006-02519-5" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00079770v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-006-0035-3" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00024709v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2005.10.035" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00079453v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s2006-02616-5" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00079460v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2006.06.055" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00078855v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2006.05.061" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00077173v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s2006-02493-x" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00023791v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Babaev" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s2004-02085-x" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00025176v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s2005-02345-3" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00120459v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s2005-02227-8" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00024727v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2005.09.048" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00024214v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2005.04.038" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00120455v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s2005-02201-6" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00024551v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s2005-02154-8" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00024457v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2005.06.040" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00120474v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s2005-02267-0" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00023761v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s2004-02069-x" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00021639v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00023758v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s2004-01983-1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00023762v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s2004-01978-x" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00023184v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00023183v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00021637v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00022267v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00022141v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00021638v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00023756v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s2004-01982-2" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00014098v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Astvatsatourov" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00013716v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Andrieu" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00020014v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00014217v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00021548v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00014099v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00011766v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00012395v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00012260v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00011715v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Arkadov" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00011706v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00012240v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00011812v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00011726v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00011707v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00011171v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00012261v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00011875v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00011253v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00007915v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00008520v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00010391v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00010635v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00010156v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00011174v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00010390v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00011169v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00010990v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00011080v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00010891v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00010875v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00014416v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00013500v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00013498v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s100520000526" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00013497v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00005670v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00005059v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Eric Anderson" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00007663v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00005449v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00017857v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00010800v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00005180v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00006031v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00014414v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00012911v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00012905v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00003698v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00012928v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R D. Appuhn" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Arndt" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Barschke" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U. Bassler" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00005058v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00003649v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00003697v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00005057v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00012912v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00003696v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00012110v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00012924v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Aid" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00012925v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00012914v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00000319v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00012921v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00012916v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00012920v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00012913v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00000275v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00004735v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s002880050584" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00012923v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00007498v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00012906v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00012910v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00012908v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Ahmed" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0168-9002(96)00893-5" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GBTXCM3R-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00012907v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00012904v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00013448v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00012922v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00014433v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0168-9002(96)00894-7" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9RSC9CRV-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00012915v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00012909v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00012917v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00005063v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00012918v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00012919v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00013447v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00012119v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Zsembery" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Zuber" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Zurnedden" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Zimmer" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00022728v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00022743v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00022738v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00022724v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00022741v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00022731v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00022735v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00022733v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00022734v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00022740v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00013501v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.D. Appuhn" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Arpagaus" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00015872v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=a A. Akhundov" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00016039v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00083565v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.-D. Appuhn" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0370-2693(95)00804-T" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00016048v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00016049v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.A. Akhundov" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00016050v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00013130v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00013131v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00016052v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00015785v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bernardi" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00015808v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Besancon" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00015806v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00007802v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00015826v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00015738v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00015810v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00015809v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00015737v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00015824v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00015807v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00015725v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00015722v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00015726v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00015728v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00015736v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00015735v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bederede" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bernard" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00015727v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00015601v1" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04038784v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2023.168185" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01280213v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Anduze" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bonnemaison" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Boudry" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Frotin" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00415894v1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Callier" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dulucq" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. de La Taille" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Martin-Chassard" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Seguin-Moreau" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NSSMIC.2007.4436518" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00019036v1" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00019045v1" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00768196v1" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00462509v1" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00590608v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00612677v1" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Stoeck" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Attie" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Colas" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Delagnes" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00531764v1" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Fisk" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.E. Frey" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Gaede" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Hast" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00438264v1" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.J. Blaising" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00188665v1" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Brau" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasuhiro Okada" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas J Walker" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhak Djouadi" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Lykken" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00008074v1" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00015105v1" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>