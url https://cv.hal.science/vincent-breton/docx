--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -844,551 +844,551 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02957930v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les techniques de bâchage pour le contrôle de la renouée</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">À la recherche du changement climatique ! Un jeu de piste dans le Vercors pour relier les savoirs scientifiques aux réalités de terrain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">H. François</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Nettier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Achin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">V. Breton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">W. Brasier</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Piazza-Morel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sciences Eaux &amp; Territoires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 27, pp.62-67. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.14758/SET-REVUE.2019.1.11⟩</w:t>
+              <w:t xml:space="preserve">, 2019, 28, pp.98-99. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.14758/SET-REVUE.2019.2.20⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02415643v1</w:t>
+                <w:t xml:space="preserve">hal-02391540v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fast-growing willows significantly reduce invasive knotweed spread</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Renouées asiatiques et infrastructures de transport</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Forestier</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">J. Biaunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Billon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Breton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Dechaume-Moncharmont</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Environmental Management</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jenvman.2018.10.004⟩</w:t>
+              <w:t xml:space="preserve">Sciences Eaux &amp; Territoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 27, pp.44-49. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.14758/SET-REVUE.2019.1.08⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02608513v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02415619v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">À la recherche du changement climatique ! Un jeu de piste dans le Vercors pour relier les savoirs scientifiques aux réalités de terrain</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les techniques de bâchage pour le contrôle de la renouée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Evette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Breton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. François</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">V. Breton</w:t>
+                <w:t xml:space="preserve">C. Dechaume-Moncharmont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Piazza-Morel</w:t>
+                <w:t xml:space="preserve">W. Brasier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sciences Eaux &amp; Territoires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 28, pp.98-99. </w:t>
+              <w:t xml:space="preserve">, 2019, 27, pp.62-67. </w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.14758/SET-REVUE.2019.2.20⟩</w:t>
+                <w:t xml:space="preserve">⟨10.14758/SET-REVUE.2019.1.11⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02391540v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02415643v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Renouées asiatiques et infrastructures de transport</w:t>
+                <w:t xml:space="preserve">Fast-growing willows significantly reduce invasive knotweed spread</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Biaunier</w:t>
+                <w:t xml:space="preserve">Fanny Dommanget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Evette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Breton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathan Daumergue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Billon</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Olivier Forestier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sciences Eaux &amp; Territoires</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 27, pp.44-49. </w:t>
+              <w:t xml:space="preserve">Journal of Environmental Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 231 (1), pp.1-9. </w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.14758/SET-REVUE.2019.1.08⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jenvman.2018.10.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02415619v1</w:t>
+                <w:t xml:space="preserve">hal-02608513v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le génie végétal pour la protection des berges de cours d'eau au Québec : état des lieux et perspectives pour les Basses-terres du Saint-Laurent</w:t>
               </w:r>
@@ -1426,51 +1426,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Keita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Evette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Breton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sciences Eaux &amp; Territoires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, Hors Série 57, pp.1-7. </w:t>
@@ -1521,51 +1521,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les solutions fondées sur la nature pour accorder la prévention des inondations avec la gestion intégrée des milieux aquatiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Rey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Breton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Poulard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1638,51 +1638,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of wood chip amendments on the revegetation performance of plant species on eroded marly terrains in a Mediterranean mountainous climate (Southern Alps, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Breton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Crosaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1768,64 +1768,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Cavaillé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Ducasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Breton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Dommanget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Tabacchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1888,77 +1888,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contrôler des renouées invasives par les techniques de génie écologique : retours d’expérience sur la restauration de berges envahies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Dommanget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Breton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Forestier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Poupart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2007,286 +2007,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03530709v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contrôler des renouées invasives par les techniques de génie écologique : retours d'expérience sur la restauration de berges envahies</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">V. Breton</w:t>
+                <w:t xml:space="preserve">Utilisation innovante du génie végétal pour le contrôle de l'érosion et de la sédimentation à l'échelle du territoire de la Durance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Rey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O. Forestier</w:t>
+                <w:t xml:space="preserve">S. Labonne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Breton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Poupart</w:t>
+                <w:t xml:space="preserve">S. Louis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Daumergue</w:t>
+                <w:t xml:space="preserve">N. Talaska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Revue d'Écologie (La Terre et La Vie) </w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Sciences Eaux &amp; Territoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 16, pp.28-35. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.14758/SET-REVUE.2015.16.06⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02603044v1</w:t>
+                <w:t xml:space="preserve">hal-01181391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Utilisation innovante du génie végétal pour le contrôle de l'érosion et de la sédimentation à l'échelle du territoire de la Durance</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Vincent Breton</w:t>
+                <w:t xml:space="preserve">Contrôler des renouées invasives par les techniques de génie écologique : retours d'expérience sur la restauration de berges envahies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Dommanget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Breton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Louis</w:t>
+                <w:t xml:space="preserve">O. Forestier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Talaska</w:t>
+                <w:t xml:space="preserve">P. Poupart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Daumergue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sciences Eaux &amp; Territoires</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve"> Revue d'Écologie (La Terre et La Vie) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 70 (Sup 12), pp.215-228</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01181391v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02603044v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le bois raméal fragmenté (BRF) pour la lutte contre l'érosion : un exemple de valorisation d'un déchet organique</w:t>
               </w:r>
@@ -2501,64 +2501,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ecological restoration under pressure from invasive animal species: use of Salicaceae cuttings in a river bank overrun by coypu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Breton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Forestier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Guindon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2630,64 +2630,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le génie végétal en rivière face aux espèces animales invasives ragondin et écrevisse américaine : expérimentation avec différentes boutures de salicacées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Breton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Forestier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Guindon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3202,77 +3202,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La recherche peut-elle répondre à ce besoin de connaissances ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Spiegelberger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Dommanget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Breton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Daumergue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Evette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3323,51 +3323,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Willows used in riverbank bioengineering in Western Europe:The need for ecological and biotechnical characteristics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Evette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Breton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Lavaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3431,51 +3431,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessing dynamics and ecological value of an ecosystem in a conservation purpose: 2. Ecological value of the Sycamore habitats in the French Alps</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoan Paillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Breton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.J. Brun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3526,51 +3526,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessing dynamics and ecological value of an ecosystem in a conservation purpose: 1. Dynamics of the Sycamore habitats in the French Alps</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoan Paillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Breton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.J. Brun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3666,51 +3666,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Vanpeene Bruhier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Pacyna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Breton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Glasman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3934,51 +3934,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05340656v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Breton" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Emelie Guignot" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Vincenot" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Hust&#233;" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laureline Leclerc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13595-025-01313-7" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04808991v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacky Girel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Bogey" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Nobilliaux" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5852/naturae2024a15" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04282699v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Janssen" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolind.2023.111015" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04106235v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anne Dusz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Petit" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Dechaume-Moncharmont" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Evette" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03412762v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naren Keita" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;renger Bourgeois" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Tisserant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00267-021-01444-3" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02957930v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabin Piton" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Loucougaray" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Daumergue" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11273-020-09754-9" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415643v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Breton" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Petit" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dechaume-Moncharmont" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Brasier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2019.1.11" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608513v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Dommanget" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Forestier" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2018.10.004" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02391540v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Fran&#231;ois" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Nettier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Achin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Piazza-Morel" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2019.2.20" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415619v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Biaunier" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Billon" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2019.1.08" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02413255v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Poulin" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Tisserant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Keita" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/set-revue.2019.hs.06" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926313v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Rey" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Poulard" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Breil" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Meriaux" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2018.26.07" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01465790v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Crosaz" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/se-7-599-2016" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02603020v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Cavaill&#233;" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Ducasse" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Tabacchi" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2014.09.028" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TQ65ZG7K-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03530709v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Poupart" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02603044v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Forestier" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Poupart" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Daumergue" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01181391v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Labonne" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Louis" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Talaska" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2015.16.06" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01181503v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2015.16.09" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01335884v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Thi&#233;rion" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Alleaume" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Jacqueminet" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Vigneau" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Renaud" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598746v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Guindon" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Evette" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rra.2688" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-5NJSPRLT-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596077v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02595085v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Renaud" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Luque" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00478430v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoan Paillet" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Cassagne" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cecillon" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Mermin" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00454475v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Archaux" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.J. Brun" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/forest:2008058" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00602728v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Vanpeene" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597816v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Spiegelberger" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592398v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lavaine" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02587701v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02587700v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02589948v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Vanpeene Bruhier" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pacyna" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Glasman" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Antoine" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05340656v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Breton" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Emelie Guignot" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Vincenot" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Hust&#233;" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laureline Leclerc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13595-025-01313-7" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04808991v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacky Girel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Bogey" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Nobilliaux" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5852/naturae2024a15" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04282699v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Janssen" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolind.2023.111015" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04106235v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anne Dusz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Petit" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Dechaume-Moncharmont" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Evette" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03412762v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naren Keita" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;renger Bourgeois" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Tisserant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00267-021-01444-3" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02957930v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabin Piton" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Loucougaray" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Daumergue" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11273-020-09754-9" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02391540v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Fran&#231;ois" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Nettier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Achin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Breton" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Piazza-Morel" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2019.2.20" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415619v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Biaunier" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Billon" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Petit" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dechaume-Moncharmont" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2019.1.08" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415643v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Brasier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2019.1.11" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608513v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Dommanget" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Forestier" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2018.10.004" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02413255v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Poulin" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Tisserant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Keita" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/set-revue.2019.hs.06" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926313v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Rey" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Poulard" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Breil" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Meriaux" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2018.26.07" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01465790v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Crosaz" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/se-7-599-2016" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02603020v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Cavaill&#233;" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Ducasse" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Tabacchi" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2014.09.028" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TQ65ZG7K-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03530709v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Poupart" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01181391v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Labonne" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Louis" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Talaska" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2015.16.06" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02603044v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Forestier" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Poupart" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Daumergue" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01181503v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2015.16.09" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01335884v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Thi&#233;rion" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Alleaume" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Jacqueminet" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Vigneau" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Renaud" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598746v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Guindon" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Evette" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rra.2688" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-5NJSPRLT-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596077v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02595085v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Renaud" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Luque" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00478430v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoan Paillet" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Cassagne" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cecillon" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Mermin" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00454475v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Archaux" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.J. Brun" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/forest:2008058" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00602728v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Vanpeene" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597816v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Spiegelberger" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592398v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lavaine" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02587701v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02587700v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02589948v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Vanpeene Bruhier" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pacyna" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Glasman" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Antoine" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>