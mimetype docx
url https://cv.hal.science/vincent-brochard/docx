--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -195,7671 +195,7671 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05510050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (25)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P-226 OWLO's new three-dimensional label-free imaging technology, applied to cumulus-oocyte complexes, reveals subcellular structures for quality assessment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V Barolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E Giraudat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Bureau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N Guigui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Brochard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Society of Human Reproduction and Embryology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Paris, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/humrep/deaf097.534⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05297686v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des matrices non-animales pour l’établissement d’un modèle 3D de morphogenèse de l’épiblaste pluripotent</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Brochard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Lebel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Jouneau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées Françaises des 3R du FC3R – 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, FC3R, Nov 2024, Maisons-Alfort, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05219660v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Early mammalian embryo response to environmental changes: should we take the sex into account?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Duranthon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Archilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludivine Laffont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Gatien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Aubert-Frambourg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">From gametes to embryo: basic research and clinical application</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ITMO Cell Biology, Nov 2022, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04330599v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Programmation périconceptionnelle par la production in vitro de l'embryon: étude de l'altération de l'expression sexe-dimorphique des gènes dans l'embryon bovin.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Duranthon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Archilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Aubert-Frambourg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludivine Laffont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denoës Olivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5ème congrès de la SF-DOHaD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SF-DOHaD, Nov 2021, Jouy en Josas, Yvelines, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04330661v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dynamic CpG methylation delineates subregions within super-enhancers selectively decommissioned at the exit from naïve pluripotency</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Jouneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Azuara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emma Bell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ed Curry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wout Megchelenbrink</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3rd Annual Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, French Society for Stem Cell Research. Corbeil-Essonne, FRA., Nov 2019, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02460141v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Heterochromatin as a pluripotency marker: Exploring H3K27me3 dynamic at pericentromeric heterochromatin in mouse peri-implantation embryos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Pailles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Brochard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Chebrout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Adenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Jouneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">FSSCR 3rd Annual Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, French Society for Stem Cell Research. FRA., Nov 2019, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02475154v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dynamic landscape of peri-cenromeric heterochromatin during transistion from naïve to primed pluripotency</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matteo Tosolini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Pailles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Brochard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Chebrout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Bonnet-Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annual Meeting 2018 CellFit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CellFit. GBR., Oct 2018, Hvar island, Croatia. pp.109</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02734473v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Contrasting epigenetic landscapes of heterochromatin in mouse pluripotent cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Jouneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matteo Tosolini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Brochard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Adenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Chebrout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Labex Revive: 6th Annual Consortium Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Regenerative Biology &amp; Medicine (REVIVE). FRA., 2017, Gouvieux, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02786605v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inter-species (mouse, pig, cow) comparison of pluripotency</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Jouneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Louet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Brochard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4th Annual Consortium meeting, REVIVE 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Regenerative Biology &amp; Medicine (REVIVE). FRA., Jan 2015, Belle-Eglise, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02796527v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Metabolomic analysis revealed differences between bovine cloned embryos with contrasting development abilities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Laloë</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Le Bourhis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Brochard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Fernandez-Gonzales</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Dube</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">31. Colloque Scientifique de l'AETE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Européenne de Transfert Embryonnaire - European Embryo Transfer Association (AETE). FRA., Sep 2015, Ghent, Belgium</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01536465v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">DNA replication and chromatin remodeling in cloned mouse embryos produced using epiblast stem cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Beaujean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Jouneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent V. Brochard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisa Serrano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Djamila Benkeddache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3. Annual Consortium Meeting, Stem Cells in Regenerative Biology and Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Regenerative Biology &amp; Medicine (REVIVE). FRA., Feb 2014, Belle-Eglise, France. 1 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02797250v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Characterisation of DNA methylation in mouse epiblast stem cells (EpiSCs): comparison with the epiblast and with embryonic stem cells (ESCs)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Clémence Veillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernado Andreia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Prézelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Boulanger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Brochard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférence Jacques Monod, DNA methylation and demethylation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre National de la Recherche Scientifique (CNRS). FRA., Sep 2013, Roscoff, France. 1 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01019186v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comparison of DNA methylation between two types of mouse pluripotent stem cells: ESCs and EpiSCs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Clémence Veillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreia Bernado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Brochard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Jouneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roger Pedersen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2. REVIVE Consortium Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut Pasteur [Paris]. FRA., Feb 2013, Belle Eglise, France. 1 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01019613v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abnormal development of the trophoblast after nuclear transfer in the mouse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Jouneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maite Rielland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Louet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Brochard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hai Tang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EMBO workshop:"Lineage commitments: Emphasis on the extraembryonic-embryonic interface"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EMBO. Heidelberg, DEU., May 2011, Leuven, Belgium. 1 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01019065v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Characterization of nuclear transfer-derived Epiblast Stem cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Jouneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Maruotti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Clémence Veillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent V. Brochard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Jouneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Workshop on early mammalian embryogenesis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2010, Varsovie, Poland. 17 diapositives</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02822828v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reprogramming by nuclear transfer in the mouse: developmental features of the embryos and stem cell derivation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Maruotti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tang Hai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent V. Brochard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jie Hao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qi Zhou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Atelier de formation INSERM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2010, Saint Raphael, France. 2 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02821021v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reprogramming to pluripotency by nuclear transfer in the mouse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Maruotti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Jouneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Clémence Veillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent V. Brochard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Jouneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annual Workshop of PartnErS project</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2010, Eger, Hungary. 16 diapositives</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02821024v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reprogrammation de différents noyaux pluripotents chez la souris</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Jouneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent V. Brochard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Maruotti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Beaujean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Djamila Benkeddache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées d’Animation des Crédits Incitatifs du Département de Physiologie Animale et Systèmes d’Elevage (JACI Phase)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2010, Tours, France. pp.Session: Atelier 2. Cellules souches</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02824846v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Improving heterochromatin remodelling of cloned embryos: a key to cloning efficiency?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Walid E. Maalouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liu Zichuan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Salvaing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent V. Brochard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Paul J. P. Renard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Wilhem Bernhard WORKSHOP21st International Workshop on the Cell Nucleus</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2009, Ustron, Poland. n.p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02817086v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Improvement of heterochromatin remodeling in cloned mouse embryos is correlated with a higher developmental potential</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Salvaing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Beaujean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zichuan Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent V. Brochard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Paul J. P. Renard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EMBO Conference on Chromatin and Epigenetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2009, Heidelberg, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02752698v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Improved development of parthenotes after TSA treatment might be linked to changes in nuclear organisation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Walid W. Maalouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent V. Brochard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zichuan Z. Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Pascale M. P. Debey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Zink</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2007. Shanghai International Symposium on Stem Cell Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2007, Shangai, China. pp.S24-S24, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/cr.2008.114⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02755589v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nuclear organization and heterochromatin remodeling in early mouse embryos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W.E. Maalouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zichuan Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent V. Brochard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Salvaing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Keystone Symposia : Molecular Basis for Chromatin Modifications and Epigenetic Phenomena (D3)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2008, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02756294v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mouse trophoblast stem cells derived from nuclear transfer embryos grow faster than they fertilized counterparts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maite M. Rielland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent V. Brochard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Linda L. Maulny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Paul J. P. Renard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Jouneau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5. Annual Meeting International Society for Stem Cell Research (ISSCR)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2007, Cairn, Australia</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02752489v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The formation of chromocenters during early embryogenesis is a highly dynamic process linked to zygotic genome activation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Beaujean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent V. Brochard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniele Zink</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Pascale M. P. Debey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">19. International Workshop on the Cell Nucleus</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2005, Münsterschwarzach Abbey, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02762323v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Establishment of chromocenters during early embryogenesis is a highly dynamic process related to zygotic genome activation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Beaujean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent V. Brochard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniele Zink</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Pascale M. P. Debey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EMBO/FEBS Conference on "Nuclear Structure and Dynamics"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2005, La Grande Motte, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02759582v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (34)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Establishment and Characterization of Bovine Trophoblast Stem Cells Growing as Adherent Cells or Vesicles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Baquerre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Apolline Delahaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Brochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Nuttinck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Reproduction and Development</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 92 (12), pp.e70073. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/mrd.70073⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05421401v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ablation of ZC3H11A causes early embryonic lethality and dysregulation of metabolic processes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shady Younis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mårten Larsson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Francois Oudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jihad Omar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 120 (23), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1073/pnas.2216799120⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04127723v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamic enlargement and mobilization of lipid droplets in pluripotent cells coordinate morphogenesis during mouse peri-implantation development</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">David Barneda</w:t>
+                <w:t xml:space="preserve">H3K27me3 at pericentromeric heterochromatin is a defining feature of the early mouse blastocyst</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Pailles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Hirlemann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Brochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Christophe Royer</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Chebrout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Oudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41467-022-31323-2⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 12 (1), pp. 13908. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-022-17730-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03714680v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03767167v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H3K27me3 at pericentromeric heterochromatin is a defining feature of the early mouse blastocyst</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mélanie Hirlemann</w:t>
+                <w:t xml:space="preserve">Dynamic enlargement and mobilization of lipid droplets in pluripotent cells coordinate morphogenesis during mouse peri-implantation development</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">King Hang Tommy Mau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Donja Karimlou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Barneda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Brochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jean-François Oudin</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Royer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-022-17730-x⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 13 (1), pp.3861. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-022-31323-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03767167v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03714680v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exposure to anti-seizure medications impact growth of gut bacterial species and subsequent host response</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zehra Esra Ilhan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Brochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Lapaque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Auvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Lepage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Neurobiology of Disease</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 167, pp.105664. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.nbd.2022.105664⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03954506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&amp;lt;i&amp;gt;Akkermansia muciniphila&amp;lt;/i&amp;gt; upregulates genes involved in maintaining the intestinal barrier function via ADP-heptose-dependent activation of the ALPK1/TIFA pathway</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Martin-Gallausiaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Garcia-Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Lashermes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Larraufie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovica Marinelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gut microbes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 14 (1), pp.2110639. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/19490976.2022.2110639⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03787581v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PGE2 Supplementation of oocyte culture media improves the developmental and cryotolerance performance of bovine blastocysts derived from a serum-free in vitro production system, mirroring the inner cell mass transcriptome</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Charpigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Marquant-Le Guienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Adenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier O. Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Cell and Developmental Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 9, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3389/fcell.2021.672948⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03251478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamic CpG methylation delineates subregions within super-enhancers selectively decommissioned at the exit from naive pluripotency</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Luc Jouneau</w:t>
+                <w:t xml:space="preserve">Heterochromatin establishment during early mammalian development is regulated by pericentromeric RNA and characterized by non-repressive H3K9me3</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adam Burton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Brochard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carmen Galán</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elias Ruiz-Morales</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quirze Rovira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41467-020-14916-7⟩</w:t>
+              <w:t xml:space="preserve">Nature Cell Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 22 (7), pp.767-778. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41556-020-0536-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02508171v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02903653v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heterochromatin establishment during early mammalian development is regulated by pericentromeric RNA and characterized by non-repressive H3K9me3</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Adam Burton</w:t>
+                <w:t xml:space="preserve">Dynamic CpG methylation delineates subregions within super-enhancers selectively decommissioned at the exit from naive pluripotency</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emma Bell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edward W. Curry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wout Megchelenbrink</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Brochard</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Quirze Rovira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Cell Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41556-020-0536-6⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-020-14916-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02903653v1</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02508171v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erratum. Maternal ageing impairs mitochondria! dna kinetics during early embryogenesis in mice (vol 34, pg 1313, 2019)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. May-Panloup</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Brochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. F. Hamel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Desquiret-Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Chupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Human Reproduction</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 34 (7), pp.1388-1388. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/humrep/dez123⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02618323v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maternal ageing impairs mitochondrial DNA kinetics during early embryogenesis in mic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale May-Panloup</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Brochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Hamel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Desquiret-Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Chupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Human Reproduction</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 34 (7), pp.1313-1324. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/humrep/dez054⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02616937v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contrasting epigenetic states of heterochromatin in the different types of mouse pluripotent stem cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matteo Tosolini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Brochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Adenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine M. Chebrout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giacomo Grillo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 8 (1), pp.14. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s41598-018-23822-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02309000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gene resistance to transcriptional reprogramming following nuclear transfer is directly mediated by multiple chromatin-repressive pathways</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerome Jullien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Munender Vodnala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Pasque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mami Oikawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kei Miyamoto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Cell</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 65 (5), pp.873-884; e1-e8. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.molcel.2017.01.030⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01607631v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stable methylation at promoters distinguishes epiblast stem cells from embryonic stem cells and the in vivo epiblasts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Clémence Veillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hendrik Marks</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreia Sofia Bernardo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Laloë</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Stem Cells and Development</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 23 (17), pp.2014-2029. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1089/scd.2013.0639⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01193858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">iTRAQ proteome analysis reflects a progressed differentiation state of epiblast derived versus inner cell mass derived murine embryonic stem cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Fröhlich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miwako Kösters</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Graf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eckhard Wolf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julianna Kobolak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Proteomics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 90, pp.38-51. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jprot.2013.03.015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01190583v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Early patterning of cloned mouse embryos contributes to post-implantation development</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Yingying Y. Wang</w:t>
+                <w:t xml:space="preserve">Polycomb function during oogenesis is required for mouse embryonic development</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eszter E. Posfai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rico R. Kunzmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent V. Brochard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Salvaing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erik E. Cabuy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Developmental Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ydbio.2012.05.027⟩</w:t>
+              <w:t xml:space="preserve">Genes and Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 26 (9), pp.920-32. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1101/gad.188094.112⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01000913v1</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01000917v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nuclear dynamics of histone H3 trimethylated on lysine 9 and/or phosphorylated on serine 10 in mouse cloned embryos as new markers of reprogramming?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karlla Mason Ribeiro-Mason</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Boulesteix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Brochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Aguirre-Lavin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Salvaing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CELLULAR REPROGRAMMING</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 14 (4), pp.283-294. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1089/cell.2011.0071⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01000779v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Efficient derivation of bovine embryonic stem cells needs more than active core pluripotency factors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien J. Maruotti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta M. Muñoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Severine S. Degrelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enrique E. Gómez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire C. Louet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Reproduction and Development</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 79 (7), pp.461-77. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/mrd.22051⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01000771v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polycomb function during oogenesis is required for mouse embryonic development</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Early patterning of cloned mouse embryos contributes to post-implantation development</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent V. Brochard</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Erik E. Cabuy</w:t>
+                <w:t xml:space="preserve">Zichuan Z. Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tang T. Hai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiangpeng X. Dai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaoyang X. Zhao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yingying Y. Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genes and Development</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1101/gad.188094.112⟩</w:t>
+              <w:t xml:space="preserve">Developmental Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 368 (2), pp.304-11. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ydbio.2012.05.027⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01000917v1</w:t>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01000913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intermediate filaments promote nuclear mechanical constraints during somatic cell nuclear transfer in the mouse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Gall Pouget Gall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Brochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie S. Ruffini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludivine Laffont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud R. Fleurot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CELLULAR REPROGRAMMING</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 14 (6), pp.497-504. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1089/cell.2012.0027⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01000765v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Naive and primed murine pluripotent stem cells have distinct miRNA expression profiles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Constance C. Ciaudo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odile O. Sismeiro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Brochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RNA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 18 (2), pp.253-264. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1261/rna.028878.111⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01001312v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synergic reprogramming of mammalian cells by combined exposure to mitotic Xenopus egg extracts and transcription factors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Ganier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane S. Bocquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle I. Peiffer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Brochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe P. Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 108 (42), pp.17331-17336. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1073/pnas.1100733108⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01000287v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nuclear transfer-derived epiblast stem cells are transcriptionally and epigenetically distinguishable from their fertilized-derived counterparts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Maruotti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiang Peng Dai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Brochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jun Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">STEM CELLS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 28 (4), pp.743-752. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/stem.400⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02664747v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Early alteration of the self-renewal/differentiation threshold in trophoblast stem cells derived from mouse embryos after nuclear transfer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maite M. Rielland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Brochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine M.-C. Lacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Paul J. P. Renard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Jouneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Developmental Biology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">4387</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 334 (2), pp.325-334</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00490154v1</w:t>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00490600v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trichostatin A treatment of cloned mouse embryos improves constitutive heterochromatin remodeling as well as developmental potential to term</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Walid W. Maalouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zichuan Z. Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Brochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Renard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Debey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMC Developmental Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 9 (1), pp.11. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1186/1471-213X-9-11⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02610646v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Early alteration of the self-renewal/differentiation threshold in trophoblast stem cells derived from mouse embryos after nuclear transfer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maite M. Rielland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Brochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine M.-C. Lacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Paul J. P. Renard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Jouneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4387</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Developmental Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 334 (2), pp.325-334. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ydbio.2009.07.022⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00490600v1</w:t>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00490154v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Early alteration of the self-renewal/differentiation threshold in trophoblast stem cells derived from mouse embryos after nuclear transfer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maite M. Rielland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Brochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine M.-C. Lacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Paul J. P. Renard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Jouneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4387</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 334 (2), pp.325-334</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00489695v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genome restructuring in mouse embryos during reprogamming and early development</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId82" w:history="1">
+                <w:t xml:space="preserve">Developmental abnormalities of NT mouse embryos appear early after implantation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Jouneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qi Zhou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Camus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Brochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Daniele Zink</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Linda L. Maulny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Developmental Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ydbio.2006.01.009⟩</w:t>
+              <w:t xml:space="preserve">Development (Cambridge, England)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 133, pp.1597-1607. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1242/dev.02317⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02654800v1</w:t>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03048850v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genome restructuring in mouse embryos during reprogramming and early development</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId166" w:history="1">
+                <w:t xml:space="preserve">Architectural reorganization of the nuclei upon transfer into oocytes accompanies genome reprogramming</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Brochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Migné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniele Zink</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Debey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Developmental Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ydbio.2006.01.009⟩</w:t>
+              <w:t xml:space="preserve">Molecular Reproduction and Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 73 (9), pp.1102-1111. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/mrd.20506⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02610648v1</w:t>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02610674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Architectural reorganization of the nuclei upon transfer into oocytes accompanies genome reprogramming</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId166" w:history="1">
+                <w:t xml:space="preserve">Genome restructuring in mouse embryos during reprogramming and early development</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Beaujean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Brochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe C. Audouard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniele Zink</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pascale Debey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Reproduction and Development</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/mrd.20506⟩</w:t>
+              <w:t xml:space="preserve">Developmental Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 292 (2), pp.317-332. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ydbio.2006.01.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02610674v1</w:t>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02610648v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Developmental abnormalities of NT mouse embryos appear early after implantation</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId82" w:history="1">
+                <w:t xml:space="preserve">Genome restructuring in mouse embryos during reprogamming and early development</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Beaujean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Brochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Linda L. Maulny</w:t>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe C. Audouard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniele Zink</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Development (Cambridge, England)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1242/dev.02317⟩</w:t>
+              <w:t xml:space="preserve">Developmental Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 292, pp.317-332. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ydbio.2006.01.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03048850v1</w:t>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02654800v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Generation of fertile cloned rats by regulating oocyte activation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">- Qi Zhou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Paul J. P. Renard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Le Friec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Brochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Beaujean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 302, pp.1179. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1126/science.1088313⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02678242v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nopp 140 involvement in nucleologenesis of mouse preimplantation embryos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Baran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Brochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Paul J. P. Renard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.E. Fléchon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Reproduction and Development</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, 59, pp.277-284</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02675532v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Developmental potential of mouse embryos reconstructed from metaphase embryonic stem cell nuclei</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qi Zhou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Brochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Adenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Paul J. P. Renard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biology of Reproduction</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, 65, pp.412-419</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02674823v1</w:t>
-              </w:r>
-[...3101 lines deleted...]
-                <w:t xml:space="preserve">hal-02762323v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -7995,90 +7995,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ablation of ZC3H11A causes early embryonic lethality and dysregulation of metabolic processes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shady Younis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mårten Larsson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Francois Oudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Brochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8145,90 +8145,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ablation of ZC3H11A Causes Early Embryonic Lethality and Dysregulation of Metabolic Processes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shady Younis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mårten Larsson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Francois Oudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Brochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8264,601 +8264,601 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03814160v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H3K27ME3 AT PERICENTROMERIC HETEROCHROMATIN IS A DEFINING FEATURE OF THE EARLY MOUSE BLASTOCYST</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Expression of Sex-dimorphism in bovine in vivo derived or in vitro produced preimplantation embryos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Archilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludivine Laffont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Desnoës</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie N. Peynot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eugénie Canon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FSSCR ANNUAL MEETING 2021</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2021, Montpellier, France</w:t>
+              <w:t xml:space="preserve">AETE 37th annual meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Online, France. AETE-Proceedings-2021, pp.46</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03470767v1</w:t>
+                <w:t xml:space="preserve">hal-04355479v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring H3K27me3 dynamic at pericentromeric heterochromatin in mouse early embryo</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+                <w:t xml:space="preserve">H3K27ME3 AT PERICENTROMERIC HETEROCHROMATIN IS A DEFINING FEATURE OF THE EARLY MOUSE BLASTOCYST</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Pailles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Chebrout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Hirlemann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Brochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Jouneau</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Amélie Bonnet-Garnier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SY-Stem 3rd symposium on Stem Cell Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2021, Vienna, Austria</w:t>
+              <w:t xml:space="preserve">FSSCR ANNUAL MEETING 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId259" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03224917v1</w:t>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03470767v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Expression of Sex Dimorphism in bovine in vivo derived or in vitro produced preimplantation embryos.</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Exploring H3K27me3 dynamic at pericentromeric heterochromatin in mouse early embryo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Pailles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Chebrout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Brochard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Jouneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Bonnet-Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AETE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, Virtual meeting, France</w:t>
+              <w:t xml:space="preserve">SY-Stem 3rd symposium on Stem Cell Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2021, Vienna, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId260" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03367268v1</w:t>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03224917v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Expression of Sex-dimorphism in bovine in vivo derived or in vitro produced preimplantation embryos</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId199" w:history="1">
+                <w:t xml:space="preserve">Expression of Sex Dimorphism in bovine in vivo derived or in vitro produced preimplantation embryos.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Archilla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludivine Laffont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Desnoës</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId262" w:history="1">
+                <w:t xml:space="preserve">Olivier Desnoes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie N. Peynot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eugénie Canon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AETE 37th annual meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2021, Online, France. AETE-Proceedings-2021, pp.46</w:t>
+              <w:t xml:space="preserve">AETE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Virtual meeting, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04355479v1</w:t>
+                <w:t xml:space="preserve">hal-03367268v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heterochromatin remodeling is essential to enable reprogramming and de-novo establishment of chromatin domains after fertilization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adam Burton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Rodriguez-Terrones</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Brochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carmen Galán</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elias Ruiz-Morales</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chromatin &amp; Epigenetics: Inheritance and Design</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2019, Munich, Germany</w:t>
@@ -9144,342 +9144,342 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02788443v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Resistance of reprogramming after nuclear transfer is mediated by multiple chromatin repressive pathways</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Beaujean</w:t>
+                <w:t xml:space="preserve">Contrasted regulation of pericentromeric hetero chromatin in mouse ground naive and primed pluripotent stem cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matteo Tosolini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Brochard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Adenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Chebrout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarah-Anne David</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Grillo Giacomo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chromatin and Epigenetics: from Mechanism to Function conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2017, Münich, Germany. , pp.1-1, 2017</w:t>
+              <w:t xml:space="preserve">France-Japan Epigenetics Workshop 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2017, Paris, France. , 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01663291v1</w:t>
+                <w:t xml:space="preserve">hal-02786601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contrasted regulation of pericentromeric hetero chromatin in mouse ground naive and primed pluripotent stem cells</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Matteo Tosolini</w:t>
+                <w:t xml:space="preserve">Resistance of reprogramming after nuclear transfer is mediated by multiple chromatin repressive pathways</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Beaujean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah-Anne David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Brochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Martine Chebrout</w:t>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Jullien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Grillo Giacomo</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">John Gurdon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">France-Japan Epigenetics Workshop 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2017, Paris, France. , 2017</w:t>
+              <w:t xml:space="preserve">Chromatin and Epigenetics: from Mechanism to Function conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2017, Münich, Germany. , pp.1-1, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId279" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02786601v1</w:t>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01663291v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The different states of mouse in vitro pluripotency adopt diverse epigenetic programs to tightly control heterochromatin regions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matteo Tosolini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Brochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine M. Chebrout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Adenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9560,51 +9560,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Kiefer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anais Vitorino Carvalho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Aguirre-Lavin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maëlle Pannetier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9659,77 +9659,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intervention du cytosquelette de la cellule donneuse dans les remaniements nucléaires lors du clonage somatique : Les filaments intermédiaires sont-ils un obstacle ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Gall-Pouget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Brochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie S. Ruffini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud R. Fleurot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Vignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9816,51 +9816,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Somatic Reprograming by Nuclear Transfer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Brochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Beaujean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ancelin Katia; Borensztein Maud. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Epigenetic Reprogramming during mouse development</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2214, Humana, pp.109-123, 2021, Methods in Molecular Biology, 978-1-0716-0958-3. </w:t>
@@ -9898,64 +9898,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nuclear transfer in the mouse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent V. Brochard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zichuan Z. Liu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nuclear reprogramming: Mehtods and Protocols</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1222 (2 ed.), </w:t>
             </w:r>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
@@ -10171,51 +10171,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05510050v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Brochard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Galle" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Jouneau" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.60675/yrr0-6e39/sn20260212-12r/short-notes" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05421401v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Baquerre" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Apolline Delahaye" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Nuttinck" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Jean" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrd.70073" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04127723v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shady Younis" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#229;rten Larsson" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Oudin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jihad Omar" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2216799120" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03714680v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=King Hang Tommy Mau" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donja Karimlou" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Barneda" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Royer" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-31323-2" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03767167v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Pailles" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Hirlemann" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Chebrout" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Oudin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-17730-x" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03954506v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zehra Esra Ilhan" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lapaque" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Auvin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Lepage" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nbd.2022.105664" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-03787581v2" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Martin-Gallausiaux" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Garcia-Weber" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Lashermes" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Larraufie" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovica Marinelli" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19490976.2022.2110639" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03251478v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Charpigny" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Marquant-Le Guienne" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Richard" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Adenot" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier O. Dubois" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcell.2021.672948" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508171v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Bell" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward W. Curry" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wout Megchelenbrink" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Jouneau" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-14916-7" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02903653v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Burton" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Gal&#225;n" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elias Ruiz-Morales" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quirze Rovira" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41556-020-0536-6" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618323v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. May-Panloup" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. F. Hamel" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Desquiret-Dumas" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chupin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/humrep/dez123" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02616937v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale May-Panloup" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Hamel" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Desquiret-Dumas" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Chupin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/humrep/dez054" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02309000v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Tosolini" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent V. Brochard" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine M. Chebrout" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giacomo Grillo" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-23822-4" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607631v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Jullien" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Munender Vodnala" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Pasque" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mami Oikawa" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kei Miyamoto" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molcel.2017.01.030" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193858v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Cl&#233;mence Veillard" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hendrik Marks" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreia Sofia Bernardo" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Lalo&#235;" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/scd.2013.0639" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190583v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Fr&#246;hlich" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miwako K&#246;sters" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Graf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eckhard Wolf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julianna Kobolak" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprot.2013.03.015" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-F71BFNF9-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000913v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zichuan Z. Liu" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tang T. Hai" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiangpeng X. Dai" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoyang X. Zhao" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yingying Y. Wang" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ydbio.2012.05.027" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000779v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karlla Mason Ribeiro-Mason" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Boulesteix" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Aguirre-Lavin" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Salvaing" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/cell.2011.0071" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000771v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien J. Maruotti" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta M. Mu&#241;oz" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine S. Degrelle" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrique E. G&#243;mez" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire C. Louet" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrd.22051" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000917v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eszter E. Posfai" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rico R. Kunzmann" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik E. Cabuy" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/gad.188094.112" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000765v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Gall Pouget Gall" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie S. Ruffini" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Laffont" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud R. Fleurot" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/cell.2012.0027" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001312v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constance C. Ciaudo" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile O. Sismeiro" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1261/rna.028878.111" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000287v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ganier" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane S. Bocquet" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle I. Peiffer" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe P. Arnaud" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1100733108" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664747v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Maruotti" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiang Peng Dai" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun Liu" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/stem.400" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00490154v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maite M. Rielland" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine M.-C. Lacroix" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Paul J. P. Renard" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ydbio.2009.07.022" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02610646v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid W. Maalouf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Renard" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Debey" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-213X-9-11" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00490600v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00489695v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654800v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Martin" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Beaujean" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe C. Audouard" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Zink" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ydbio.2006.01.009" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02610648v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02610674v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Mign&#233;" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrd.20506" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-CW645CQ9-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03048850v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qi Zhou" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Camus" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda L. Maulny" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/dev.02317" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678242v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=- Qi Zhou" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Le Friec" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.1088313" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675532v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Baran" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.E. Fl&#233;chon" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674823v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05297686v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Barolle" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Giraudat" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Bureau" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Guigui" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/humrep/deaf097.534" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05219660v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Lebel" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04330599v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Duranthon" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Archilla" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Gatien" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Aubert-Frambourg" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04330661v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deno&#235;s Olivier" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02460141v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Azuara" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ed Curry" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02475154v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734473v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Bonnet-Garnier" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786605v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02796527v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Louet" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536465v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Le Bourhis" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fernandez-Gonzales" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Dube" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797250v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Serrano" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamila Benkeddache" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019613v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreia Bernado" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Pedersen" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019186v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernado Andreia" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Pr&#233;zelin" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Boulanger" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019065v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maite Rielland" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hai Tang" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821024v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821021v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tang Hai" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jie Hao" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824846v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02822828v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817086v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid E. Maalouf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liu Zichuan" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752698v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zichuan Liu" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755589v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Pascale M. P. Debey" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Zink" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/cr.2008.114" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756294v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W.E. Maalouf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Martin" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752489v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759582v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762323v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04736507v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Barolle" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Bureau" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Guigui" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Balondrade" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03814143v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03814160v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03470767v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03224917v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03367268v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Desnoes" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie N. Peynot" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Canon" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04355479v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Desno&#235;s" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02958517v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Rodriguez-Terrones" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738050v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guenha&#235;l Sanz" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Daniel" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Aubri&#232;re" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Letheule" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cost-cellfit.eu/services/annual-meeting-2018" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788443v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01663291v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah-Anne David" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Jullien" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Gurdon" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786601v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grillo Giacomo" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741330v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741293v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Dube Dub&#233;" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Kiefer" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Vitorino Carvalho" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Pannetier" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824792v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Gall-Pouget" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Vignon" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02947917v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-0958-3_8" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800118v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.springer.com/life+sciences/cell+biology/book/978-1-4939-1593-4" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-1594-1_1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05510050v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Brochard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Galle" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Jouneau" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.60675/yrr0-6e39/sn20260212-12r/short-notes" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05297686v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Barolle" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Giraudat" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Bureau" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Guigui" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/humrep/deaf097.534" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05219660v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Lebel" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04330599v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Duranthon" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Archilla" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Laffont" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Gatien" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Aubert-Frambourg" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04330661v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deno&#235;s Olivier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02460141v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Azuara" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Bell" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ed Curry" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wout Megchelenbrink" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02475154v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Pailles" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Chebrout" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Adenot" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734473v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Tosolini" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Bonnet-Garnier" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786605v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02796527v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Louet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536465v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Lalo&#235;" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Le Bourhis" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fernandez-Gonzales" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Dube" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797250v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Beaujean" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent V. Brochard" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Serrano" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamila Benkeddache" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019186v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Cl&#233;mence Veillard" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernado Andreia" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Pr&#233;zelin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Boulanger" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019613v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreia Bernado" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Jouneau" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Pedersen" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019065v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maite Rielland" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hai Tang" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02822828v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Maruotti" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821021v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tang Hai" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jie Hao" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qi Zhou" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821024v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824846v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817086v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid E. Maalouf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liu Zichuan" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Salvaing" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Paul J. P. Renard" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752698v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zichuan Liu" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755589v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid W. Maalouf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zichuan Z. Liu" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Pascale M. P. Debey" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Zink" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/cr.2008.114" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756294v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W.E. Maalouf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Martin" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752489v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maite M. Rielland" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda L. Maulny" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762323v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Martin" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Zink" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759582v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05421401v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Baquerre" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Apolline Delahaye" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Nuttinck" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Jean" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrd.70073" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04127723v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shady Younis" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#229;rten Larsson" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Oudin" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jihad Omar" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2216799120" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03767167v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Hirlemann" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Oudin" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-17730-x" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03714680v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=King Hang Tommy Mau" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donja Karimlou" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Barneda" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Royer" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-31323-2" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03954506v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zehra Esra Ilhan" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lapaque" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Auvin" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Lepage" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nbd.2022.105664" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-03787581v2" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Martin-Gallausiaux" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Garcia-Weber" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Lashermes" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Larraufie" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovica Marinelli" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19490976.2022.2110639" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03251478v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Charpigny" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Marquant-Le Guienne" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Richard" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier O. Dubois" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcell.2021.672948" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02903653v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Burton" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Gal&#225;n" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elias Ruiz-Morales" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quirze Rovira" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41556-020-0536-6" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508171v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward W. Curry" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-14916-7" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618323v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. May-Panloup" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. F. Hamel" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Desquiret-Dumas" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chupin" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/humrep/dez123" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02616937v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale May-Panloup" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Hamel" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Desquiret-Dumas" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Chupin" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/humrep/dez054" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02309000v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine M. Chebrout" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giacomo Grillo" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-23822-4" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607631v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Jullien" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Munender Vodnala" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Pasque" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mami Oikawa" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kei Miyamoto" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molcel.2017.01.030" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193858v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hendrik Marks" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreia Sofia Bernardo" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/scd.2013.0639" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190583v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Fr&#246;hlich" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miwako K&#246;sters" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Graf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eckhard Wolf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julianna Kobolak" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprot.2013.03.015" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-F71BFNF9-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000917v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eszter E. Posfai" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rico R. Kunzmann" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik E. Cabuy" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/gad.188094.112" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000779v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karlla Mason Ribeiro-Mason" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Boulesteix" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Aguirre-Lavin" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/cell.2011.0071" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000771v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien J. Maruotti" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta M. Mu&#241;oz" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine S. Degrelle" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrique E. G&#243;mez" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire C. Louet" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrd.22051" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000913v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tang T. Hai" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiangpeng X. Dai" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoyang X. Zhao" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yingying Y. Wang" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ydbio.2012.05.027" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000765v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Gall Pouget Gall" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie S. Ruffini" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud R. Fleurot" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/cell.2012.0027" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001312v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constance C. Ciaudo" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile O. Sismeiro" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1261/rna.028878.111" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000287v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ganier" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane S. Bocquet" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle I. Peiffer" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe P. Arnaud" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1100733108" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664747v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiang Peng Dai" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun Liu" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/stem.400" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00490600v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine M.-C. Lacroix" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02610646v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Renard" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Debey" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-213X-9-11" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00490154v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ydbio.2009.07.022" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00489695v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03048850v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Camus" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/dev.02317" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02610674v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Mign&#233;" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrd.20506" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-CW645CQ9-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02610648v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe C. Audouard" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ydbio.2006.01.009" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654800v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678242v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=- Qi Zhou" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Le Friec" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.1088313" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675532v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Baran" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.E. Fl&#233;chon" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674823v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04736507v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Barolle" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Bureau" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Guigui" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Balondrade" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03814143v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03814160v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04355479v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Desno&#235;s" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie N. Peynot" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Canon" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03470767v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03224917v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03367268v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Desnoes" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02958517v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Rodriguez-Terrones" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738050v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guenha&#235;l Sanz" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Daniel" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Aubri&#232;re" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Letheule" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cost-cellfit.eu/services/annual-meeting-2018" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788443v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786601v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grillo Giacomo" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01663291v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah-Anne David" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Jullien" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Gurdon" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741330v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741293v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Dube Dub&#233;" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Kiefer" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Vitorino Carvalho" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Pannetier" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824792v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Gall-Pouget" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Vignon" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02947917v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-0958-3_8" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800118v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.springer.com/life+sciences/cell+biology/book/978-1-4939-1593-4" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-1594-1_1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>