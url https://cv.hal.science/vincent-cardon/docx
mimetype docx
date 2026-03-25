--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -411,183 +411,183 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03642064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emploi flexible et protection sociale. Les retraites des artistes intermittents du spectacle</w:t>
+                <w:t xml:space="preserve">Bounded Futures: Growing a Boundary Foreknowledge Infrastructure in Food Security Research</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Cardon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Française de Socio-Economie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, La casse de l’État social mise en lumière par la pandémie. Retour sur un lent processus de délitement, Hors-série, pp.299-319. </w:t>
+              <w:t xml:space="preserve">Science Technology and Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 25 (1), pp.38-66. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/rfse.spe2020.0299⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1177/0971721819889918⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03642075v1</w:t>
+                <w:t xml:space="preserve">hal-03642101v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bounded Futures: Growing a Boundary Foreknowledge Infrastructure in Food Security Research</w:t>
+                <w:t xml:space="preserve">Emploi flexible et protection sociale. Les retraites des artistes intermittents du spectacle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Cardon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science Technology and Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 25 (1), pp.38-66. </w:t>
+              <w:t xml:space="preserve">Revue Française de Socio-Economie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, La casse de l’État social mise en lumière par la pandémie. Retour sur un lent processus de délitement, Hors-série, pp.299-319. </w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1177/0971721819889918⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/rfse.spe2020.0299⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03642101v1</w:t>
+                <w:t xml:space="preserve">hal-03642075v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les revenus des intermittents du spectacle</w:t>
               </w:r>
@@ -874,174 +874,174 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03642078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De l’emploi atypique à la retraite du régime général. Les retraites des intermittents du spectacle</w:t>
+                <w:t xml:space="preserve">Retraites des salariés intermittents des spectacles : plus de bénéficiaires pour des pensions moins importantes au fil des générations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Cardon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Retraite et société</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Culture chiffres</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 2 (2), pp.1-20. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/culc.172.0001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03642082v1</w:t>
+                <w:t xml:space="preserve">hal-03642118v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Retraites des salariés intermittents des spectacles : plus de bénéficiaires pour des pensions moins importantes au fil des générations</w:t>
+                <w:t xml:space="preserve">De l’emploi atypique à la retraite du régime général. Les retraites des intermittents du spectacle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Cardon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Culture chiffres</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Retraite et société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 78, pp.137-157</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/culc.172.0001⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03642118v1</w:t>
+                <w:t xml:space="preserve">hal-03642082v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le déploiement temporel des inégalités de genre dans le monde du journalisme. Une analyse longitudinale</w:t>
               </w:r>
@@ -1272,387 +1272,1434 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01477696v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Notes et avis de consommateurs sur le web. Les marchés à l’épreuve de l’évaluation profane</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean Samuel Beuscart</w:t>
+                <w:t xml:space="preserve">Des projets à la carrière</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Pilmis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Cardon</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marie Trespeuch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Réseaux : communication, technologie, société</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/res.177.0131⟩</w:t>
+              <w:t xml:space="preserve">Sociétés contemporaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, pp.43 - 65. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/soco.091.0043⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03460993v1</w:t>
+                <w:t xml:space="preserve">hal-01176824v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les syndicats du spectacle et le placement dans l'entre-deux-guerres</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Notes et avis de consommateurs sur le web. Les marchés à l’épreuve de l’évaluation profane</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Beauvisage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Samuel Beuscart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Cardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Grégoire</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Mellet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Trespeuch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le Mouvement social</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/lms.243.0019⟩</w:t>
+              <w:t xml:space="preserve">Réseaux : communication, technologie, société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 1 (177), pp.131 - 161. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/res.177.0131⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05289254v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03460993v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des projets à la carrière</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les syndicats du spectacle et le placement dans l'entre-deux-guerres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Cardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Grégoire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sociétés contemporaines</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, pp.43 - 65. </w:t>
+              <w:t xml:space="preserve">Le Mouvement social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, n° 243 (2), pp.19-30. </w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/soco.091.0043⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/lms.243.0019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01176824v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05289254v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (10)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Discontinuités professionnelles en contexte de crise. Atouts et limites d’une enquête panélisée sur les effets sociaux de la pandémie de Covid-19</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Cardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Machut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anton Perdoncin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Vanessa Di Paola; Christophe Guitton. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Crises et transitions : quelles données pour quelles analyses ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CEREQ échanges (23), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">CEREQ; Céreq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.317-328, 2024, 9782111724549. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/11uuc⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04877265v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un ouvrage inclassable ? Présentation de la traduction française</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Cardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Dagiral</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ashveen Peerbaye</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Editions de l'ehess. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Arranger les Choses. Des conséquences de la classification</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 9, pp.11-26, 2023, EHESS-Translations, 978-2-7132-2956-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04319659v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les travailleurs sur site, tous visibles et reconnus ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Cardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Machut</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Personne ne bouge</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UGA Éditions, pp.65-72, 2021, 9782377472437. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.ugaeditions.18582⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03642123v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chapitre 1. Modéliser pour mobiliser</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Cardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Tétart</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Un monde sans faim</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses de Sciences Po, pp.51-71, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/scpo.deray.2021.01.0051⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03642119v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comment la crise sanitaire devient-elle une crise sociale ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Cardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anton Perdoncin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Personne ne bouge</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UGA Éditions, pp.73-81, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.ugaeditions.18597⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03642125v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Making the Most of International Opportunities and Experiences for Researchers’ Training Within a Large, Multinational EU Project: The Students’ Perspective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tania Llera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ian Moncrief</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yochai Isack</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Filiz Yeni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Cardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Practical Tools for Plant and Food Biosecurity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Springer International Publishing, pp.349-361, 2017, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-46897-6_17⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03642129v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The fragmentation of plant and food biosecurity research networks: a scientometric analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Cardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Barbier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Practical Tools for Plant and Food Biosecurity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 8, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">SPRINGER INTERNATIONAL PUBLISHING AG</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Plant Pathology in the 21st Century, 978-3-319-46896-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-46897-6_14⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01784900v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">“This is the girl”. The social division of the recruitment process in the French film industry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Cardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denise Bielby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Violaine Roussel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Lexington Books. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Brokerage and Production in the American and French Entertainment Industries: Invisible Hands in Cultural Markets</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.153-171, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04319666v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Construire la distribution artistique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Cardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wenceslas Lizé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Gwenaëlle Rot; Laure de Verdalle. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le cinéma. Travail et organisation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, La Dispute, 2013, 978-2-84303-237-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04461556v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le court-métrage, entre pari et investissement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Pilmis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Cardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure de Verdalle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Laure de Verdalle; Gwenaële Rot. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Cinéma. Travail et organisation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, La Dispute, pp.93 - 110, 2013, 9782843032370</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03568737v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (13)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Discontinuités professionnelles en contexte de crise. Atouts et limites d’une enquête panélisée sur les effets sociaux de la pandémie de Covid-19</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Cardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1681,113 +2728,113 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">29èmes Journées du longitudinal, “Crises et transitions: quelles données pour quelles analyses”</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Laboratoire d'Economie et de Sociologie du Travail et Céreq, Jun 2024, Aix-en-provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04877274v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conséquences sociales de la crise sanitaire sur le long terme dans le milieu du travail : discontinuités professionnelles, créativité organisationnelle et usages du numérique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Bidart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Cardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Krohmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Machut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1806,402 +2853,402 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque IMPEC, Interactions Multimodales Par ECrans</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Laboratoire d'Economie et de Sociologie du Travail, Jul 2024, Aix-en-provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04873616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sorting Things Out: the challenges of a translation, an introduction”, International conference, “A book defying classification: Sorting Things Out’s legacy, 20 years after</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Cardon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ifris</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04330957v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Project-based Futures: Climate Change and the Development of Agricultural Foresight Models in Loosely Coordinated Organizations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Cardon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4S Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, New Orleans (LA), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04331040v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">“Bounded futures: Growing a Boundary Foreknowledge Infrastructure in Food Security Research”</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Cardon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SASE Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Kyoto (Japan), Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04330995v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’institutionnalisation de l’agroterrorisme. Etude d’une infrastructure molle d’expertise scientifique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Barbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Cardon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7. Congrès de l'Association Française de Sociologie (ASF)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Association Française de Sociologie (AFS). FRA., Jul 2017, Amiens, France. 2 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02296166v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Continuous discontinuation – The DDT Ban revisited</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alix Levain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Benoit Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Barbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Cardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2220,142 +3267,142 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6. International Sustainability Transitions Conference "Sustainability transitions and wider transformative change, historical roots and future pathways"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, University of Sussex. Brighton, GBR., Aug 2015, Brighton, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02507237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le cycle de vie professionnel en régime d'emploi-chômage : le cas des comédiens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Cardon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le cycle de vie professionnel en régime d'emploi-chômage : le cas des comédiens</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2007, Londres (JIST), Royaume-Uni</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00261414v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'artiste en tant que travailleur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Cardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2371,73 +3418,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'artiste en tant que travailleur</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, Valencienne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00261416v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'artiste en tant que travailleur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Cardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2453,1311 +3500,264 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cycle de conférences de l'Ecole des Beaux-Arts de Valenciennes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2007, Valenciennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00261401v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des congés aux retraites ou comment étudier les retraites des artistes à partir des données de la Caisse des Congés Spectacles ? Enjeux méthodologiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Cardon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">« Des congés aux retraites ou comment étudier les retraites des artistes à partir des données de la Caisse des Congés Spectacles ? Enjeux méthodologiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2007, Londres (JIST), Royaume-Uni</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00261415v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le marché du travail des intermittents du spectacle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Cardon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le marché du travail des intermittents du spectacle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2006, Paris (CMB), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00261417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comment définir la prévention des risques professionnels sur un marché du travail désintégré ? Le cas des intermittents du spectacles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Cardon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Comment définir la prévention des risques professionnels sur un marché du travail désintégré ? Le cas des intermittents du spectacles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2006, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00261418v1</w:t>
-              </w:r>
-[...1045 lines deleted...]
-                <w:t xml:space="preserve">hal-03568737v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Traduction (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3788,64 +3788,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arranger les choses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Cardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Dagiral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ashveen Peerbaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Boullier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4098,51 +4098,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Research Dynamics and Knowledge Capacities of Plant-food Biosecurity. A sociological account</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Cardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Barbier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] PlantFoodSec (FP7). 2016, 60 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
@@ -4333,51 +4333,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05279368v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Cardon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Levain" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Pellissier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Dedieu" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Beno&#238;t Joly" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23251042.2025.2484478" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195408v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Machut" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton Perdoncin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03642064v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Frigul" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03642075v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfse.spe2020.0299" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03642101v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0971721819889918" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03642132v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03642113v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03642103v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Prete" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23251042.2017.1374231" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03642078v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfse.020.0101" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03642082v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03642118v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/culc.172.0001" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03642091v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ionela Roharik" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03680811v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soctra.2016.03.019" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01477696v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pilmis" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lobs.044.0024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03460993v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Beauvisage" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Samuel Beuscart" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Mellet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Trespeuch" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/res.177.0131" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05289254v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Gr&#233;goire" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lms.243.0019" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01176824v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/soco.091.0043" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04877274v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04873616v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bidart" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Krohmer" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04330957v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04331040v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04330995v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02296166v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Barbier" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02507237v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Benoit Joly" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00261414v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00261416v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00261401v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00261415v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00261417v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00261418v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04877265v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cereq.fr/collection/cereq-echanges" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11uuc" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04319659v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Dagiral" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashveen Peerbaye" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03642125v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.ugaeditions.18597" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03642119v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles T&#233;tart" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/scpo.deray.2021.01.0051" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03642123v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.ugaeditions.18582" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03642129v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tania Llera" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Moncrief" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yochai Isack" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filiz Yeni" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-46897-6_17" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01784900v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.springer.com/fr/book/9783319468969?wt_mc=ThirdParty.SpringerLink.3.EPR653.About_eBook#otherversion=9783319468976" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-46897-6_14" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04319666v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denise Bielby" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Roussel" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461556v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenceslas Liz&#233;" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03568737v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure de Verdalle" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04281812v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Boullier" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Kotras" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03642177v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03642218v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03642219v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05279368v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Cardon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Levain" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Pellissier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Dedieu" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Beno&#238;t Joly" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23251042.2025.2484478" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195408v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Machut" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton Perdoncin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03642064v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Frigul" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03642101v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0971721819889918" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03642075v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfse.spe2020.0299" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03642132v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03642113v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03642103v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Prete" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23251042.2017.1374231" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03642078v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfse.020.0101" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03642118v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/culc.172.0001" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03642082v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03642091v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ionela Roharik" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03680811v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soctra.2016.03.019" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01477696v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pilmis" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lobs.044.0024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01176824v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/soco.091.0043" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03460993v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Beauvisage" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Samuel Beuscart" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Mellet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Trespeuch" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/res.177.0131" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05289254v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Gr&#233;goire" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lms.243.0019" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04877265v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cereq.fr/collection/cereq-echanges" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11uuc" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04319659v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Dagiral" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashveen Peerbaye" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03642123v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.ugaeditions.18582" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03642119v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles T&#233;tart" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/scpo.deray.2021.01.0051" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03642125v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.ugaeditions.18597" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03642129v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tania Llera" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Moncrief" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yochai Isack" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filiz Yeni" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-46897-6_17" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01784900v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Barbier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.springer.com/fr/book/9783319468969?wt_mc=ThirdParty.SpringerLink.3.EPR653.About_eBook#otherversion=9783319468976" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-46897-6_14" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04319666v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denise Bielby" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Roussel" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461556v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenceslas Liz&#233;" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03568737v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure de Verdalle" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04877274v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04873616v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bidart" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Krohmer" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04330957v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04331040v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04330995v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02296166v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02507237v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Benoit Joly" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00261414v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00261416v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00261401v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00261415v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00261417v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00261418v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04281812v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Boullier" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Kotras" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03642177v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03642218v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03642219v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>