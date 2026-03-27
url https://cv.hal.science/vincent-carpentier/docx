--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Vincent CARPENTIER </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (82)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dans les tourbières du marais des Terriers à Vimont (Calvados). L'extraction de la tourbe en Normandie au Moyen Âge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axel Beauchamp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Germain-Vallée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Glais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéopages : archéologie &amp; société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 50, pp.18-33. </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/146oh⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05090668v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">À propos de l’occupation ancienne du littoral de la Manche : les vestiges du plateau de Ver-Meuvaines (Calvados), du Bronze final au Bas-Empire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Coupard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Archéologique de l'Ouest</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 41, </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/154ya⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05421453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le camp d’internement pour Tsiganes de Montreuil-Bellay (Maine-et-Loire) : première lecture archéologique du futur mémorial de la persécution des nomades en France au cours de la Seconde Guerre mondiale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Célestine Vincelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Archéologique de l'Ouest</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 41, </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/154yd⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05425131v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction [Les civils dans la guerre]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue archéologique de l'Ouest. Supplément</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Supplément 13 (Archéologie des conflits contemporains. Méthodes, apports et enjeux d’une archéologie en construction)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05081826v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelle contribution de l’archéologie à l’histoire d’un champ de bataille de la Seconde Guerre mondiale ? Autour des théâtres des opérations de la bataille de Normandie (6 juin‑29 août 1944)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Labbey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue archéologique de l'Ouest. Supplément</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Supplément 13 (Archéologie des conflits contemporains. Méthodes, apports et enjeux d’une archéologie en construction)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05081799v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'archéologie à l'assaut de la Seconde Guerre mondiale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Recherche</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 557, pp. 88-95</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04517188v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du provisoire qui dure. Réflexions autour de quelques sépultures de la bataille de Normandie à Maltot, « Cote 112 » (Calvados)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Barbeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Labbey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue archéologique de l'Ouest. Supplément</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Supplément 13 (Archéologie des conflits contemporains. Méthodes, apports et enjeux d’une archéologie en construction)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05081780v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D’enclos en villa. Vivre au bord de la baie des Veys, de La Tène au Bas-Empire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Coupard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Barbier-Pain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-France Dietsch-Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Dupont</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Archéologique de l'Ouest</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 40, </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/11w2q⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’archéologie des camps nazis et de la Shoah, tour d’horizon et actualité de la recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue archéologique de l'Ouest. Supplément</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Supplément 13 (Archéologie des conflits contemporains. Méthodes, apports et enjeux d’une archéologie en construction)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05081846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une « ferme-manoir » des XIIIe-XVe s. à Langrune-sur-Mer (Calvados)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Ghesquière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Dervin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élise Séhier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émilie Cavanna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Archéologique de l'Ouest</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 40, </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/11zr4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649745v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Considering Second World War Archaeological Heritage in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Internet Archaeology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 66, </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.11141/ia.66.10⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04515708v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Archéologie des conflits, nécessaire et testamentaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Prilaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atrium : patrimoine &amp; restauration</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 103, pp.60-69</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04665516v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">À propos de l’extraction de la pierre de Caen aux XVe-XVIe s. Étude d’une carrière souterraine de l’ancien quartier de Calix, à Caen (Calvados)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dujardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Clerc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Archéologique de l'Ouest</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 40, </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/11zr2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649750v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Que nous apprend l’archéologie des dépotoirs militaires sur le quotidien de la bataille de Normandie ? Approche « garbologique » d’un front de la Seconde Guerre mondiale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Labbey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Matériaux pour l'histoire de notre temps</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, L’histoire des conflits par les objets - XXe siècle, 147-148, pp.7-18. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/mate.147.0007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04382919v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dossier : Pour une archéologie de la Seconde Guerre mondiale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Brangé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Bolly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Landolt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Labbey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04125623v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les pratiques et les espaces funéraires antiques en Normandie occidentale : premiers résultats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Paez-Rezende</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Jeanne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan Nivez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Piolot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales de Normandie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Far West ? La Normandie antique et les marges nord-ouest de l’Empire romain, 2023/1 (73e Année), pp.161-203. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/annor.731.0161⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02131699v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Été 44, des enfants sous les bombes : quelles traces matérielles ? L’exemple du refuge de la carrière Saingt à Fleury-sur-Orne (Normandie, Calvados)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Nouvelles de l'archéologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 172, pp.80-86</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04349260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour une archéologie de la Seconde Guerre mondiale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Brangé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Bolly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Labbey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 621, pp.26-39</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04556420v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Archéologie de la Seconde Guerre mondiale. Récents développements pour la Normandie (2014‑2020)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Labbey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'Archéologie Contemporaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 2023/1 (2), pp.113-126. </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/raco.002.0113⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04420408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prescrire de l'archéologie préventive sur des sites de la Seconde Guerre mondiale en France. Une politique qui va de soi ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Fichet de Clairfontaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéopages : archéologie &amp; société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Hors série 6, pp.232-243</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03842870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les graffitis du fort Fleur d’Épée (Le Gosier, Guadeloupe)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'Archéologie Contemporaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 2021 (1), pp.11-30</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03703512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malnutrition infantile à la fin de la période laténienne : l’apport de l’examen paléopathologique de la nécropole de Jort (Calvados, Normandie, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boursier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Bougault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Chapelain de Seréville-Niel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Corde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Les 1000 premiers jours de vie dans les populations du présent et du passé, 33 (1), pp.26-33. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/bmsap.7445⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03228913v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vous avez dit Viking ? Le paradoxe des traces attribuées aux Vikings en Normandie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Patrimoine normand</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 118</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03376859v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une archéologie du confinement ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Labbey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Autopsie des morts historiques, 587, pp.4-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188638v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La guerre et la consommation d’alcool</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tessier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéopages : archéologie &amp; société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Alcools, 47, pp.86-93</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02944344v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apports de l’archéologie à la connaisance des économies salicoles sur les côtes de la Manche (Protohistoire-époque Moderne)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéopages : archéologie &amp; société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Les archéologues face à l’économie, Hors-série, 5, pp.140-147</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02446665v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les 75 ans de la bataille de Normandie. Les révélations de l’archéologie des conflits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyrille Billard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Lamache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Dijon. Les révélations de l’archéologie, 577, pp.18-25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02446670v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La maison et l’habitat à la fin du Moyen Âge en Normandie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Brière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéopages : archéologie &amp; société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 46, pp.70-79. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/archeopages.4251⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02466232v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Normands descendent-ils vraiment des Vikings ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pour la science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 469, pp.2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061048v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Archéologie du refuge” ou de “l’enfermement-volontaire”. La carrière-refuge de la brasserie Saingt à Fleury-sur-Orne (Calvados)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dujardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Carozza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Grussenmeyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Nouvelles de l'archéologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 143, pp.59-63. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/nda.3436⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01761047v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le rempart du “Hague Dike”, une limite territoriale de l’âge du Bronze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyrille Damourette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Ghesquière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Vilgrain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéologie, histoire et anthropologie de la presqu’île de la Hague (Manche)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 10, pp.25-50</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traces et absence de traces. L’archéologie moderne face au paradoxe de l’implantation des Vikings en Normandie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nordiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 29, pp.25-43</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061046v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Les camps de prisonniers allemands. Un nouveau champ de recherche pour l’archéologie française »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéopages : archéologie &amp; société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 39, pp.64-69. </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/archeopages.549⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061045v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dives, quelle histoire !</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Dutour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Pays d'Auge</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 63e année, n° 3, p. 6-14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00926495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Dumont et Jean-François Mariotti (dir.), Archéologie et histoire du fleuve Charente ; Taillebourg – Port d’Envaux : une zone portuaire du haut Moyen Âge sur le fleuve Charente, Dijon, Éditions universitaires de Dijon, 2013, 316 p. (Art, Archéologie & Patrimoine). ISBN : 978-2-36441-033-6 ; prix : 38 €</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéologie médiévale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, pp.325</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061004v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meirion-Jones G., 2013 – La demeure seigneuriale dans l’espace Plantagenêt. Salles, chambres et tours, Rennes, PUR, coll. Art & Société, 2013, 485 p. (ISBN 978-2-7535-2113-1)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Archéologique de l'Ouest</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, pp.317-318</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Halte au pillage !, sous la direction de G. Compagnon, préface de J.-L. Le Quellec, Paris, Errance, collection des Hespérides, 2011 (446 pages, 32 euros) (Pour la Science, n° 407, « À lire »)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pour la science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, pp.94</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Vikings en Normandie : archéologie d'un paradoxe identitaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dossiers d'Archéologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 344, p. 72-77</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00633463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Vikings de la Seine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pour la science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 402, p. 38-44</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00633459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Compagnon, G., 2010 - Halte au pillage !, Paris, Errance, coll. « Les Hespérides », 446 p. (ISBN 978-2-87772-433-3, 32 €) », Revue archéologique de l’Ouest, n° 28, « Comptes-rendus »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Archéologique de l'Ouest</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, pp.290-291</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Middle to Late Holocene landscape changes and geoarchaeological implications in the marshes of the Dives estuary (NW France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Lespez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Clet-Pellerin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Davidson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Hermier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaternary International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 216 (1-2), pp.23-40. </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.quaint.2009.06.018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00491015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trois documents inédits sur les salines de la Dives (XIIe-XIVe siècle)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tabularia : Sources écrites des mondes normands médiévaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 10, p. 1-36</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00633455v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Évolution des formes de l'exploitation agricole dans la campagne normande (2500-30 avant J.-C.). L'exemple des fouilles préventives de la périphérie sud de Caen »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. van den Bossche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Archéologique de l'Ouest</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 26, pp.57-83. </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/rao.813⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00463741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La basse Dives et ses riverains des origines aux temps modernes. Archéologie environnementale des zones humides et littorales »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéopages : archéologie &amp; société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 23, p. 6-11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00463083v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La consommation des produits de la mer. Quelques données archéologiques récentes en Basse-Normandie »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéopages : archéologie &amp; société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 26, pp.6-15</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Aspects de la vie domestique et agricole médiévale aux confins de la Normandie et du Maine : Le site d'Arçonnay “Parc Saint-Gilles” (Sarthe) autour du XIIe siècle »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Giazzon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Archéologique de l'Ouest</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 26, pp.57-83. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/rao.924⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00463742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Des hommes aux champs »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Archéologue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 97, p.40-43</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00463081v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La presqu'île de La Hague à l'âge du Bronze : le “Hague Dike“ »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Ghesquière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin du groupe de recherches archéologiques du Cotentin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 12, p. 24-27</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00462764v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le site de Plomb ‘'le Mesnil'' (Manche), IXe-XIIe siècle. Regard sur l'habitat rural du haut Moyen Âge dans l'Ouest français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéologie médiévale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, t. 37, p. 1-52</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00300473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les marais de la Dives : contribution interdisciplinaire à l'histoire d'un espace productif et de ses mutations paysagères sur le temps long</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Lespez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Maertens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aestuaria</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, n°9, p. 227-244</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00445321v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Fouilles et prospections récentes, un atelier de bouilleur de sel gaulois »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Le Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Duclos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin du groupe de recherches archéologiques du Cotentin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 12, p. 30-31</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00462735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un hameau au bord de la Seine normande : Bouafles, Les Mousseaux (Eure), XIe-XIIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéologie médiévale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, t. 36, p. 123-158</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00300313v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un atelier de bouilleur de sel gaulois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Jeanne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Le Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de la Manche</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, t. 47, fasc. 190, pp.40-41</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00010083v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« L’apport des fouilles extensives à la connaissance des campagnes entre Évreux et le Vieil Évreux : l’exemple de la ZAC du Long Buisson »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Giazzon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Guillier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Lepaumier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Lourdeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Haute Normandie archéologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 10, pp.9-20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061042v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'apport des fouilles extensives à la connaissance des campagnes entre Evreux et le Vieil Evreux : l'exemple de la ZAC du Long Buisson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Giazzon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Guillier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Lepaumier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Lourdeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Haute Normandie archéologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 10, pp.9-20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00010085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« L’évolution d’un terroir du Néolithique au Moyen Âge à Évreux »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Lepaumier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéopages : archéologie &amp; société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 14, pp.24-33</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061036v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Note sur un graffito gallo-romain découvert au Mans (Sarthe) »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Archéologique de l'Ouest</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 21, pp.121-130. </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/rao.2004.1176⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061035v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un atelier de bouilleur de sel à Fermanville (Manche). Premier regard sur les sauniers gaulois du Nord-Cotentin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Ghesquiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de l'AMARAI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 17, p. 39-53</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00261604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Archéologie Médiévale, Paris, CNRS, 2003, t. 33, 367 p., ill., 39 € »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire &amp; sociétés rurales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, pp.153-155</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02060990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sépultures de “pêcheurs” de l’Âge du Bronze ancien à Bénouville “les Hautes Coutures” (Calvados)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Ghesquière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société préhistorique française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 101 (2), pp.305-323. </w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/bspf.2004.12994⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un établissement agricole à caractère &amp;quot;aristocratique&amp;quot; du Second Âge du Fer à Saint-Martin-des-Entrées (Calvados)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Marigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Lepaumier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Clément-Sauleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Matterner-Seck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Archéologique de l'Ouest</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 21, pp.63-64. </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/rao.2004.1174⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00261517v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Isabelle Cattedu (dir.), Les Habitats carolingiens de Montours et la Chapelle-Saint-Aubert (Ille-et-Vilaine), Paris, Éditions de la Maison des Sciences de l’Homme, « Documents d’archéologie française, 89 », 2001, 235 p., ill., cartes, 40 euros », Histoire et Sociétés Rurales, n° 22, &amp;quot;Comptes-rendus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire &amp; sociétés rurales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, pp.156-159</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02060995v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La fraude entre la pointe de La Hague et l’île d’Aurigny : l’exemple de la cache de fraudeur d’Omonville-la-Petite (Manche) »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Fosse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Juhel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Ghesquière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de l'AMARAI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 16, pp.47-55</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061030v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Agneaux « Bellevue » (Manche), un établissement rural bas-normand du VIIe s. »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Ghesquière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Archéologique de l'Ouest</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 20, pp.171-189</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061031v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agneaux &amp;quot;Bellevue&amp;quot; (Manche), un établissement rural bas-normand du VIIe s.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Ghesquiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Archéologique de l'Ouest</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 20, pp.171-190</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00123419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'occupation des campagnes entre Evreux et le Vieil-Evreux. L'exemple des fouilles de la ZAC du Long-Buisson : les premiers résultats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Haute Normandie archéologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, Bulletin n° 8, p. 45-50</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00261599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un habitat des XIe-XIIe siècles dans la campagne d'Argentan (Orne)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéologie médiévale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, t. 32, p. 69-103</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00261188v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enclos et souterrain du second Âge du Fer dans la plaine de Caen, l'exemple de Cormelles-le-Royal (Calvados)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Marcygny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Savary</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Archéologique de l'Ouest</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 19, pp.37-60. </w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/rao.2002.1191⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00261233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« À propos de la batellerie augeronne médiévale et moderne. Recherches sur les embarcations traditionnelles de la Dives et la Touques »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société historique de Lisieux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 51, pp.10-24</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061028v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Reprise des fouilles sur l’île Tatihou « La Plaine » (Manche). Établissement agricole de l’Âge du Bronze et habitat médiéval en milieu littoral et insulaire »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Ghesquière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de l'AMARAI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 15, pp.67-98</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061025v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Graffitis marins des églises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Ghesquière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 394, pp.30-39</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061024v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« À propos de la pêche en Basse-Normandie : note sur six plombs découverts sur l’estran entre Jonville et l’île Tatihou (Manche) »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Ghesquière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de l'AMARAI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 14, pp.93-100</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061020v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Un lot de céramiques des XIIIe-XIVe siècles à Buré « La Harache » (Orne) »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Ghesquière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hincker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Archéologique de l'Ouest</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 18, pp.187-200. </w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/rao.2001.1163⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061017v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Témoins d'occupation domestique du Néolithique ancien à Pont/Plomb &amp;quot;Le Champ Hardy&amp;quot; (Manche)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Ghesquière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Giazzon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Archéologique de l'Ouest</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 18 (1), pp.5-12. </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/rao.2001.1155⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02060257v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Le site du « Mesnil » à Plomb (Manche). À travers 2000 ans d'occupation dans la campagne de l'Avranchin »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéopages : archéologie &amp; société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 3, pp.20-25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061022v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Graffiti marins et lecture ethnographique des comportements maritimes aux XVIIIe-XIXe s. L’exemple de « Maltot » à Réville (Manche) »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Ghesquière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Archéologique de l'Ouest</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 18, pp.211-217. </w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/rao.2001.1165⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061019v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Un cas d’occupation du sol à l’époque carolingienne : le site du « Mesnil » à Plomb »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de l'Avranchin et du pays de Granville</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 77 (384), pp.177-188</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061013v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Des hommes et des baleines sur les côtes de Basse-Normandie de l’Antiquité à la fin du Moyen Âge »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin du groupe mammalogique normand</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 57, pp.12-35</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061014v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Les occupations médiévale et moderne de l'Ile Tatihou à Saint-Vaast-la-Hougue (Manche). Résultats 1998-99 »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Détrée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Ghesquière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de l'AMARAI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 13, pp.71-82</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Carnet de fouilles - Vivoin (Sarthe), Le Grand Coudray »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Archéologue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 41, pp.71-72</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061012v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Une occupation du haut Moyen Âge dans le Bocage normand à Saint-Ouen-des-Besaces (Calvados) »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Archéologique de l'Ouest</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 16, pp.209-226. </w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/rao.1999.1093⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061011v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Une écaude des marais de la Dives »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Ghesquière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Chasse-marée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, Le Chasse-Marée, n° 119, pp.67</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061009v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (38)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche sanitaire d’une population de jeunes immatures datant de La Tène finale : la nécropole de Jort (Calvados)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boursier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Bougault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Chapelain de Seréville-Niel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Corde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1845e Journées de la Société d’Anthropologie de Paris, 27-31 janvier 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société d'Anthropologie de Paris, Jan 2020, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03238677v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la fin d’un mythe au renouveau de l’archéologie viking en Normandie : l’exemple du Hague-Dike</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Normandie existe-t-elle ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jean-Baptiste Auzel, Nov 2017, Saint-Lô, France. pp.197-215</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02447784v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apports récents du diagnostic à l'archéologie de la Seconde Guerre mondiale : quelques exemples et réflexions pour la région Normandie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Labbey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tessier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Besnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le diagnostic comme outil de recherche : 2e séminaire scientifique et technique de l'Inrap</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, David Flotté; Cyril Marcigny, Sep 2017, Caen, France. 13 p., </w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.34692/wyd6-np90⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02446936v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un puzzle à grande échelle ? Caen, sa plaine et la vallée de l’Orne du Néolithique au XXe siècle : retour critique sur 20 ans d’expérience, de l’acquisition à la modélisation des données archéologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Flotté</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’archéologie préventive post-Grands Travaux, Traiter de grandes surfaces fectionnées et discontinues : de l’instruction des dossiers d’aménagements aux modèles spatiaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Châlons-en-Champagne, France. pp.5-30</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02133608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réexamen des « traces vikings » en Normandie : un symbole normand à rude épreuve</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Normandie existe-t-elle ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01942810v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Du mythe colonisateur à l’histoire environnementale des côtes de la Normandie à l’époque viking : l’exemple de l’estuaire de la Dives (France, Calvados), IXe-XIe siècles »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vers l’Orient et vers l’occident ; regards croisés sur les dynamiques et les transferts culturels des Vikings à la Rous ancienne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Caen, France. pp.199-213</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02060908v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Dans quel contexte les Scandinaves se sont-ils implantés en Normandie ? Ce que nous dit l’archéologie de l’habitat rural en Neustrie, du VIIIe au Xe siècle »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vers l’Orient et vers l’occident ; regards croisés sur les dynamiques et les transferts culturels des Vikings à la Rous ancienne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Caen, France. pp.189-198</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02060903v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'habitat rural du haut Moyen Âge en Basse-Normandie. Arrêt sur vingt années de recherches archéologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hincker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées internationales d'Archéologie mérovingienne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Caen, France. p. 183-210</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00926506v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saint-Vigor d'Ymonville (Seine-Maritime) : un habitat mérovingien dans l'estuaire de la Seine (VIIe-VIIIe siècle)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes des XXVIIe Journées internationales d'Archéologie mérovingienne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Caen, France. p. 211-235</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00926511v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Premières réflexions sur la place des enclos mérovingiens de la Plaine de Caen dans l'évolution des espaces ruraux de la Basse-Normandie sur le temps long</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Des hommes aux champs. Pour une archéologie des espaces ruraux du néolithique au Moyen Âge</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Caen, France. p. 181-193</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00783236v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des hommes aux champs. Pour une archéologie des espaces ruraux du néolithique au Moyen Âge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Des hommes aux champs. Pour une archéologie des espaces ruraux du néolithique au Moyen Âge</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Caen, France. p. 15-19</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00783237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">À propos des céramiques de type Saxon Ware de Bourguébus (Calvados) et de la Plaine de Caen : leur signification pour l'histoire d'une immigration anglo-saxonne en Normandie au VIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes du 45e Congrès SHAN, Saint-Sauveur-le-Vicomte, 20-24 octobre 2010, Louviers,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Saint-Sauveur-le-Vicomte, France. p. 75-81</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00652007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La gestion des ressources piscicoles de l'abbaye de Saint-Évroult au XVIIIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Fajal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Foucher</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes de la Journée de l'Année Saint-Évroult</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2007, L'Aigle, France. p. 81-104</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00633473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Avant, pendant, après et autour du village. Un état des lieux de l'archéologie des habitats ruraux des VIe-XIIe siècles en Basse-Normandie »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire du Craham, Histoire, archéologie et civilisations des mondes anciens et médiévaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2009, CAEN, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00489029v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La gestion des ressources piscicoles d'une abbaye normande au XVIIIe siècle d'après un registre d'exploitation inédit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Fajal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Foucher</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes des XXVIIIe rencontres internationales d'archéologie et d'histoire d'Antibes, 18-20/10/2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Antibes, France. p. 91-99</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00332442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Habitat paysan et vie quotidienne aux portes d'Argentan, à travers quelques données archéologiques récentes (XIe-XIIe siècles)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Ghesquiere</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Argentan et ses environs au Moyen Âge. Approche historique et archéologique, Actes de la journée d'étude tenue à Argentan le samedi 29 mars 2003</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2003, Argentan, France. p. 55-79</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00463101v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trajectoire des paysages des vallées normandes et gestion de l'eau, du Néolithique aux enjeux de la gestion contemporaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Lespez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Cador</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Clet-Pellerin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Anne Germaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Trajectoire des paysages des vallées normandes et gestion de l'eau, du Néolithique aux enjeux de la gestion contemporaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Chilhac, France. pp.61-75</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00292308v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Pour une archéologie des espaces ruraux dans le nord de la France, du Néolithique au Moyen Âge »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Des hommes aux champs. Pour une archéologie des espaces ruraux dans le nord de la France, du Néolithique au Moyen Âge, Table-ronde de Caen, 8 et 9 octobre 2008 (Musée de Normandie, château de Caen, Auditorium des Beaux-Arts)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2008, CAEN, France. p. 3-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00463100v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aménagements hydrauliques et production de poisson à Saint-Evroult à la fin de l'ancien régime</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Fajal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Foucher</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication présentée dans le cadre de l'année Saint-Evroult à la journée d'études organisée par le Conseil général de l'Orne (Archives départementales)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2007, Aigle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00336620v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les marais de la basse vallée de la Dives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Lespez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Maertens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes du 1er colloque international du Groupe d'Histoire des Zones Humides (Le Blanc, Indre, 20-22 oct. 2005)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Le Blanc, Indre, France. p. 213-230</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00273719v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les marais de la basse vallée de la Dives. Contribution interdisciplinaire à l'histoire d'un espace productif et de ses mutations paysagères sur le temps long</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Lespez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Maertens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes du 1er colloque international du Groupe d'Histoire des Zones Humides (Le Blanc, Indre, 21-23 oct. 2005)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Le Blanc, Indre, France. p. 213-230</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00300492v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Images antiques, médiévales et modernes de la consommation des produits de la mer. Quelques données archéologiques récentes en Basse-Normandie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes du colloque du Musée maritime de l'île Tatihou (2-4 oct. 2003), Caen, CRHQ</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, Caen, France. p. 57-75</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00300479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« L'habitat rural du haut Moyen Âge en Basse-Normandie. Arrêt sur vingt années de recherches archéologiques »,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hincker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXVIIe Journées internationales d'Archéologie mérovingienne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, CAEN, France. p. 75-76</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00463088v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La maison paysanne en Normandie IVe-XIIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire "Sociétés, environnement et Espaces ruraux"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2006, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00271083v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la garenne au gabion. L'exploitation des oiseaux sauvages dans le marais de l'abbaye bénédictine de Saint-Martin de Troarn (Calvados) depuis le XIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes du colloque de Lille, tenu du 16 au 19 octobre 2003</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, Lille, France. p. 181-202</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00300320v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« L’habitat rural du haut Moyen Âge en Basse-Normandie : bilan de vingt années de recherches archéologiques régionales »,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hincker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Résumés des communications présentées aux XXVIIe Journées internationales d’Archéologie mérovingienne (Caen, 29 sept. – 1er oct. 2006)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AFAM, Sep 2006, Caen, France. pp.75-76</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02060894v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Saint-Vigor d'Ymonville (Seine-Maritime) : un habitat mérovingien dans l'estuaire de la Seine (VIIe-VIIIe siècle) »,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXVIIe Journées internationales d'Archéologie mérovingienne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, CAEN, France. p. 77-78</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00463086v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les fouilles extensives du Long-Buisson, entre Évreux et Le Vieil-Évreux (Eure)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes de la table ronde des 14 et 15 juin 2005 à Châlons-en-Champagne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Châlons-en-Champagne, France. p. 57-60</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00300393v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saint-Vigor-d'Ymonville &amp;quot;La Mare des Mares&amp;quot; (Seine-Maritime, Pays de Caux) : un clos masure et sa briqueterie (XIXe-XXe siècles)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Gaumé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Chantreuil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes du 39e Congrès "Les arts du Feu en Normandie", Annales de Normandie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Caen, France. pp.103-116</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00010129v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La métallurgie du Haut Moyen Âge : l'exemple de l'atelier métallurgique du site de la ZAC du Long Buisson à Guichainville, du VIe au VIIIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Dunikowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nolwenn Zaour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes du 39e congrès des Sociétés historiques et archéologiques de Normandie (Eu, 21-24 oct. 2004)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Caen, France. p. 285-300</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00272121v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apports récents de l'archéologie à la connaissance des maisons rurales des XVIIIe et XIXe siècles en Normandie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Gaumé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Ghesquière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes du colloque de Rennes 2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2002, Rennes, France. pp.99-114</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00272122v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Saint-Vigor-d'Ymonville “La Mare des Mares“ : un clos-masure et sa briqueterie (XIXe-XXe siècles) »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">É. Gaumé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Chantreuil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Arts du feu en Normandie, Actes du 39e congrès des Sociétés historiques et archéologiques de Normandie (Eu, 21-24 oct. 2004)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2004, CAEN, France. p. 103-116</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00463098v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Les pieds dans l'eau. Aspects de l'exploitation du littoral à l'embouchure de la Dives au Moyen Âge »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ils vivent avec le rivage ; pêche côtière et exploitation du littoral, Actes du Colloque tenu au Musée maritime de l'Île Tatihou (29 juin-1er juil. 2000)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2000, Caen, France. pp.93-106</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02060882v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La maîtrise des eaux dans les marais de la Dives à la fin du XIIIe siècle. Un aspect de l'histoire du paysage en milieu humide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes du XXXVIIIe Congrès des Sociétés Historiques et Archéologiques de Normandie (Pont-Audemer, 20-22 oct. 2002)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, Pont-Audemer, France. p. 269-284</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00271718v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exemples d'architecture civile des XIe-XIIe s. à Argentan (Orne)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Ménager</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes des tables rondes de Rouen et Norwich (1998-1999)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, Rouen, France. p. 111-122</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00271144v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le portus de Dives-sur-Mer : naissance et physionomie d'un port ducal autour de 1066</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes du Colloque international et pluridisciplinaire du Havre (24-25 mai 2001)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, Le Havre, France. p. 83-95</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00271400v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« L'habitat du haut Moyen Âge de Saint-Ouen-des-Besaces (Calvados) »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée archéologique de Basse-Normandie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 1997, Caen, France. pp.49-53</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02060873v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« L'habitat gallo-romain du « Cap-Ouest » à Rots (Calvados) »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée archéologique de Basse-Normandie, Université de Caen, 30 nov. 1996</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 1996, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02060867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La nécropole de Jort (Calvados) : bilan préliminaire des pathologies d’une population laténienne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Delrue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Bougault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Chapelain de Seréville-Niel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les nouvelles méthodologies en paléopathologie, Colloque du Groupe des Paléopathologistes de Langue Française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Rouen, France. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02139372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des Hommes aux Champs I. Pour une archéologie des espaces ruraux du Néolithique au Moyen Âge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes de la table ronde de Caen (octobre 2008)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.459, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02793317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Archéologie des conflits contemporains. Méthodes, apports et enjeux d’une archéologie en construction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyrille Billard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Jacquemot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Landolt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Legendre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue archéologique de l'Ouest. Supplément</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Supplément 13, 516 p., 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05081708v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (16)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pont-de-l'Arche et le fort d'Alizay-Igoville (Eure). Les fortifications de la Seine normande, de l'âge viking à la guerre de Cent Ans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses universitaires de Caen. </w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de Caen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Publications du CRAHAM, série Antique et Médiévale, Luc Bourgeois, 978-2-38185-190-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04061723v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atlas archéologique de la France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bouiron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Boissière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Blin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap. </w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éditions Tallandier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.336, 2023, 979-10-210-5938-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (ouvrage de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04445680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour une archéologie de la Seconde Guerre mondiale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">La Découverte, pp.368, 2022, 9782348055768</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03790604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Archéologie du Débarquement et de la bataille de Normandie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap. </w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ouest France</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 144 p., 2019, Histoire, 978-2-7373-7950-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02444858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vikings !</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fourquié J.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Actes Sud, 74 p., 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume le Conquérant. Le dernier Viking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">OREP, 95 p., 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061074v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Archéologie du Débarquement et de la Bataille de Normandie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouest-France, 144 p., 2014, coll. "Histoire"</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061069v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carnets du Jour J. Avec la 6th Airborne Division, de Sword Beach à la Seine, 6 juin-fin août 1944</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Ghesquière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Association Un fleuve pour la Liberté, la Dives, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061067v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un fleuve pour la Liberté, De Sword Beach à la Dives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">OREP, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061065v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">2 histoires de golfs, Deauville et Cabourg-Le Hôme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cahiers du temps, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Archéologie du territoire en France. 8 000 ans d'aménagements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Leveau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Paris, La Découverte, 173 p., 2013, coll. " Archéologies de la France "</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00926518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grains de Sel. Itinéraire dans les salines du littoral bas-normand de la Préhistoire au XIXe siècle,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Orep, pp.224, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02793341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des hommes aux champs. Pour une archéologie des espaces ruraux du néolithique au Moyen Âge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Carpentier V., Marcigny C. (dir.). Rennes, Presses Universitaires de Rennes, 459 p., 2012, coll. " Archéologie et Culture "</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00783241v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Archéologie en Normandie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Ghesquière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions Ouest France, 128 p., 2007, Histoire</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02793024v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grains de sel, Sel et salines de Normandie (préhistoire-XIXe siècle), Entre Archéologie et histoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Ghesquière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Centre de recherches et d’Archéologie d’Alet, spécial, pp.182, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02792743v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Graffitis marins des églises du Val de Saire : Réville, Quettehou, Morsalines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Ghesquière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Musée maritime de l'île Tatihou, 162 p., 2002, 2-9514618-4-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (37)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'archéologie du monde contemporain (1800 à nos jours)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dominique Garcia; Marc Bouiron. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atlas archéologique de la France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éditions Tallandier; Inrap</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.289-315, 2023, 979-10-210-5938-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04445878v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Archéologie de la Seconde Guerre mondiale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dominique Garcia. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Fabrique de la France. 20 ans d’archéologie préventive</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flammarion; Inrap</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.232-239, 2021, 9782080234704. </w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/flam.garci.2021.01.0232⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03376839v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Archaeology, D-Day, and the Battle of Normandy: ‘The Longest Day’, a Landscape of Myth and Materiality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Ghesquière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Labbey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Saunders N. J.; Cornish P. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conflict Landscapes. Materiality and Meaning in Contested Places</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Routledge, In press</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03210986v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Seine des Vikings, fin IXe-début Xe siècle : quelques réflexions autour de découvertes récentes et plus anciennes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Claudie Odille; Marie Marty; Vincent Riquier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Aube, un espace clé sur le cours de la Seine. Actes du colloque ArkéAube, Troyes, 17-19 sept. 2019.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Conseil départemental de l’Aube; Éditions Snoeck, pp.356-367, 2021, 978-94-6161-641-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03552887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« War, crimes and guerilla tactics, paratroopers lost and found, 6 june to 21 august 1944 : three Normandy villages in the eye of the storm » ; « Sergeant Terence Collins » ; « The Liberation »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6 June 1944 : Three Villages of the Pays d’Auge in the Eye of the Storm, Brucourt, Grangues, Périers-en-Auge</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Un fleuve pour la Liberté, pp.4-9, 32-33, 44-49, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188628v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergeant Terence Collins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Trois villages du pays d’Auge dans la tourmente du 6 juin 1944, Brucourt, Grangues, Périers-en-Auge</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Association "Un fleuve pour la Liberté, la Dives"</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.30-31, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02879257v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Libération</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Trois villages du pays d’Auge dans la tourmente du 6 juin 1944, Brucourt, Grangues, Périers-en-Auge</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Association "Un fleuve pour la Liberté, la Dives"</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.42-47, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02879262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guerre, crimes et guérilla, paras perdus et retrouvés, trois villages normands dans la tourmente, 6 juin-21 août 1944</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Trois villages du pays d’Auge dans la tourmente du 6 juin 1944, Brucourt, Grangues, Périers-en-Auge</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Association "Un fleuve pour la Liberté, la Dives"</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.2-7, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02060641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’archéologie des grands conflits mondiaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">J.-P. Demoule, D. Garcia, A. Schnapp. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Une histoire des civilisations, Comment l’archéologie bouleverse nos connaissances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La Découverte/Inrap, pp.516-521, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02060625v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saxon, viking ou pas ? Les tribulations d’un bateau médiéval échoué sur la côte de la Manche, à Fermanville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">F. Journot (dir.), Pour une archéologie indisciplinée. Réflexions croisées autour de Joëlle Burnouf</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Monique Mergoil, pp.57-64, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02060443v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Vikings, premier trait d’union entre vieux et nouveau mondes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">J.-P. Demoule, D. Garcia, A. Schnapp, dir. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Une histoire des civilisations, Comment l’archéologie bouleverse nos connaissances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La Découverte/Inrap, pp.423-427, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02060549v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les fortifications de Vauban sur l’île Tatihou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Fauq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sur le terrain avec les archéologues ; 30 ans de découvertes dans l’ouest de la France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.274-275, 2018, Revue archéologique de l'Ouest</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02060538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction : La Méditerranée du nord ; La Manche et ses rives, de la chute de Rome à l’empire Plantagenêt ; Pirates en Manche ; Migrants, commerçants et voyageurs du haut Moyen âge ; La terreur des Vikings ; Rollon et ses successeurs : la première Normandie ; Guillaume et la conquête de l’Angleterre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Musée maritime de Tatihou. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Manche, fleuve d’échanges</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02060635v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fort Fleur-d’épée ; Graffitis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Patrimoine de la Guadeloupe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, H. Chopin/Fondation Clément, pp.427, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061059v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’immigration scandinave sur le continent au Xe siècle : un invisible archéologique ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">D. Garcia, H. Le Bras, dir. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéologie des migrations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La Découverte - Inrap, pp.255-265, 2017, Actes du colloque international de Paris, Musée de l’histoire de l’immigration, Palais de la Porte dorée, 12-13 novembre 2015, 9782707196507</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02060914v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fort Fleur-d’épée ; Bas-du-Fort</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">DRAC de Guadeloupe, éd. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">111 Monuments historiques de Guadeloupe, Saint-Barthélémy et Saint-Martin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Hervé Chopin, pp.94-95, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061056v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’imaginaire archéologique dans les représentations du phénomène viking en Normandie : faux ou usages de faux ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">E. Ridel, dir. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Vikings dans l’empire franc. Impact, héritage, imaginaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, OREP, pp.97-101, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02060862v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La place de l'archéologie dans une histoire environnementale et humaine de l'estuaire de la Dives au Moyen Âge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lespez L. (éd.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Paysages et gestion de l'eau. Sept millénaires d'histoire de vallées et de plaines littorales en Basse-Normandie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PUC/MRSH, p. 67-82, 2012, coll. " Bibliothèque du Pôle Rural ", 3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00716042v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sources écrites médiévales et reconstitution des dynamiques paysagères des zones humides. Un exemple de transcription commentée : l'enquête du bailli de Caen sur les marais de la Dives en 1295-1297</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lespez L. (éd.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Paysages et gestion de l'eau. Sept millénaires d'histoire de vallées et de plaines littorales en Basse-Normandie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PUC/MRSH, p. 83-104, 2012, coll. " Bibliothèque du Pôle Rural ", 3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00716045v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les marais de la Dives du Mésolithique à nos jours</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Clet-Pellerin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Lespez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Maertens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lespez L. (éd.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Paysages et gestion de l'eau. Sept millénaires d'histoire de vallées et de plaines littorales en Basse-Normandie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PUC/MRSH, p. 173-196, 2012, coll. " Bibliothèque du Pôle Rural ", 3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00716047v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les restes conchyliologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ghesquière E., Marcigny C. (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cairon. Vivre et mourir au néolithique ; la Pierre Tourneresse en Calvados</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Rennes, PUR, p. 152-153, 2011, coll. " Archéologie &amp; Culture "</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00633487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trajectoire des paysages des vallées normandes et gestion de l'eau, du Néolithique aux enjeux de la gestion contemporaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Lespez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Cador</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Clet-Pellerin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.-A. Germaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Galop D. (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Paysage et environnement : de la reconstitution du passé aux modèles prospectifs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Franche-Comté, p. 61-75, 2010, " Annales littéraires ", série " Environnement, Sociétés et Archéologie "</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00716038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Hague aux périodes historiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marcigny C. (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Hague dans tous ses états. Archéologie, histoire et anthropologie de la presqu'île de La Hague</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, OREP Editions, p. 114-129, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00633484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Les établissements gallo-romains. Synthèse. L'occupation antique de l'Étoile dans le contexte de la plaine de Caen »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C.-C. Besnard-Vauterin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Besnard-Vauterin C.-C. (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">En plaine de Caen. Une campagne gauloise et antique. L'occupation du site de l'Étoile à Mondeville</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Rennes, PUR, p. 181-212, 2009, coll. « Archéologie &amp; Culture »</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00463118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Les établissements gallo-romains. La culture matérielle »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C.-C. Besnard-Vauterin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Berthelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Labauje-Jean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Besnard-Vauterin C.-C. (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">En plaine de Caen. Une campagne gauloise et antique. L'occupation du site de l'Étoile à Mondeville</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Rennes, PUR, p. 181-206, 2009, coll. « Archéologie &amp; Culture »</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00463117v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Les établissements gallo-romains. L'organisation générale des vestiges »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C.-C. Besnard-Vauterin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Besnard-Vauterin C.-C. (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">En plaine de Caen. Une campagne gauloise et antique. L'occupation du site de l'Étoile à Mondeville</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Rennes, PUR, p. 163-180, 2009, coll. « Archéologie &amp; Culture »</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00463107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Les “seigneurs du marais”. Regard sur l'encadrement des hommes au bord des marais de la Dives (Calvados) »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">E. Lalou, B. Lepeuple et J.L. Roch. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Des châteaux et des sources : Archéologie et histoire dans la Normandie médiévale, Mélanges en l'honneur d'Anne-Marie Flambard Héricher</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Publications des universités de Rouen et du Havre, p. 223-253, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00463105v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La fouille et l'histoire. Apports récents de l'archéologie à l'histoire de l'habitat rural du haut Moyen Âge en Basse-Normandie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bâtir dans les campagnes : les enjeux de la construction de la protohistoire au XXIe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, pp.153-168, 2007, Bibliothèque du pôle rural, 978-2-9510796-3-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00300482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un souterrain du deuxième Âge du Fer dans son contexte à Cormelles-le-Royal (Calvados)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Juhel V. (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Un souterrain du deuxième Âge du Fer dans son contexte à Cormelles-le-Royal (Calvados)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, t. XXXVIII, Mémoires de la Société des Antiquaires de Normandie, p. 209-218, 2006, Archéologie et prospection en Basse-Normandie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00300325v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gestion de l'eau et dynamique des paysages du Néolithique à nos jours : étude des basses vallées côtières dans le nord-ouest de la France, L'exemple de la basse vallée de la Dives (Calvados)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Lespez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Clet-Pellerin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Guilleux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Geophen, UMR 6554 LETG, Caen. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrosystèmes normands. Livret-Guide de l'excursion 2005 de la commission Hydrosystèmes Continentaux du CNFG</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, p. 55-75, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00273834v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Le projet collectif de recherche : archéologie, histoire et anthropologie de la presqu'île de La Hague : analyse sur la longue durée d'un espace naturel et social cohérent »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Cliquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Ghesquiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Lespez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéologie, histoire et anthropologie de la presqu'île de La Hague (Manche). Analyse sur la longue durée d'un espace naturel et social cohérent. Première année de recherche</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Le Tourp, Maison de La Hague, p. 9-14, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00463103v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le projet collectif de recherche : archéologie, histoire et anthropologie de la presqu'île de La Hague</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Cliquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Ghesquière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Lespez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéologie, histoire et anthropologie de la presqu'île de La Hague (Manche). Première année de recherche 2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Le Tourp, Imprimerie Artistiques Lecaux, pp.9-14, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00010090v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Le Christ saint-Sauveur de Dives : entre l’histoire et la légende. Église Notre-Dame, XIe-XIVe-XVIe siècles »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">M. Callias Bey, J.-F. Détrée, E. Ridel, éd. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hommes et navires dans la lumière du vitrail normand</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Musée maritime de Tatihou, pp.130-131, 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02060861v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Crapois normand. Dauphins et baleines en Basse-Normandie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Musée maritime de Tatihou. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Crapois normand. Dauphins et baleines en Basse-Normandie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 45 p., 2001</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02060850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« L’étude des parcellaires agricoles antiques et médiévaux : l’exemple de Cussy »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Ménager</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cyrille Billard, dir. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Une histoire des campagnes aux portes de Bayeux. Recherches archéologiques menées dans le cadre de la construction de la déviation de la Route Nationale 13</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.47, 2001</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02060855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Saint-Lois du Bas Moyen Âge à la période contemporaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Cliquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Ghesquière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5000 ans d’histoire aux portes de Saint-Lô</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Archives départementales de la Manche, pp.56-57, 2000</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02060840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Le Haut Moyen Âge dans la Manche »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Fichet de Clairfontaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Archives départementales de la Manche. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5000 ans d’histoire aux portes de Saint-Lô</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.56-57, 2000</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02060845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergeant Terence Collins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017, http://www.pegasusarchive.org/normandy/Biog2/Terence_Collins_1.htm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061050v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (43)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume de Normandie. La jeunesse de Guillaume le Conquérant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Ladune</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00926524v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vignes médiévales et/ou modernes à Arçonnay (Sarthe)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012, http://archeologie-vin.inrap.fr/Archeologie-du-vin/Histoire-du-vin/Moyen-Age/Les-sites/p-13277-Vigne</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00783246v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deux fermes médiévales (XIe-XIVe siècle)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012, p. 24-25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00783251v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le manoir de l'île (XVIe-XVIIe siècles)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012, p. 26-27</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00783252v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">(Rapport de fouille) Allonnes (Sarthe), ZAC du Monné &amp;quot; Le Pâtis &amp;quot;. Un enclos de la fin de l'Âge du Fer au sud du Mans, Inrap Grand-Ouest</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Lefort</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012, 120 p. dactyl</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00783261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">(Rapport de fouille) Allonnes (Sarthe), ZAC du Monné, Tranche 1, &amp;quot; site antique &amp;quot; (ZI 3a, 3b, 40, 45, 52 et 66). Établissements et parcellaires de l'Âge du Bronze à l'an mil au sud du Mans, Inrap Grand-Ouest</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élise Sehier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012, 470 p. dactyl</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00783260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des Gaulois aux Gallo-Romains (Ier siècle avant-IIe siècle après J.-C.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012, p. 21</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00783250v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saint-Loup-Hors, Calvados, Les Jardins de Saint-Loup. Vestiges d'une ferme d'époque moderne et d'occupations diachroniques aux portes de Bayeux, RFO de fouille archéologique, INRAP Basse-Normandie, 1 vol. dactyl.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00652014v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cabourg, Avenue Guillaume le Conquérant et Avenue de la Divette, RFO de diagnostic archéologique, INRAP Basse-Normandie, 1 vol. dactyl.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Séhier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00652016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Halte au pillage !, sous la direction de G. Compagnon, préface de J.-L. Le Quellec, Paris, Errance, collection des Hespérides, 2011 (446 p.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011, p. 94</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00633506v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume le Conquérant et l'estuaire de la Dives. Les coulisses d'une conquête</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011, 142 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00633493v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'église de Dives-sur-Mer et ses graffiti marins, du Moyen Âge au XXe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011, 189 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00652021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les paléoenvironnements régionaux du Ier au Ve siècles ap. J.-C.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011, p. 40-44</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00652031v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Antiquité tardive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011, p. 156-163</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00652035v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Friedliche Berserker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011, p. 60-67</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00652027v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'histoire de la baie du Mont-Saint-Michel et de son abbaye, Jean-Claude Lefeuvre et Jean-Paul Mouton, photographies de André Mauxion, préface d'Yves Coppens, Rennes, Éditions Ouest-France, 2009 (288 pages, 300 photos)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2010, p. 102</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00633502v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Moyen Âge à petits pas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2010, 78 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00633491v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saint-Hilaire-Petiville (Manche). Rue du Manoir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009, pp.1 vol. dactyl</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00463171v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Le sel gaulois »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009, p. 78-80</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00463119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Archéologie médiévale en France. Le premier Moyen Âge (Ve-XIe siècle), Isabelle Catteddu, la Découverte, 2009 (177 pages) », Pour la Science, n° 380, juin 2009, « À lire »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009, p. 102</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00463169v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cabourg (Calvados), “Camping de la Plage – Avenue Charles de Gaulle”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008, pp.1 vol. dactyl</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00463166v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Découvertes archéologiques récentes dans l'Orne. Bulletin trimestriel de la Société Historique et Archéologique de l'Orne »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008, p. 391-393</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00463155v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Annie Antoine et Dominique Marguerie (dir.), 2007, Bocages & Sociétés, Actes du colloque organisé à l'Université de Rennes 2 (29, 30 septembre et 1er octobre 2004) par le CERHIO (FRE 3004 – Centre de Recherche Historique de l'Ouest) et le CREAAH (UMR 6566 – Centre de Recherche en Archéologie, Archéosciences et Histoire), Rennes, Presses Universitaires de Rennes, coll. « Espace et Territoires », 509 p. et XXIV de pl. coul. en insert, Revue Archéologique de l'Ouest, 25, « Analyses d'ouvrages »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008, p. 382-388</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00463157v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« L'exploitation du sel des marais de la Dives », in Burnouf J., Archéologie médiévale en France. Le second Moyen Âge (XIIe-XVIe siècle), Paris, La Découverte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008, p. 134</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00463168v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cabourg (Calvados), “Station d'épuration”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008, pp.1 vol. dactyl</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00463167v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">(Analyses d'ouvrages) : « Gérard CHOUQUER, 2008, Traité d'archéogéographie. La crise des récits géohistoriques, Paris, Éditions Errance, 199 p. », Revue Archéologique de l'Ouest, 26</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00489025v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giberville (Calvados), « Delle de derrière l'église ». Vestiges d'occupations à la périphérie du bourg, au bord de la gronde, IIe-XVIIIe siècles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008, pp.1 vol. dactyl</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00463165v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">(compte-rendu) « Marie-Pierre RUAS (coord.), « Cultures des fruits et lieux de culture de l'Antiquité, du Moyen Âge et de l'Époque Moderne. Des savoirs en pratiques, des mots et des images »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00463127v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">(compte-rendu) « Jan KLÁPŠTĚ (éd.), Water management in medieval rural economy / Les usages de l'eau en milieu rural au Moyen Âge, Prague, Institute of Archaeology, Academy of Sciences of the Czech republic, Památky archeologické, Supplementum, 17/Ruralia, V (27 sept.-2 oct. 2003, Villard-Sallet-Lyon), 2005, 269 p., Histoire & Sociétés Rurales, n° 27 1er semestre 2007, « Ouvrages »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00463129v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Le sel et les sauniers : une histoire millénaire » ; « L'esperkeria des congres à Guernesey ou la naissance d'une réglementation des pêches » ; « Le crapois normand » ; « L'art des filets : la chasse aux oiseaux littoraux »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007, p. 6, 12, 14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00300497v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">(Rapports Finaux d'Opération (RFO) - rapports de fouille archéologique préventive) Isigny-sur-Mer (Calvados). Etablissements ruraux des bords de la Baie des Veys (La Tène - Haut-Empire)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00336991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Les Pieds dans l'Eau... » - La basse Dives et ses riverains, des origines aux temps modernes - Contribution à l'histoire environnementale des zones humides et littorales de Normandie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007, 7 vol., 2186 p., 265 p;. de fig</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00337319v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grains de Sel. Sel et salines du littoral bas-normand (Préhistoire-XIXe siècle). Entre Histoire et Archéologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Ghesquière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00336833v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">(compte-rendu) Archéologie Médiévale, t. 35, 2005, Paris, CNRS Éditions, 327 p., ill., Histoire & Sociétés Rurales, n° 25, 1er semestre 2006, « Ouvrages »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006, p. 184-185</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00463174v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eterville (Calvados) &amp;quot;Lotissement de la Ferme&amp;quot;. Aux origines d'un village de la plaine de Caen (Néolithique-Epoque moderne)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00336888v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guichainville et le Vieil Evreux (Eure) &amp;quot;Le Long Buisson&amp;quot;. Section 2, vol. 7. Les vestiges médiévaux. Paysans métallurgistes du Haut Moyen Âge (VIe-Xe siècle)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00336889v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">(compte-rendu) « Antoine Chancerel, Cyril Marcigny et Emmanuel Ghesquière (dir.), Le plateau de Mondeville (Calvados) du Néolithique à l'Âge du Bronze, Paris, Éditions de la Maison des Sciences de l'Homme, « Documents d'Archéologie Française », 99, 2006, 205 p., Histoire & Sociétés Rurales, n° 26, 2e semestre 2006, « Ouvrages »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006, p. 195-197</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00463177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guichainville et Le Vieil Evreux (Eure) &amp;quot;Le Long Buisson&amp;quot;. Section 2, vol. 6. Bâtisseurs ou &amp;quot;squatteurs&amp;quot; ? (IVe-fin du Ve siècle)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00336891v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">(Compte-rendu) « Joëlle Burnouf et Philippe Leveau (dir.), Fleuves et marais, une histoire au croisement de la nature et de la culture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2005, p. 184-186</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00463122v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">(compte-rendu) Archéologie Médiévale, t. 34, 2004, Paris, CNRS Éditions, 325 p., ill., Histoire & Sociétés Rurales, n° 23, 1er semestre 2005, « Instruments de Travail »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2005, p. 299-301</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00463124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fermanville (Manche) &amp;quot;Les casernes/Le Donaton&amp;quot;, un atelier de bouilleur de sel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Jeanne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Le Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00274206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eculleville, Herqueville, Beaumont-Hague: Le Hague Dike</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Ghesquiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Huet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00010363v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Hôme-Varaville (Calvados), &amp;quot;Avenue de la Mer&amp;quot;.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C.C. Besnard Vauterin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00274146v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (67)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">JORT (Calvados), « Le Bourg, RD148a, B693 ». Au cœur d’un village : de l’Âge du Fer au XXe siècle au bord de la Dives. Rapport final d’opération de fouille archéologique préventive, Cesson-Sévigné, Inrap Grand-ouest, juillet 2025, 520 p</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cotté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Chanson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilien Estur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Dervin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap GO. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05425161v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bordeaux, Musée d’Aquitaine : Vestiges d’un « bunker de Montaigne », Rapport d’expertise archéologique, Bègles, Inrap Nouvelle Aquitaine &amp; Outre-Mer, décembre 2025, 22 p</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Labbey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap NAOM. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05425148v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soliers-Grentheville, Calvados (14). Parc Éole, tranche 2. En plaine de Caen, du bronze ancien à la Bataille de Normandie. Rapport de fouille archéologique préventive, Cesson-Sévigné, Inrap Grand-ouest, avril 2024, 666 p</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chris-Cécile Besnard-Vauterin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Chanson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cotté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Dervin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap GO. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05425176v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tournières, Rue du Percas, Calvados, Normandie. Opération IKE : Entre histoire et mémoire, investigations archéologiques sur l'ancien camp du Général Eisenhower</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Labbey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Hulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Aymard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Lepetit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Institut national de recherches archéologiques préventives (INRAP); Service Régional d'Archéologie de Normandie; Service départemental d'archéologie du Calvados. 2024, pp.53</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04980980v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ifs (Calvados), Centre pénitentiaire. Les occupations de l'âge du Fer, de l'Antiquité et du haut Moyen Age</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chris-Cécile Besnard-Vauterin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Adrian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ginette Auxiette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Chanson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap Grand Ouest. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03791127v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caen (Calvados) Rue Traversière ; 14, Avenue Georges-Clémenceau ; Hôpital Georges-Clémenceau ; Lotissement « Les Grands Jardins de Calix » (164568-164569). Dans le ventre de Caen : Diagnostic d’une carrière de pierre du quartier médiéval de Calix (XVe-XVIe siècles)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Clerc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Dolbois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] INRAP GO, Cesson-Sévigné. 2021, 272 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03376849v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Escoville, événementiel des combats de sa libération, 6 juin-18 juillet 1944 », in Besnard VauterinC.-C. (dir.), Escoville, Calvados, Rue des Peupliers, Domaine du Parc. Occupations du Hallstatt final, du Haut-Empire et du haut Moyen âge ; Vestiges de la Seconde Guerre mondiale. Rapport final d’opération. Cesson-Sévigné : Inrap Grand-Ouest, 2021, pp. 289-290.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap Grand Ouest, Cesson-Sévigné. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03194245v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blainville-sur-Orne (Calvados), ZAC « Terres d’Avenir » - 164039 (site n° 3). Vestiges de la bataille de Normandie : Blainville et la tête de pont britannique sur l’Orne (6 juin-août 1944). Cesson-Sévigné : Inrap Grand-Ouest, mars 2021, 262 p.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Besnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Labbey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Lecampion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tessier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] INRAP. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ver-sur-Mer (Calvados) « British Normandy Memorial » - 164249. Occupations littorales du Bronze final au Débarquement de Normandie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chris-Cécile Besnard-Vauterin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Chanson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cotté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Ghesquiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] INRAP Grand-Ouest (Cesson-Sévigné). 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03376852v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Escoville (Calvados), Rue des Peupliers, Domaine du Parc. Occupations du Hallstatt final, du Haut-Empire et du haut Moyen Âge. Rapport final de fouille archéologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chris-Cécile Besnard-Vauterin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ginette Auxiette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Guerin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap Grand Ouest, SRA Normandie. 2021, 385 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03478744v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">INRAP/Direction Scientifique et Technique/Grand-Ouest (dir.), Études avant aménagement d’un circuit de visite au Ranger Monument de la Pointe du Hoc et ses abords, Cricqueville-en-Bessin (14450), Calvados (14), Normandie, France, Contract ABM-p-2824, Task Order 003, INRAP/Direction scientifique et technique ; INRAP/Grand-Ouest ; Operation C124477</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Labbey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Bellan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] INRAP Direction Scientifique et Technique. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anguerny (Calvados) « Le Parc » - 163821. Un village de la plaine de Caen, du Bas-Empire à la bataille de Normandie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Dervin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Mougne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Thevenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Besnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] INRAP GO, Cesson-Sévigné. 2020, 506 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Langrune-sur-Mer “Rue des chasses - AD 154p” Calvados, rapport de fouille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Ghesquière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Dervin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Giazzon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Jahier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap Grand Ouest. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02436925v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une nécropole de l’Antiquité tardive et du haut Moyen Âge à Evrecy, Saint-Aubin des champs 2 (Calvados)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aminte Thomann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Adrian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Claire Angeli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Bell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Bemilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap Grand Ouest. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02511563v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghesquières E. (dir.), Langrune-sur-Mer, « Rue des Chasses – AD 154p », Calvados, Inrap Grand-Ouest</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Ghesquière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élise Sehier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tessier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] INRAP GO, Cesson-Sévigné. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188625v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« 4.5 La Seconde Guerre mondiale », in Ghesquière E., Cambon P. (dir.), Fleury-sur-Orne, Calvados, « Les hauts de l’Orne », Nécropole néolithique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Ghesquière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] vol. 5, Inrap Grand-Ouest. 2019, pp.223-263</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02060685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« E. Les vestiges de la Seconde Guerre mondiale », in Besnard-Vauterin C.-C. (dir.), Douvres-la-Délivrande, Calvados, ZAC des Hauts Prés, Monuments funéraires de l’âge du Bronze et sépultures et parcellaire de l’âge du Fer. Vestiges de la Seconde Guerre mondiale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap Grand-Ouest. 2019, pp.126-127</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02060667v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La topographie ecclésiale et funéraire d’Évrecy, du haut Moyen Âge à nos jours. Bilan des données historiques et archéologiques », in Thomann A. (dir.), Une nécropole de l’Antiquité tardive et du haut Moyen Âge à Évrecy, Saint-Aubin-des-Champs 2, RD 139, Calvados, Inrap Grand-Ouest, t. I</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] INRAP GO, Cesson-Sévigné. 2019, pp.58-67</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colleville-Montgomery (Calvados), “La Mare Gobe” ; Aux portes d’un village de la Côte de Nacre, De l’âge du Bronze au XXe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap Grand-Ouest. 2018, 212 p. ; annexes</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02060674v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éterville (Calvados) “Rue du Village” ; Au cœur d’un village de la Campagne de Caen, du haut Moyen âge au XXe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap Grand-Ouest. 2018, 143 p. ; annexes</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02060649v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La Seconde Guerre mondiale », in Ghesquière E. (dir.), Fleury-sur-Orne, Calvados, « Rue Louise Michel, Tram-Cités », Futur centre de maintenance du tramway »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Giazzon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Ghesquière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tessier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap Grand-Ouest. 2018, pp.191-256</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02060657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aux portes d'un village de la Côte de Nacre de l’âge du Bronze au XXe siècle, Colleville-Montgomery (Calvados) : La Mare Gobe, rapport de fouille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Dervin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Mougne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Clement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Dubrulle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap Grand Ouest. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02436881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Au cœur d'un village de la Campagne de Caen, du haut Moyen Age au XXe siècle : Rue du village, Eterville (Calvados), rapport de fouille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Chanson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Dervin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Villaregut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Besnard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap Grand Ouest. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02436869v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tourville-Sur-Odon (Calvados) « Sous Mondrainville » ; Aux portes d’un village de la Campagne de Caen, De la préhistoire au XXe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap Grand-Ouest. 2018, 169 p. ; annexes</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02060663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Merville-Franceville-Plage (Calvados), ”Les Batteries” ; un haut-lieu de la bataille de Normandie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap Grand-Ouest. 2018, 85 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02060665v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Merville-Franceville-Plage (Calvados), « 34, Avenue Alexandre de Lavergne - Lotissement Les Coquelicots » ; De l’âge du Fer à la bataille de Normandie, Rapport d’opération de diagnostic archéologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap Grand-Ouest. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02064388v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jort (Calvados), « Rue Paul-Duhomme 2 » ; Au cœur d’un village : de l’Âge du Fer au Moyen Âge au bord de la Dives, RFO de fouille archéologique préventive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap Grand-Ouest. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02064387v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Au coeur d'un village : de l’âge du Fer au Moyen âge au bord de la Dives, Rue Paul Duhomme 2, Jort (Calvados)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Dervin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Even</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chris-Cécile Besnard-Vauterin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Chanson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap Grand Ouest. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02436862v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Au cœur d'un village : vestiges de l'Antiquité à 1944 au bord de la Dives. Jort (Calvados), “Le Moulin fouleux”, B696</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Dervin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Even</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Lehugeur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Pilon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap Grand-Ouest. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02436836v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jort (Calvados), « Le Moulin fouleux », B696 ; Au cœur d’un village : Vestiges de l’Antiquité à 1944 au bord de la Dives, RFO de fouille archéologique préventive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap Grand-Ouest. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02064390v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Mise en contexte historique », in Ghesquière E., dir. 2017, Blainville-sur-Orne, ZAC Terre d’avenir, Calvados, Rapport d’opération de diagnostic archéologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap Grand-Ouest. 2017, pp.80-84</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02064384v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénouville, ZAC Le Fond du Pré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Le Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Dervin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Labbey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Institut national de recherches archéologiques préventives. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05069546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Les vestiges de la Seconde Guerre mondiale : nature, contexte et interprétation », in Flotté F., dir. 2017, Giberville, Calvados, “ZAC du chemin de Clopée-tranche 2”, Rapport d’opération de diagnostic archéologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap Grand-Ouest. 2017, pp.52-60</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02064391v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« 3.5 - Événements du 6 juin 1944 », in Le Gaillard L., dir. 2017, Bénouville, ZAC Le Fond du Pré, Rapport d’opération de diagnostic archéologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap Grand-Ouest. 2017, pp.32-48</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02064381v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La carrière Saingt à Fleury-sur-Orne (Calvados). Protection et étude d’une exploitation souterraine , in Dujardin L., Marcigny C. (dir.), La carrière Saingt à Fleury-sur-Orne (Calvados) ; Étude d’une carrière-refuge pour les civils lors de la Bataille de Caen (juin 44), RFO de fouille archéologique programmée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albane Burens-Carozza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Carozza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dujardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Grussenmeyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap Grand-Ouest. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02064379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un hameau des XIIIe-XVe s. aux portes du pays d'Auge, Le Val des Cigognes, Moult (Calvados) : rapport de fouille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Dervin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Godard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap Grand Ouest. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02436579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moult (Calvados), “Le Val des Cigognes”, Un hameau des XIIIe-XVe siècles aux portes du pays d’Auge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap Grand-Ouest. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061114v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jort (Calvados), « Rue Paul-Duhomme 1 », Au cœur d’un village : nécropole d’enfants laténienne et occupations diachroniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap Grand-Ouest. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061115v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">12. Du Moyen Âge à l’époque contemporaine, in Marcigny C., Mazet S. (dir.), Au bord de l’eau ! Les occupations humaines d’une berge de la Seine du Tardiglaciaire à nos jours ; Haute-Normandie, Eure (27), ALIZAY - Le Postel, Le Pré Rompu, Le Chêne, Le Port au Chanvre, Les Diguets ; IGOVILLE - Le Fort, Les Limais ; RFO de fouille archéologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Adrian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Labrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap Grand-Ouest. 2015, pp.51-340</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02064376v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecouché (Orne), « Ferme Méheudin » : enceinte fortifiée et habitat du Xe au XVIIIe s. dans la campagne d'Argentan : rapport de fouille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Cambou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Dervin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Godard Céline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap Grand Ouest. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02436566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Varaville (Calvados), « Lotissement du Colombier ». Salines de l’âge du Fer au bord des marais de la Divette</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] Inrap Grand-Ouest. 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061110v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« À propos du mobilier de la sépulture 537 », in BESNARD-VAUTERIN C.-C. (dir.), Bretteville-l’Orgueilleuse, Basse-Normandie, Calvados, Le Bas des Prés, « Lotissement Résidence Les Parcs ». De la ferme à la villa, 1 000 ans d’occupation : Évolution d’un domaine agricole de la fin du Premier Âge du Fer à la fin de l’Antiquité, vol. 3</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap Grand-Ouest. 2013, pp.107-109</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061108v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saint-Contest, Espace d'Entreprises II : enclos laténo-augustéen, carrières antiques et hameau médiéval au Clos de Bitot, rapport de fouille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Legaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Cavanillas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Dervin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Hérard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap Grand Ouest. 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02436983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Synthèse sur le hameau médiéval », dans LE GAILLARD L., 2013 : Saint-Contest. Espace Entreprises II. Extension d’un parc tertiaire. Fouille archélogique, 15 septembre-5 décembre 2008</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap Grand-Ouest. 2013, pp.114-115</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061104v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RN 13, Déviation de Loucelles. Communes de Loucelles et Sainte-Croix-Grand-Tonne (Calvados). Établissements protohistoriques et antiques en bordure de la voie Caen-Bayeux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] Inrap Grand-Ouest. 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etablissements protohistoriques et antiques en bordure de la voie Caen-Bayeux, Loucelles et Sainte-Croix-Grand-Tonne, (Calvados) : rapport de fouille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ginette Auxiette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Deloze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Dervin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Giazzon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap Grand Ouest. 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02436515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fontenai-sur-Orne, Orne, Les Fresneaux – A88 Caen – Sées. Petite fortification et habitat médiéval au bord de l’Orne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap Grand-Ouest. 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061094v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Troarn, Calvados, Parc d’Activités de la Croix de Pierre. Enclos laténien et villa gallo-romaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] Inrap Grand-Ouest. 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061095v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autoroute A88. Fontenai-sur-Orne/Sarceaux (Orne). Projet Alicorne A88. Aire de service (cadastre ZL 15 et 16), RFO de diagnostic archéologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] Inrap Grand-Ouest. 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061097v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dives-sur-Mer (Calvados) « La Vignerie »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap Grand-Ouest. 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061098v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éterville (Calvados), « La Résidence de la Ferme »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] Inrap Grand-Ouest. 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061100v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hesloup (Orne) « Le Hameau de Bellevue »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap Grand-Ouest. 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061102v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saint-François (Guadeloupe, Grande-Terre), « Le Moulin sucrier». Enquête sur les graffiti du moulin sucrier de Saint-François (XIXe s.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap et Conseil général de Guadeloupe. 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061076v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Gosier (Guadeloupe, Grande-Terre), « Fort Fleur d’Épée ». Les graffiti du souterrain du fort Fleur d’Épée. Regards sur la vie d’un fort français dans la baie de Pointe à Pitre (XIXe-XXe s.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] Inrap et Conseil général de Guadeloupe. 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061078v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saint-Vaast-la-Hougue (Manche), Île Tatihou « La Plaine ». Habitats littoraux et insulaires de l’Âge du Bronze au Moyen Âge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap et SRA de Basse-Normandie. 2002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061081v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’occupation mérovingienne ; Conclusions, in MARCIGNY C. (dir.), Saint-Vigor-d’Ymonville (Seine-Maritime), « Les Sapinettes » et « La Mare des Mares » (Carrière Lafarge, tranches 4)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap Grand-Ouest. 2002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061089v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« L’ensemble 7 : un enclos gallo-romain », in LE GOFF E. (DIR.), Les occupations protohistoriques et antiques de la ZAC « Object’Ifs Sud », Ifs (Calvados), vol. 3</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elven Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] Inerap Grand-Ouest. 2002, pp.613-631</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cormelles-le-Royal (Calvados), « Opération Coty ». Habitat rural mérovingien de la plaine de Caen (VIIe-début VIIIe s.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] Inrap Grand-Ouest. 2002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061086v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saint-Vaast-la-Hougue (Manche), Île Tatihou « Le Fort ». Ouvrages militaires de Vauban à la Troisième République</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap Grand Ouest. 2002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061083v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Un habitat du XIIe siècle », in Giazzon D. (dir.), Arçonnay (Sarthe), « Parc Saint-Gilles »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] Inrap Grand-Ouest. 2002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061087v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plomb (Manche) « Le Mesnil », DFS de sauvetage urgent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap Grand-Ouest. 2000</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02064347v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Argentan (Orne) « Aire d'accueil pour les gens du voyage », DFS de sauvetage urgent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Afan. 1999</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02064351v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A 28, section Alençon-Le Mans-Tours ; Vivoin (Sarthe) « Le Grand Coudray », DFS de sauvetage urgent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] 16, Afan. 1998</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02064354v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A 84, section Coulvain - Guilberville ; « les Flaux » Saint-Ouen-des-Besaces (Calvados) A 225, DFS de sauvetage urgent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Afan. 1996</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02064356v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évolution d’un terroir du IXe au début du XIe s., in : RENAULT V. (dir.), Mondeville « Haut Saint Martin » (Calvados), DFS de sauvetage urgent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Noëlle Gondouin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Afan. 1995, pp.79-113</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02064359v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cormelles-le-Royal (Calvados) « Échangeur RN 513/RD 299 », DFS de sauvetage urgent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Afan. 1994</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02064361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rots (Calvados) « Cap-Ouest », DFS de sauvetage urgent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Afan. 1994</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02064360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude pour le développement d'un générateur d'air humide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chimie théorique et/ou physique. Université Blaise Pascal - Clermont-Ferrand II, 2005. Français. </w:t></w:r><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2005CLF21572⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00665746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vidéo (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les enclos mérovingiens de Basse-Normandie et l’évolution des terroirs régionaux au cours du haut Moyen Âge.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth de Pablo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Fillon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01894857v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction au colloque ...</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Fichet de Clairefontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth de Pablo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Fillon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01889311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discussion - &amp;quot;L'espace rural dans l'Antiquité et le Haut Moyen Âge&amp;quot;.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Ouzoulias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Desloges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Murielle Georges-Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Catteddu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01894888v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId494"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Vincent CARPENTIER </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (83)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les vestiges de la Seconde Guerre mondiale dans l’Ouest de la France : archéologie, paysage et mémoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Dieulefet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Le Boulaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Varennes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Catala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'Archéologie Contemporaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, n° 3 (1), pp.99-125. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/raco.003.0101⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05542724v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le camp d’internement pour Tsiganes de Montreuil-Bellay (Maine-et-Loire) : première lecture archéologique du futur mémorial de la persécution des nomades en France au cours de la Seconde Guerre mondiale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Célestine Vincelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Archéologique de l'Ouest</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 41, </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/154yd⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05425131v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">À propos de l’occupation ancienne du littoral de la Manche : les vestiges du plateau de Ver-Meuvaines (Calvados), du Bronze final au Bas-Empire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Coupard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Archéologique de l'Ouest</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 41, </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/154ya⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05421453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dans les tourbières du marais des Terriers à Vimont (Calvados). L'extraction de la tourbe en Normandie au Moyen Âge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axel Beauchamp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Germain-Vallée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Glais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéopages : archéologie &amp; société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 50, pp.18-33. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/146oh⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05090668v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction [Les civils dans la guerre]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue archéologique de l'Ouest. Supplément</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Supplément 13 (Archéologie des conflits contemporains. Méthodes, apports et enjeux d’une archéologie en construction)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05081826v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelle contribution de l’archéologie à l’histoire d’un champ de bataille de la Seconde Guerre mondiale ? Autour des théâtres des opérations de la bataille de Normandie (6 juin‑29 août 1944)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Labbey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue archéologique de l'Ouest. Supplément</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Supplément 13 (Archéologie des conflits contemporains. Méthodes, apports et enjeux d’une archéologie en construction)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05081799v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'archéologie à l'assaut de la Seconde Guerre mondiale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Recherche</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 557, pp. 88-95</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04517188v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du provisoire qui dure. Réflexions autour de quelques sépultures de la bataille de Normandie à Maltot, « Cote 112 » (Calvados)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Barbeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Labbey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue archéologique de l'Ouest. Supplément</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Supplément 13 (Archéologie des conflits contemporains. Méthodes, apports et enjeux d’une archéologie en construction)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05081780v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D’enclos en villa. Vivre au bord de la baie des Veys, de La Tène au Bas-Empire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Coupard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Barbier-Pain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-France Dietsch-Sellami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Dupont</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Archéologique de l'Ouest</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 40, </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/11w2q⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’archéologie des camps nazis et de la Shoah, tour d’horizon et actualité de la recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue archéologique de l'Ouest. Supplément</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Supplément 13 (Archéologie des conflits contemporains. Méthodes, apports et enjeux d’une archéologie en construction)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05081846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une « ferme-manoir » des XIIIe-XVe s. à Langrune-sur-Mer (Calvados)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Ghesquière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Dervin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élise Séhier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émilie Cavanna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Archéologique de l'Ouest</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 40, </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/11zr4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649745v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Considering Second World War Archaeological Heritage in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Internet Archaeology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 66, </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.11141/ia.66.10⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04515708v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Archéologie des conflits, nécessaire et testamentaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Prilaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atrium : patrimoine &amp; restauration</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 103, pp.60-69</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04665516v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">À propos de l’extraction de la pierre de Caen aux XVe-XVIe s. Étude d’une carrière souterraine de l’ancien quartier de Calix, à Caen (Calvados)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dujardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Clerc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Archéologique de l'Ouest</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 40, </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/11zr2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649750v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Archéologie de la Seconde Guerre mondiale. Récents développements pour la Normandie (2014‑2020)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Labbey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'Archéologie Contemporaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 2023/1 (2), pp.113-126. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/raco.002.0113⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04420408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Que nous apprend l’archéologie des dépotoirs militaires sur le quotidien de la bataille de Normandie ? Approche « garbologique » d’un front de la Seconde Guerre mondiale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Labbey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Matériaux pour l'histoire de notre temps</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, L’histoire des conflits par les objets - XXe siècle, 147-148, pp.7-18. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/mate.147.0007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04382919v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dossier : Pour une archéologie de la Seconde Guerre mondiale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Brangé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Bolly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Landolt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Labbey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04125623v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les pratiques et les espaces funéraires antiques en Normandie occidentale : premiers résultats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa Brunet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Paez-Rezende</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Jeanne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan Nivez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Piolot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales de Normandie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Far West ? La Normandie antique et les marges nord-ouest de l’Empire romain, 2023/1 (73e Année), pp.161-203. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/annor.731.0161⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02131699v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Été 44, des enfants sous les bombes : quelles traces matérielles ? L’exemple du refuge de la carrière Saingt à Fleury-sur-Orne (Normandie, Calvados)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Nouvelles de l'archéologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 172, pp.80-86</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04349260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour une archéologie de la Seconde Guerre mondiale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Brangé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Bolly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Labbey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 621, pp.26-39</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04556420v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les graffitis du fort Fleur d’Épée (Le Gosier, Guadeloupe)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'Archéologie Contemporaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 2021 (1), pp.11-30</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03703512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prescrire de l'archéologie préventive sur des sites de la Seconde Guerre mondiale en France. Une politique qui va de soi ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Fichet de Clairfontaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéopages : archéologie &amp; société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Hors série 6, pp.232-243</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03842870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malnutrition infantile à la fin de la période laténienne : l’apport de l’examen paléopathologique de la nécropole de Jort (Calvados, Normandie, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boursier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Bougault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Chapelain de Seréville-Niel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Corde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Les 1000 premiers jours de vie dans les populations du présent et du passé, 33 (1), pp.26-33. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/bmsap.7445⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03228913v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vous avez dit Viking ? Le paradoxe des traces attribuées aux Vikings en Normandie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Patrimoine normand</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 118</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03376859v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une archéologie du confinement ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Labbey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Autopsie des morts historiques, 587, pp.4-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188638v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La guerre et la consommation d’alcool</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tessier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéopages : archéologie &amp; société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Alcools, 47, pp.86-93</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02944344v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apports de l’archéologie à la connaisance des économies salicoles sur les côtes de la Manche (Protohistoire-époque Moderne)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéopages : archéologie &amp; société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Les archéologues face à l’économie, Hors-série, 5, pp.140-147</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02446665v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les 75 ans de la bataille de Normandie. Les révélations de l’archéologie des conflits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyrille Billard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Lamache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Dijon. Les révélations de l’archéologie, 577, pp.18-25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02446670v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La maison et l’habitat à la fin du Moyen Âge en Normandie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Brière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéopages : archéologie &amp; société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 46, pp.70-79. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/archeopages.4251⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02466232v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Normands descendent-ils vraiment des Vikings ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pour la science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 469, pp.2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061048v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Archéologie du refuge” ou de “l’enfermement-volontaire”. La carrière-refuge de la brasserie Saingt à Fleury-sur-Orne (Calvados)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dujardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Carozza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Grussenmeyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Nouvelles de l'archéologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 143, pp.59-63. </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/nda.3436⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01761047v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le rempart du “Hague Dike”, une limite territoriale de l’âge du Bronze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyrille Damourette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Ghesquière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Vilgrain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéologie, histoire et anthropologie de la presqu’île de la Hague (Manche)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 10, pp.25-50</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traces et absence de traces. L’archéologie moderne face au paradoxe de l’implantation des Vikings en Normandie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nordiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 29, pp.25-43</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061046v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Les camps de prisonniers allemands. Un nouveau champ de recherche pour l’archéologie française »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéopages : archéologie &amp; société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 39, pp.64-69. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/archeopages.549⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061045v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meirion-Jones G., 2013 – La demeure seigneuriale dans l’espace Plantagenêt. Salles, chambres et tours, Rennes, PUR, coll. Art & Société, 2013, 485 p. (ISBN 978-2-7535-2113-1)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Archéologique de l'Ouest</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, pp.317-318</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dives, quelle histoire !</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Dutour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Pays d'Auge</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 63e année, n° 3, p. 6-14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00926495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Dumont et Jean-François Mariotti (dir.), Archéologie et histoire du fleuve Charente ; Taillebourg – Port d’Envaux : une zone portuaire du haut Moyen Âge sur le fleuve Charente, Dijon, Éditions universitaires de Dijon, 2013, 316 p. (Art, Archéologie & Patrimoine). ISBN : 978-2-36441-033-6 ; prix : 38 €</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéologie médiévale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, pp.325</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061004v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Compagnon, G., 2010 - Halte au pillage !, Paris, Errance, coll. « Les Hespérides », 446 p. (ISBN 978-2-87772-433-3, 32 €) », Revue archéologique de l’Ouest, n° 28, « Comptes-rendus »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Archéologique de l'Ouest</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, pp.290-291</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Halte au pillage !, sous la direction de G. Compagnon, préface de J.-L. Le Quellec, Paris, Errance, collection des Hespérides, 2011 (446 pages, 32 euros) (Pour la Science, n° 407, « À lire »)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pour la science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, pp.94</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Vikings en Normandie : archéologie d'un paradoxe identitaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dossiers d'Archéologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 344, p. 72-77</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00633463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Vikings de la Seine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pour la science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 402, p. 38-44</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00633459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Middle to Late Holocene landscape changes and geoarchaeological implications in the marshes of the Dives estuary (NW France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Lespez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Clet-Pellerin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Davidson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Hermier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaternary International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 216 (1-2), pp.23-40. </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.quaint.2009.06.018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00491015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trois documents inédits sur les salines de la Dives (XIIe-XIVe siècle)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tabularia : Sources écrites des mondes normands médiévaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 10, p. 1-36</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00633455v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La consommation des produits de la mer. Quelques données archéologiques récentes en Basse-Normandie »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéopages : archéologie &amp; société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 26, pp.6-15</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Aspects de la vie domestique et agricole médiévale aux confins de la Normandie et du Maine : Le site d'Arçonnay “Parc Saint-Gilles” (Sarthe) autour du XIIe siècle »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Giazzon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Archéologique de l'Ouest</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 26, pp.57-83. </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/rao.924⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00463742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La basse Dives et ses riverains des origines aux temps modernes. Archéologie environnementale des zones humides et littorales »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéopages : archéologie &amp; société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 23, p. 6-11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00463083v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Évolution des formes de l'exploitation agricole dans la campagne normande (2500-30 avant J.-C.). L'exemple des fouilles préventives de la périphérie sud de Caen »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. van den Bossche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Archéologique de l'Ouest</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 26, pp.57-83. </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/rao.813⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00463741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Des hommes aux champs »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Archéologue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 97, p.40-43</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00463081v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La presqu'île de La Hague à l'âge du Bronze : le “Hague Dike“ »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Ghesquière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin du groupe de recherches archéologiques du Cotentin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 12, p. 24-27</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00462764v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le site de Plomb ‘'le Mesnil'' (Manche), IXe-XIIe siècle. Regard sur l'habitat rural du haut Moyen Âge dans l'Ouest français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéologie médiévale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, t. 37, p. 1-52</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00300473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les marais de la Dives : contribution interdisciplinaire à l'histoire d'un espace productif et de ses mutations paysagères sur le temps long</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Lespez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Maertens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aestuaria</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, n°9, p. 227-244</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00445321v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Fouilles et prospections récentes, un atelier de bouilleur de sel gaulois »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Le Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Duclos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin du groupe de recherches archéologiques du Cotentin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 12, p. 30-31</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00462735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un hameau au bord de la Seine normande : Bouafles, Les Mousseaux (Eure), XIe-XIIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéologie médiévale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, t. 36, p. 123-158</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00300313v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un atelier de bouilleur de sel gaulois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Jeanne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Le Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de la Manche</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, t. 47, fasc. 190, pp.40-41</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00010083v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'apport des fouilles extensives à la connaissance des campagnes entre Evreux et le Vieil Evreux : l'exemple de la ZAC du Long Buisson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Giazzon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Guillier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Lepaumier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Lourdeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Haute Normandie archéologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 10, pp.9-20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00010085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« L’apport des fouilles extensives à la connaissance des campagnes entre Évreux et le Vieil Évreux : l’exemple de la ZAC du Long Buisson »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Giazzon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Guillier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Lepaumier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Lourdeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Haute Normandie archéologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 10, pp.9-20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061042v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un établissement agricole à caractère &amp;quot;aristocratique&amp;quot; du Second Âge du Fer à Saint-Martin-des-Entrées (Calvados)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Marigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Lepaumier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Clément-Sauleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Matterner-Seck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Archéologique de l'Ouest</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 21, pp.63-64. </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/rao.2004.1174⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00261517v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Isabelle Cattedu (dir.), Les Habitats carolingiens de Montours et la Chapelle-Saint-Aubert (Ille-et-Vilaine), Paris, Éditions de la Maison des Sciences de l’Homme, « Documents d’archéologie française, 89 », 2001, 235 p., ill., cartes, 40 euros », Histoire et Sociétés Rurales, n° 22, &amp;quot;Comptes-rendus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire &amp; sociétés rurales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, pp.156-159</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02060995v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« L’évolution d’un terroir du Néolithique au Moyen Âge à Évreux »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Lepaumier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéopages : archéologie &amp; société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 14, pp.24-33</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061036v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Note sur un graffito gallo-romain découvert au Mans (Sarthe) »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Archéologique de l'Ouest</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 21, pp.121-130. </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/rao.2004.1176⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061035v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un atelier de bouilleur de sel à Fermanville (Manche). Premier regard sur les sauniers gaulois du Nord-Cotentin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Ghesquiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de l'AMARAI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 17, p. 39-53</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00261604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Archéologie Médiévale, Paris, CNRS, 2003, t. 33, 367 p., ill., 39 € »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire &amp; sociétés rurales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, pp.153-155</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02060990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sépultures de “pêcheurs” de l’Âge du Bronze ancien à Bénouville “les Hautes Coutures” (Calvados)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Ghesquière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société préhistorique française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 101 (2), pp.305-323. </w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/bspf.2004.12994⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La fraude entre la pointe de La Hague et l’île d’Aurigny : l’exemple de la cache de fraudeur d’Omonville-la-Petite (Manche) »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Fosse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Juhel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Ghesquière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de l'AMARAI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 16, pp.47-55</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061030v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Agneaux « Bellevue » (Manche), un établissement rural bas-normand du VIIe s. »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Ghesquière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Archéologique de l'Ouest</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 20, pp.171-189</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061031v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agneaux &amp;quot;Bellevue&amp;quot; (Manche), un établissement rural bas-normand du VIIe s.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Ghesquiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Archéologique de l'Ouest</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 20, pp.171-190</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00123419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'occupation des campagnes entre Evreux et le Vieil-Evreux. L'exemple des fouilles de la ZAC du Long-Buisson : les premiers résultats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Haute Normandie archéologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, Bulletin n° 8, p. 45-50</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00261599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Graffitis marins des églises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Ghesquière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 394, pp.30-39</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061024v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un habitat des XIe-XIIe siècles dans la campagne d'Argentan (Orne)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéologie médiévale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, t. 32, p. 69-103</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00261188v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enclos et souterrain du second Âge du Fer dans la plaine de Caen, l'exemple de Cormelles-le-Royal (Calvados)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Marcygny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Savary</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Archéologique de l'Ouest</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 19, pp.37-60. </w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/rao.2002.1191⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00261233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« À propos de la batellerie augeronne médiévale et moderne. Recherches sur les embarcations traditionnelles de la Dives et la Touques »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société historique de Lisieux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 51, pp.10-24</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061028v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Reprise des fouilles sur l’île Tatihou « La Plaine » (Manche). Établissement agricole de l’Âge du Bronze et habitat médiéval en milieu littoral et insulaire »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Ghesquière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de l'AMARAI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 15, pp.67-98</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061025v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Le site du « Mesnil » à Plomb (Manche). À travers 2000 ans d'occupation dans la campagne de l'Avranchin »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéopages : archéologie &amp; société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 3, pp.20-25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061022v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Graffiti marins et lecture ethnographique des comportements maritimes aux XVIIIe-XIXe s. L’exemple de « Maltot » à Réville (Manche) »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Ghesquière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Archéologique de l'Ouest</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 18, pp.211-217. </w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/rao.2001.1165⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061019v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« À propos de la pêche en Basse-Normandie : note sur six plombs découverts sur l’estran entre Jonville et l’île Tatihou (Manche) »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Ghesquière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de l'AMARAI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 14, pp.93-100</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061020v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Un lot de céramiques des XIIIe-XIVe siècles à Buré « La Harache » (Orne) »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Ghesquière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hincker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Archéologique de l'Ouest</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 18, pp.187-200. </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/rao.2001.1163⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061017v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Témoins d'occupation domestique du Néolithique ancien à Pont/Plomb &amp;quot;Le Champ Hardy&amp;quot; (Manche)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Ghesquière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Giazzon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Archéologique de l'Ouest</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 18 (1), pp.5-12. </w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/rao.2001.1155⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02060257v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Les occupations médiévale et moderne de l'Ile Tatihou à Saint-Vaast-la-Hougue (Manche). Résultats 1998-99 »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Détrée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Ghesquière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de l'AMARAI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 13, pp.71-82</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Un cas d’occupation du sol à l’époque carolingienne : le site du « Mesnil » à Plomb »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de l'Avranchin et du pays de Granville</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 77 (384), pp.177-188</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061013v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Des hommes et des baleines sur les côtes de Basse-Normandie de l’Antiquité à la fin du Moyen Âge »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin du groupe mammalogique normand</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 57, pp.12-35</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061014v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Carnet de fouilles - Vivoin (Sarthe), Le Grand Coudray »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Archéologue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 41, pp.71-72</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061012v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Une occupation du haut Moyen Âge dans le Bocage normand à Saint-Ouen-des-Besaces (Calvados) »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Archéologique de l'Ouest</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 16, pp.209-226. </w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/rao.1999.1093⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061011v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Une écaude des marais de la Dives »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Ghesquière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Chasse-marée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, Le Chasse-Marée, n° 119, pp.67</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061009v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (38)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche sanitaire d’une population de jeunes immatures datant de La Tène finale : la nécropole de Jort (Calvados)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boursier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Bougault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Chapelain de Seréville-Niel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Corde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1845e Journées de la Société d’Anthropologie de Paris, 27-31 janvier 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société d'Anthropologie de Paris, Jan 2020, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03238677v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la fin d’un mythe au renouveau de l’archéologie viking en Normandie : l’exemple du Hague-Dike</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Normandie existe-t-elle ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jean-Baptiste Auzel, Nov 2017, Saint-Lô, France. pp.197-215</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02447784v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apports récents du diagnostic à l'archéologie de la Seconde Guerre mondiale : quelques exemples et réflexions pour la région Normandie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Labbey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tessier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Besnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le diagnostic comme outil de recherche : 2e séminaire scientifique et technique de l'Inrap</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, David Flotté; Cyril Marcigny, Sep 2017, Caen, France. 13 p., </w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.34692/wyd6-np90⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02446936v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un puzzle à grande échelle ? Caen, sa plaine et la vallée de l’Orne du Néolithique au XXe siècle : retour critique sur 20 ans d’expérience, de l’acquisition à la modélisation des données archéologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Flotté</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’archéologie préventive post-Grands Travaux, Traiter de grandes surfaces fectionnées et discontinues : de l’instruction des dossiers d’aménagements aux modèles spatiaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Châlons-en-Champagne, France. pp.5-30</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02133608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réexamen des « traces vikings » en Normandie : un symbole normand à rude épreuve</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Normandie existe-t-elle ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01942810v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Du mythe colonisateur à l’histoire environnementale des côtes de la Normandie à l’époque viking : l’exemple de l’estuaire de la Dives (France, Calvados), IXe-XIe siècles »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vers l’Orient et vers l’occident ; regards croisés sur les dynamiques et les transferts culturels des Vikings à la Rous ancienne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Caen, France. pp.199-213</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02060908v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Dans quel contexte les Scandinaves se sont-ils implantés en Normandie ? Ce que nous dit l’archéologie de l’habitat rural en Neustrie, du VIIIe au Xe siècle »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vers l’Orient et vers l’occident ; regards croisés sur les dynamiques et les transferts culturels des Vikings à la Rous ancienne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Caen, France. pp.189-198</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02060903v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'habitat rural du haut Moyen Âge en Basse-Normandie. Arrêt sur vingt années de recherches archéologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hincker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées internationales d'Archéologie mérovingienne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Caen, France. p. 183-210</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00926506v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saint-Vigor d'Ymonville (Seine-Maritime) : un habitat mérovingien dans l'estuaire de la Seine (VIIe-VIIIe siècle)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes des XXVIIe Journées internationales d'Archéologie mérovingienne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Caen, France. p. 211-235</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00926511v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Premières réflexions sur la place des enclos mérovingiens de la Plaine de Caen dans l'évolution des espaces ruraux de la Basse-Normandie sur le temps long</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Des hommes aux champs. Pour une archéologie des espaces ruraux du néolithique au Moyen Âge</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Caen, France. p. 181-193</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00783236v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des hommes aux champs. Pour une archéologie des espaces ruraux du néolithique au Moyen Âge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Des hommes aux champs. Pour une archéologie des espaces ruraux du néolithique au Moyen Âge</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Caen, France. p. 15-19</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00783237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">À propos des céramiques de type Saxon Ware de Bourguébus (Calvados) et de la Plaine de Caen : leur signification pour l'histoire d'une immigration anglo-saxonne en Normandie au VIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes du 45e Congrès SHAN, Saint-Sauveur-le-Vicomte, 20-24 octobre 2010, Louviers,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Saint-Sauveur-le-Vicomte, France. p. 75-81</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00652007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La gestion des ressources piscicoles de l'abbaye de Saint-Évroult au XVIIIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Fajal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Foucher</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes de la Journée de l'Année Saint-Évroult</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2007, L'Aigle, France. p. 81-104</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00633473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Avant, pendant, après et autour du village. Un état des lieux de l'archéologie des habitats ruraux des VIe-XIIe siècles en Basse-Normandie »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire du Craham, Histoire, archéologie et civilisations des mondes anciens et médiévaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2009, CAEN, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00489029v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La gestion des ressources piscicoles d'une abbaye normande au XVIIIe siècle d'après un registre d'exploitation inédit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Fajal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Foucher</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes des XXVIIIe rencontres internationales d'archéologie et d'histoire d'Antibes, 18-20/10/2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Antibes, France. p. 91-99</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00332442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Habitat paysan et vie quotidienne aux portes d'Argentan, à travers quelques données archéologiques récentes (XIe-XIIe siècles)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Ghesquiere</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Argentan et ses environs au Moyen Âge. Approche historique et archéologique, Actes de la journée d'étude tenue à Argentan le samedi 29 mars 2003</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2003, Argentan, France. p. 55-79</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00463101v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trajectoire des paysages des vallées normandes et gestion de l'eau, du Néolithique aux enjeux de la gestion contemporaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Lespez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Cador</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Clet-Pellerin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Anne Germaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Trajectoire des paysages des vallées normandes et gestion de l'eau, du Néolithique aux enjeux de la gestion contemporaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Chilhac, France. pp.61-75</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00292308v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Pour une archéologie des espaces ruraux dans le nord de la France, du Néolithique au Moyen Âge »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Des hommes aux champs. Pour une archéologie des espaces ruraux dans le nord de la France, du Néolithique au Moyen Âge, Table-ronde de Caen, 8 et 9 octobre 2008 (Musée de Normandie, château de Caen, Auditorium des Beaux-Arts)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2008, CAEN, France. p. 3-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00463100v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Images antiques, médiévales et modernes de la consommation des produits de la mer. Quelques données archéologiques récentes en Basse-Normandie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes du colloque du Musée maritime de l'île Tatihou (2-4 oct. 2003), Caen, CRHQ</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, Caen, France. p. 57-75</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00300479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aménagements hydrauliques et production de poisson à Saint-Evroult à la fin de l'ancien régime</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Fajal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Foucher</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication présentée dans le cadre de l'année Saint-Evroult à la journée d'études organisée par le Conseil général de l'Orne (Archives départementales)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2007, Aigle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00336620v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les marais de la basse vallée de la Dives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Lespez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Maertens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes du 1er colloque international du Groupe d'Histoire des Zones Humides (Le Blanc, Indre, 20-22 oct. 2005)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Le Blanc, Indre, France. p. 213-230</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00273719v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les marais de la basse vallée de la Dives. Contribution interdisciplinaire à l'histoire d'un espace productif et de ses mutations paysagères sur le temps long</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Lespez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Maertens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes du 1er colloque international du Groupe d'Histoire des Zones Humides (Le Blanc, Indre, 21-23 oct. 2005)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Le Blanc, Indre, France. p. 213-230</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00300492v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Saint-Vigor d'Ymonville (Seine-Maritime) : un habitat mérovingien dans l'estuaire de la Seine (VIIe-VIIIe siècle) »,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXVIIe Journées internationales d'Archéologie mérovingienne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, CAEN, France. p. 77-78</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00463086v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les fouilles extensives du Long-Buisson, entre Évreux et Le Vieil-Évreux (Eure)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes de la table ronde des 14 et 15 juin 2005 à Châlons-en-Champagne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Châlons-en-Champagne, France. p. 57-60</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00300393v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La maison paysanne en Normandie IVe-XIIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire "Sociétés, environnement et Espaces ruraux"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2006, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00271083v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« L'habitat rural du haut Moyen Âge en Basse-Normandie. Arrêt sur vingt années de recherches archéologiques »,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hincker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXVIIe Journées internationales d'Archéologie mérovingienne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, CAEN, France. p. 75-76</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00463088v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la garenne au gabion. L'exploitation des oiseaux sauvages dans le marais de l'abbaye bénédictine de Saint-Martin de Troarn (Calvados) depuis le XIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes du colloque de Lille, tenu du 16 au 19 octobre 2003</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, Lille, France. p. 181-202</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00300320v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« L’habitat rural du haut Moyen Âge en Basse-Normandie : bilan de vingt années de recherches archéologiques régionales »,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hincker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Résumés des communications présentées aux XXVIIe Journées internationales d’Archéologie mérovingienne (Caen, 29 sept. – 1er oct. 2006)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AFAM, Sep 2006, Caen, France. pp.75-76</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02060894v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saint-Vigor-d'Ymonville &amp;quot;La Mare des Mares&amp;quot; (Seine-Maritime, Pays de Caux) : un clos masure et sa briqueterie (XIXe-XXe siècles)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Gaumé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Chantreuil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes du 39e Congrès "Les arts du Feu en Normandie", Annales de Normandie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Caen, France. pp.103-116</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00010129v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La métallurgie du Haut Moyen Âge : l'exemple de l'atelier métallurgique du site de la ZAC du Long Buisson à Guichainville, du VIe au VIIIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Dunikowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nolwenn Zaour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes du 39e congrès des Sociétés historiques et archéologiques de Normandie (Eu, 21-24 oct. 2004)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Caen, France. p. 285-300</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00272121v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apports récents de l'archéologie à la connaissance des maisons rurales des XVIIIe et XIXe siècles en Normandie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Gaumé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Ghesquière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes du colloque de Rennes 2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2002, Rennes, France. pp.99-114</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00272122v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Saint-Vigor-d'Ymonville “La Mare des Mares“ : un clos-masure et sa briqueterie (XIXe-XXe siècles) »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">É. Gaumé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Chantreuil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Arts du feu en Normandie, Actes du 39e congrès des Sociétés historiques et archéologiques de Normandie (Eu, 21-24 oct. 2004)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2004, CAEN, France. p. 103-116</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00463098v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Les pieds dans l'eau. Aspects de l'exploitation du littoral à l'embouchure de la Dives au Moyen Âge »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ils vivent avec le rivage ; pêche côtière et exploitation du littoral, Actes du Colloque tenu au Musée maritime de l'Île Tatihou (29 juin-1er juil. 2000)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2000, Caen, France. pp.93-106</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02060882v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La maîtrise des eaux dans les marais de la Dives à la fin du XIIIe siècle. Un aspect de l'histoire du paysage en milieu humide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes du XXXVIIIe Congrès des Sociétés Historiques et Archéologiques de Normandie (Pont-Audemer, 20-22 oct. 2002)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, Pont-Audemer, France. p. 269-284</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00271718v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exemples d'architecture civile des XIe-XIIe s. à Argentan (Orne)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Ménager</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes des tables rondes de Rouen et Norwich (1998-1999)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, Rouen, France. p. 111-122</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00271144v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le portus de Dives-sur-Mer : naissance et physionomie d'un port ducal autour de 1066</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes du Colloque international et pluridisciplinaire du Havre (24-25 mai 2001)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, Le Havre, France. p. 83-95</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00271400v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« L'habitat du haut Moyen Âge de Saint-Ouen-des-Besaces (Calvados) »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée archéologique de Basse-Normandie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 1997, Caen, France. pp.49-53</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02060873v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« L'habitat gallo-romain du « Cap-Ouest » à Rots (Calvados) »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée archéologique de Basse-Normandie, Université de Caen, 30 nov. 1996</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 1996, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02060867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La nécropole de Jort (Calvados) : bilan préliminaire des pathologies d’une population laténienne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Delrue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Bougault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Chapelain de Seréville-Niel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les nouvelles méthodologies en paléopathologie, Colloque du Groupe des Paléopathologistes de Langue Française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Rouen, France. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02139372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des Hommes aux Champs I. Pour une archéologie des espaces ruraux du Néolithique au Moyen Âge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes de la table ronde de Caen (octobre 2008)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.459, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02793317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Archéologie des conflits contemporains. Méthodes, apports et enjeux d’une archéologie en construction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyrille Billard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Jacquemot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Landolt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Legendre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue archéologique de l'Ouest. Supplément</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Supplément 13, 516 p., 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05081708v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (16)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pont-de-l'Arche et le fort d'Alizay-Igoville (Eure). Les fortifications de la Seine normande, de l'âge viking à la guerre de Cent Ans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses universitaires de Caen. </w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de Caen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Publications du CRAHAM, série Antique et Médiévale, Luc Bourgeois, 978-2-38185-190-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04061723v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atlas archéologique de la France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bouiron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Boissière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Blin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap. </w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éditions Tallandier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.336, 2023, 979-10-210-5938-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (ouvrage de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04445680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour une archéologie de la Seconde Guerre mondiale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">La Découverte, pp.368, 2022, 9782348055768</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03790604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Archéologie du Débarquement et de la bataille de Normandie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap. </w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ouest France</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 144 p., 2019, Histoire, 978-2-7373-7950-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02444858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vikings !</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fourquié J.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Actes Sud, 74 p., 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume le Conquérant. Le dernier Viking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">OREP, 95 p., 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061074v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Archéologie du Débarquement et de la Bataille de Normandie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouest-France, 144 p., 2014, coll. "Histoire"</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061069v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carnets du Jour J. Avec la 6th Airborne Division, de Sword Beach à la Seine, 6 juin-fin août 1944</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Ghesquière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Association Un fleuve pour la Liberté, la Dives, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061067v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un fleuve pour la Liberté, De Sword Beach à la Dives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">OREP, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061065v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Archéologie du territoire en France. 8 000 ans d'aménagements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Leveau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Paris, La Découverte, 173 p., 2013, coll. " Archéologies de la France "</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00926518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">2 histoires de golfs, Deauville et Cabourg-Le Hôme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cahiers du temps, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grains de Sel. Itinéraire dans les salines du littoral bas-normand de la Préhistoire au XIXe siècle,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Orep, pp.224, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02793341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des hommes aux champs. Pour une archéologie des espaces ruraux du néolithique au Moyen Âge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Carpentier V., Marcigny C. (dir.). Rennes, Presses Universitaires de Rennes, 459 p., 2012, coll. " Archéologie et Culture "</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00783241v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Archéologie en Normandie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Ghesquière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions Ouest France, 128 p., 2007, Histoire</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02793024v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grains de sel, Sel et salines de Normandie (préhistoire-XIXe siècle), Entre Archéologie et histoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Ghesquière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Centre de recherches et d’Archéologie d’Alet, spécial, pp.182, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02792743v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Graffitis marins des églises du Val de Saire : Réville, Quettehou, Morsalines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Ghesquière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Musée maritime de l'île Tatihou, 162 p., 2002, 2-9514618-4-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (37)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'archéologie du monde contemporain (1800 à nos jours)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dominique Garcia; Marc Bouiron. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atlas archéologique de la France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éditions Tallandier; Inrap</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.289-315, 2023, 979-10-210-5938-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04445878v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Archéologie de la Seconde Guerre mondiale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dominique Garcia. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Fabrique de la France. 20 ans d’archéologie préventive</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flammarion; Inrap</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.232-239, 2021, 9782080234704. </w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/flam.garci.2021.01.0232⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03376839v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Archaeology, D-Day, and the Battle of Normandy: ‘The Longest Day’, a Landscape of Myth and Materiality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Ghesquière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Labbey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Saunders N. J.; Cornish P. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conflict Landscapes. Materiality and Meaning in Contested Places</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Routledge, In press</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03210986v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Seine des Vikings, fin IXe-début Xe siècle : quelques réflexions autour de découvertes récentes et plus anciennes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Claudie Odille; Marie Marty; Vincent Riquier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Aube, un espace clé sur le cours de la Seine. Actes du colloque ArkéAube, Troyes, 17-19 sept. 2019.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Conseil départemental de l’Aube; Éditions Snoeck, pp.356-367, 2021, 978-94-6161-641-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03552887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« War, crimes and guerilla tactics, paratroopers lost and found, 6 june to 21 august 1944 : three Normandy villages in the eye of the storm » ; « Sergeant Terence Collins » ; « The Liberation »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6 June 1944 : Three Villages of the Pays d’Auge in the Eye of the Storm, Brucourt, Grangues, Périers-en-Auge</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Un fleuve pour la Liberté, pp.4-9, 32-33, 44-49, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188628v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergeant Terence Collins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Trois villages du pays d’Auge dans la tourmente du 6 juin 1944, Brucourt, Grangues, Périers-en-Auge</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Association "Un fleuve pour la Liberté, la Dives"</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.30-31, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02879257v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Libération</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Trois villages du pays d’Auge dans la tourmente du 6 juin 1944, Brucourt, Grangues, Périers-en-Auge</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Association "Un fleuve pour la Liberté, la Dives"</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.42-47, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02879262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guerre, crimes et guérilla, paras perdus et retrouvés, trois villages normands dans la tourmente, 6 juin-21 août 1944</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Trois villages du pays d’Auge dans la tourmente du 6 juin 1944, Brucourt, Grangues, Périers-en-Auge</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Association "Un fleuve pour la Liberté, la Dives"</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.2-7, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02060641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les fortifications de Vauban sur l’île Tatihou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Fauq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sur le terrain avec les archéologues ; 30 ans de découvertes dans l’ouest de la France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.274-275, 2018, Revue archéologique de l'Ouest</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02060538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction : La Méditerranée du nord ; La Manche et ses rives, de la chute de Rome à l’empire Plantagenêt ; Pirates en Manche ; Migrants, commerçants et voyageurs du haut Moyen âge ; La terreur des Vikings ; Rollon et ses successeurs : la première Normandie ; Guillaume et la conquête de l’Angleterre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Musée maritime de Tatihou. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Manche, fleuve d’échanges</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02060635v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’archéologie des grands conflits mondiaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">J.-P. Demoule, D. Garcia, A. Schnapp. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Une histoire des civilisations, Comment l’archéologie bouleverse nos connaissances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La Découverte/Inrap, pp.516-521, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02060625v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Vikings, premier trait d’union entre vieux et nouveau mondes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">J.-P. Demoule, D. Garcia, A. Schnapp, dir. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Une histoire des civilisations, Comment l’archéologie bouleverse nos connaissances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La Découverte/Inrap, pp.423-427, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02060549v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saxon, viking ou pas ? Les tribulations d’un bateau médiéval échoué sur la côte de la Manche, à Fermanville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">F. Journot (dir.), Pour une archéologie indisciplinée. Réflexions croisées autour de Joëlle Burnouf</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Monique Mergoil, pp.57-64, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02060443v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fort Fleur-d’épée ; Graffitis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Patrimoine de la Guadeloupe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, H. Chopin/Fondation Clément, pp.427, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061059v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’immigration scandinave sur le continent au Xe siècle : un invisible archéologique ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">D. Garcia, H. Le Bras, dir. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéologie des migrations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La Découverte - Inrap, pp.255-265, 2017, Actes du colloque international de Paris, Musée de l’histoire de l’immigration, Palais de la Porte dorée, 12-13 novembre 2015, 9782707196507</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02060914v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fort Fleur-d’épée ; Bas-du-Fort</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">DRAC de Guadeloupe, éd. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">111 Monuments historiques de Guadeloupe, Saint-Barthélémy et Saint-Martin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Hervé Chopin, pp.94-95, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061056v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’imaginaire archéologique dans les représentations du phénomène viking en Normandie : faux ou usages de faux ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">E. Ridel, dir. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Vikings dans l’empire franc. Impact, héritage, imaginaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, OREP, pp.97-101, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02060862v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La place de l'archéologie dans une histoire environnementale et humaine de l'estuaire de la Dives au Moyen Âge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lespez L. (éd.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Paysages et gestion de l'eau. Sept millénaires d'histoire de vallées et de plaines littorales en Basse-Normandie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PUC/MRSH, p. 67-82, 2012, coll. " Bibliothèque du Pôle Rural ", 3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00716042v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sources écrites médiévales et reconstitution des dynamiques paysagères des zones humides. Un exemple de transcription commentée : l'enquête du bailli de Caen sur les marais de la Dives en 1295-1297</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lespez L. (éd.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Paysages et gestion de l'eau. Sept millénaires d'histoire de vallées et de plaines littorales en Basse-Normandie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PUC/MRSH, p. 83-104, 2012, coll. " Bibliothèque du Pôle Rural ", 3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00716045v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les marais de la Dives du Mésolithique à nos jours</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Clet-Pellerin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Lespez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Maertens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lespez L. (éd.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Paysages et gestion de l'eau. Sept millénaires d'histoire de vallées et de plaines littorales en Basse-Normandie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PUC/MRSH, p. 173-196, 2012, coll. " Bibliothèque du Pôle Rural ", 3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00716047v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les restes conchyliologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ghesquière E., Marcigny C. (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cairon. Vivre et mourir au néolithique ; la Pierre Tourneresse en Calvados</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Rennes, PUR, p. 152-153, 2011, coll. " Archéologie &amp; Culture "</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00633487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trajectoire des paysages des vallées normandes et gestion de l'eau, du Néolithique aux enjeux de la gestion contemporaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Lespez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Cador</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Clet-Pellerin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.-A. Germaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Galop D. (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Paysage et environnement : de la reconstitution du passé aux modèles prospectifs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Franche-Comté, p. 61-75, 2010, " Annales littéraires ", série " Environnement, Sociétés et Archéologie "</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00716038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Hague aux périodes historiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marcigny C. (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Hague dans tous ses états. Archéologie, histoire et anthropologie de la presqu'île de La Hague</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, OREP Editions, p. 114-129, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00633484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Les établissements gallo-romains. Synthèse. L'occupation antique de l'Étoile dans le contexte de la plaine de Caen »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C.-C. Besnard-Vauterin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Besnard-Vauterin C.-C. (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">En plaine de Caen. Une campagne gauloise et antique. L'occupation du site de l'Étoile à Mondeville</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Rennes, PUR, p. 181-212, 2009, coll. « Archéologie &amp; Culture »</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00463118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Les établissements gallo-romains. La culture matérielle »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C.-C. Besnard-Vauterin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Berthelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Labauje-Jean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Besnard-Vauterin C.-C. (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">En plaine de Caen. Une campagne gauloise et antique. L'occupation du site de l'Étoile à Mondeville</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Rennes, PUR, p. 181-206, 2009, coll. « Archéologie &amp; Culture »</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00463117v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Les établissements gallo-romains. L'organisation générale des vestiges »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C.-C. Besnard-Vauterin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Besnard-Vauterin C.-C. (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">En plaine de Caen. Une campagne gauloise et antique. L'occupation du site de l'Étoile à Mondeville</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Rennes, PUR, p. 163-180, 2009, coll. « Archéologie &amp; Culture »</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00463107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Les “seigneurs du marais”. Regard sur l'encadrement des hommes au bord des marais de la Dives (Calvados) »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">E. Lalou, B. Lepeuple et J.L. Roch. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Des châteaux et des sources : Archéologie et histoire dans la Normandie médiévale, Mélanges en l'honneur d'Anne-Marie Flambard Héricher</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Publications des universités de Rouen et du Havre, p. 223-253, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00463105v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La fouille et l'histoire. Apports récents de l'archéologie à l'histoire de l'habitat rural du haut Moyen Âge en Basse-Normandie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bâtir dans les campagnes : les enjeux de la construction de la protohistoire au XXIe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, pp.153-168, 2007, Bibliothèque du pôle rural, 978-2-9510796-3-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00300482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un souterrain du deuxième Âge du Fer dans son contexte à Cormelles-le-Royal (Calvados)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Juhel V. (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Un souterrain du deuxième Âge du Fer dans son contexte à Cormelles-le-Royal (Calvados)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, t. XXXVIII, Mémoires de la Société des Antiquaires de Normandie, p. 209-218, 2006, Archéologie et prospection en Basse-Normandie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00300325v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gestion de l'eau et dynamique des paysages du Néolithique à nos jours : étude des basses vallées côtières dans le nord-ouest de la France, L'exemple de la basse vallée de la Dives (Calvados)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Lespez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Clet-Pellerin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Guilleux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Geophen, UMR 6554 LETG, Caen. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrosystèmes normands. Livret-Guide de l'excursion 2005 de la commission Hydrosystèmes Continentaux du CNFG</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, p. 55-75, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00273834v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Le projet collectif de recherche : archéologie, histoire et anthropologie de la presqu'île de La Hague : analyse sur la longue durée d'un espace naturel et social cohérent »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Cliquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Ghesquiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Lespez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéologie, histoire et anthropologie de la presqu'île de La Hague (Manche). Analyse sur la longue durée d'un espace naturel et social cohérent. Première année de recherche</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Le Tourp, Maison de La Hague, p. 9-14, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00463103v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le projet collectif de recherche : archéologie, histoire et anthropologie de la presqu'île de La Hague</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Cliquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Ghesquière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Lespez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéologie, histoire et anthropologie de la presqu'île de La Hague (Manche). Première année de recherche 2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Le Tourp, Imprimerie Artistiques Lecaux, pp.9-14, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00010090v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Le Christ saint-Sauveur de Dives : entre l’histoire et la légende. Église Notre-Dame, XIe-XIVe-XVIe siècles »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">M. Callias Bey, J.-F. Détrée, E. Ridel, éd. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hommes et navires dans la lumière du vitrail normand</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Musée maritime de Tatihou, pp.130-131, 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02060861v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« L’étude des parcellaires agricoles antiques et médiévaux : l’exemple de Cussy »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Ménager</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cyrille Billard, dir. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Une histoire des campagnes aux portes de Bayeux. Recherches archéologiques menées dans le cadre de la construction de la déviation de la Route Nationale 13</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.47, 2001</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02060855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Crapois normand. Dauphins et baleines en Basse-Normandie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Musée maritime de Tatihou. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Crapois normand. Dauphins et baleines en Basse-Normandie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 45 p., 2001</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02060850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Saint-Lois du Bas Moyen Âge à la période contemporaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Cliquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Ghesquière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5000 ans d’histoire aux portes de Saint-Lô</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Archives départementales de la Manche, pp.56-57, 2000</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02060840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Le Haut Moyen Âge dans la Manche »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Fichet de Clairfontaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Archives départementales de la Manche. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5000 ans d’histoire aux portes de Saint-Lô</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.56-57, 2000</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02060845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergeant Terence Collins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017, http://www.pegasusarchive.org/normandy/Biog2/Terence_Collins_1.htm</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061050v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (43)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume de Normandie. La jeunesse de Guillaume le Conquérant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Ladune</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00926524v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vignes médiévales et/ou modernes à Arçonnay (Sarthe)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012, http://archeologie-vin.inrap.fr/Archeologie-du-vin/Histoire-du-vin/Moyen-Age/Les-sites/p-13277-Vigne</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00783246v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deux fermes médiévales (XIe-XIVe siècle)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012, p. 24-25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00783251v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">(Rapport de fouille) Allonnes (Sarthe), ZAC du Monné &amp;quot; Le Pâtis &amp;quot;. Un enclos de la fin de l'Âge du Fer au sud du Mans, Inrap Grand-Ouest</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Lefort</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012, 120 p. dactyl</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00783261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">(Rapport de fouille) Allonnes (Sarthe), ZAC du Monné, Tranche 1, &amp;quot; site antique &amp;quot; (ZI 3a, 3b, 40, 45, 52 et 66). Établissements et parcellaires de l'Âge du Bronze à l'an mil au sud du Mans, Inrap Grand-Ouest</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élise Sehier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012, 470 p. dactyl</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00783260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le manoir de l'île (XVIe-XVIIe siècles)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012, p. 26-27</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00783252v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des Gaulois aux Gallo-Romains (Ier siècle avant-IIe siècle après J.-C.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012, p. 21</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00783250v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Friedliche Berserker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011, p. 60-67</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00652027v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saint-Loup-Hors, Calvados, Les Jardins de Saint-Loup. Vestiges d'une ferme d'époque moderne et d'occupations diachroniques aux portes de Bayeux, RFO de fouille archéologique, INRAP Basse-Normandie, 1 vol. dactyl.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00652014v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cabourg, Avenue Guillaume le Conquérant et Avenue de la Divette, RFO de diagnostic archéologique, INRAP Basse-Normandie, 1 vol. dactyl.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Séhier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00652016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Halte au pillage !, sous la direction de G. Compagnon, préface de J.-L. Le Quellec, Paris, Errance, collection des Hespérides, 2011 (446 p.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011, p. 94</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00633506v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume le Conquérant et l'estuaire de la Dives. Les coulisses d'une conquête</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011, 142 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00633493v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'église de Dives-sur-Mer et ses graffiti marins, du Moyen Âge au XXe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011, 189 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00652021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les paléoenvironnements régionaux du Ier au Ve siècles ap. J.-C.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011, p. 40-44</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00652031v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Antiquité tardive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011, p. 156-163</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00652035v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Moyen Âge à petits pas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2010, 78 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00633491v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'histoire de la baie du Mont-Saint-Michel et de son abbaye, Jean-Claude Lefeuvre et Jean-Paul Mouton, photographies de André Mauxion, préface d'Yves Coppens, Rennes, Éditions Ouest-France, 2009 (288 pages, 300 photos)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2010, p. 102</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00633502v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saint-Hilaire-Petiville (Manche). Rue du Manoir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009, pp.1 vol. dactyl</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00463171v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Le sel gaulois »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009, p. 78-80</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00463119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Archéologie médiévale en France. Le premier Moyen Âge (Ve-XIe siècle), Isabelle Catteddu, la Découverte, 2009 (177 pages) », Pour la Science, n° 380, juin 2009, « À lire »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009, p. 102</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00463169v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">(Analyses d'ouvrages) : « Gérard CHOUQUER, 2008, Traité d'archéogéographie. La crise des récits géohistoriques, Paris, Éditions Errance, 199 p. », Revue Archéologique de l'Ouest, 26</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00489025v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giberville (Calvados), « Delle de derrière l'église ». Vestiges d'occupations à la périphérie du bourg, au bord de la gronde, IIe-XVIIIe siècles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008, pp.1 vol. dactyl</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00463165v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Découvertes archéologiques récentes dans l'Orne. Bulletin trimestriel de la Société Historique et Archéologique de l'Orne »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008, p. 391-393</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00463155v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cabourg (Calvados), “Camping de la Plage – Avenue Charles de Gaulle”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008, pp.1 vol. dactyl</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00463166v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Annie Antoine et Dominique Marguerie (dir.), 2007, Bocages & Sociétés, Actes du colloque organisé à l'Université de Rennes 2 (29, 30 septembre et 1er octobre 2004) par le CERHIO (FRE 3004 – Centre de Recherche Historique de l'Ouest) et le CREAAH (UMR 6566 – Centre de Recherche en Archéologie, Archéosciences et Histoire), Rennes, Presses Universitaires de Rennes, coll. « Espace et Territoires », 509 p. et XXIV de pl. coul. en insert, Revue Archéologique de l'Ouest, 25, « Analyses d'ouvrages »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008, p. 382-388</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00463157v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« L'exploitation du sel des marais de la Dives », in Burnouf J., Archéologie médiévale en France. Le second Moyen Âge (XIIe-XVIe siècle), Paris, La Découverte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008, p. 134</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00463168v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cabourg (Calvados), “Station d'épuration”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008, pp.1 vol. dactyl</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00463167v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">(compte-rendu) « Marie-Pierre RUAS (coord.), « Cultures des fruits et lieux de culture de l'Antiquité, du Moyen Âge et de l'Époque Moderne. Des savoirs en pratiques, des mots et des images »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00463127v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">(compte-rendu) « Jan KLÁPŠTĚ (éd.), Water management in medieval rural economy / Les usages de l'eau en milieu rural au Moyen Âge, Prague, Institute of Archaeology, Academy of Sciences of the Czech republic, Památky archeologické, Supplementum, 17/Ruralia, V (27 sept.-2 oct. 2003, Villard-Sallet-Lyon), 2005, 269 p., Histoire & Sociétés Rurales, n° 27 1er semestre 2007, « Ouvrages »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00463129v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">(Rapports Finaux d'Opération (RFO) - rapports de fouille archéologique préventive) Isigny-sur-Mer (Calvados). Etablissements ruraux des bords de la Baie des Veys (La Tène - Haut-Empire)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00336991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Les Pieds dans l'Eau... » - La basse Dives et ses riverains, des origines aux temps modernes - Contribution à l'histoire environnementale des zones humides et littorales de Normandie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007, 7 vol., 2186 p., 265 p;. de fig</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00337319v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Le sel et les sauniers : une histoire millénaire » ; « L'esperkeria des congres à Guernesey ou la naissance d'une réglementation des pêches » ; « Le crapois normand » ; « L'art des filets : la chasse aux oiseaux littoraux »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007, p. 6, 12, 14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00300497v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grains de Sel. Sel et salines du littoral bas-normand (Préhistoire-XIXe siècle). Entre Histoire et Archéologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Ghesquière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00336833v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">(compte-rendu) Archéologie Médiévale, t. 35, 2005, Paris, CNRS Éditions, 327 p., ill., Histoire & Sociétés Rurales, n° 25, 1er semestre 2006, « Ouvrages »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006, p. 184-185</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00463174v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eterville (Calvados) &amp;quot;Lotissement de la Ferme&amp;quot;. Aux origines d'un village de la plaine de Caen (Néolithique-Epoque moderne)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00336888v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guichainville et le Vieil Evreux (Eure) &amp;quot;Le Long Buisson&amp;quot;. Section 2, vol. 7. Les vestiges médiévaux. Paysans métallurgistes du Haut Moyen Âge (VIe-Xe siècle)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00336889v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">(compte-rendu) « Antoine Chancerel, Cyril Marcigny et Emmanuel Ghesquière (dir.), Le plateau de Mondeville (Calvados) du Néolithique à l'Âge du Bronze, Paris, Éditions de la Maison des Sciences de l'Homme, « Documents d'Archéologie Française », 99, 2006, 205 p., Histoire & Sociétés Rurales, n° 26, 2e semestre 2006, « Ouvrages »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006, p. 195-197</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00463177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guichainville et Le Vieil Evreux (Eure) &amp;quot;Le Long Buisson&amp;quot;. Section 2, vol. 6. Bâtisseurs ou &amp;quot;squatteurs&amp;quot; ? (IVe-fin du Ve siècle)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00336891v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">(Compte-rendu) « Joëlle Burnouf et Philippe Leveau (dir.), Fleuves et marais, une histoire au croisement de la nature et de la culture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2005, p. 184-186</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00463122v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">(compte-rendu) Archéologie Médiévale, t. 34, 2004, Paris, CNRS Éditions, 325 p., ill., Histoire & Sociétés Rurales, n° 23, 1er semestre 2005, « Instruments de Travail »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2005, p. 299-301</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00463124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fermanville (Manche) &amp;quot;Les casernes/Le Donaton&amp;quot;, un atelier de bouilleur de sel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Jeanne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Le Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00274206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eculleville, Herqueville, Beaumont-Hague: Le Hague Dike</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Ghesquiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Huet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00010363v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Hôme-Varaville (Calvados), &amp;quot;Avenue de la Mer&amp;quot;.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C.C. Besnard Vauterin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00274146v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (67)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">JORT (Calvados), « Le Bourg, RD148a, B693 ». Au cœur d’un village : de l’Âge du Fer au XXe siècle au bord de la Dives. Rapport final d’opération de fouille archéologique préventive, Cesson-Sévigné, Inrap Grand-ouest, juillet 2025, 520 p</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cotté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Chanson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilien Estur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Dervin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap GO. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05425161v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bordeaux, Musée d’Aquitaine : Vestiges d’un « bunker de Montaigne », Rapport d’expertise archéologique, Bègles, Inrap Nouvelle Aquitaine &amp; Outre-Mer, décembre 2025, 22 p</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Labbey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap NAOM. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05425148v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soliers-Grentheville, Calvados (14). Parc Éole, tranche 2. En plaine de Caen, du bronze ancien à la Bataille de Normandie. Rapport de fouille archéologique préventive, Cesson-Sévigné, Inrap Grand-ouest, avril 2024, 666 p</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chris-Cécile Besnard-Vauterin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Chanson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cotté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Dervin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap GO. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05425176v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tournières, Rue du Percas, Calvados, Normandie. Opération IKE : Entre histoire et mémoire, investigations archéologiques sur l'ancien camp du Général Eisenhower</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Labbey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Hulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Aymard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Lepetit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Institut national de recherches archéologiques préventives (INRAP); Service Régional d'Archéologie de Normandie; Service départemental d'archéologie du Calvados. 2024, pp.53</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04980980v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ifs (Calvados), Centre pénitentiaire. Les occupations de l'âge du Fer, de l'Antiquité et du haut Moyen Age</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chris-Cécile Besnard-Vauterin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Adrian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ginette Auxiette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Chanson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap Grand Ouest. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03791127v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caen (Calvados) Rue Traversière ; 14, Avenue Georges-Clémenceau ; Hôpital Georges-Clémenceau ; Lotissement « Les Grands Jardins de Calix » (164568-164569). Dans le ventre de Caen : Diagnostic d’une carrière de pierre du quartier médiéval de Calix (XVe-XVIe siècles)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Clerc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Dolbois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] INRAP GO, Cesson-Sévigné. 2021, 272 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03376849v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Escoville, événementiel des combats de sa libération, 6 juin-18 juillet 1944 », in Besnard VauterinC.-C. (dir.), Escoville, Calvados, Rue des Peupliers, Domaine du Parc. Occupations du Hallstatt final, du Haut-Empire et du haut Moyen âge ; Vestiges de la Seconde Guerre mondiale. Rapport final d’opération. Cesson-Sévigné : Inrap Grand-Ouest, 2021, pp. 289-290.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap Grand Ouest, Cesson-Sévigné. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03194245v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blainville-sur-Orne (Calvados), ZAC « Terres d’Avenir » - 164039 (site n° 3). Vestiges de la bataille de Normandie : Blainville et la tête de pont britannique sur l’Orne (6 juin-août 1944). Cesson-Sévigné : Inrap Grand-Ouest, mars 2021, 262 p.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Besnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Labbey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Lecampion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tessier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] INRAP. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ver-sur-Mer (Calvados) « British Normandy Memorial » - 164249. Occupations littorales du Bronze final au Débarquement de Normandie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chris-Cécile Besnard-Vauterin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Chanson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cotté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Ghesquiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] INRAP Grand-Ouest (Cesson-Sévigné). 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03376852v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Escoville (Calvados), Rue des Peupliers, Domaine du Parc. Occupations du Hallstatt final, du Haut-Empire et du haut Moyen Âge. Rapport final de fouille archéologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chris-Cécile Besnard-Vauterin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ginette Auxiette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Guerin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap Grand Ouest, SRA Normandie. 2021, 385 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03478744v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">INRAP/Direction Scientifique et Technique/Grand-Ouest (dir.), Études avant aménagement d’un circuit de visite au Ranger Monument de la Pointe du Hoc et ses abords, Cricqueville-en-Bessin (14450), Calvados (14), Normandie, France, Contract ABM-p-2824, Task Order 003, INRAP/Direction scientifique et technique ; INRAP/Grand-Ouest ; Operation C124477</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Labbey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Marcigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Bellan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] INRAP Direction Scientifique et Technique. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anguerny (Calvados) « Le Parc » - 163821. Un village de la plaine de Caen, du Bas-Empire à la bataille de Normandie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Dervin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Mougne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Thevenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Besnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] INRAP GO, Cesson-Sévigné. 2020, 506 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La topographie ecclésiale et funéraire d’Évrecy, du haut Moyen Âge à nos jours. Bilan des données historiques et archéologiques », in Thomann A. (dir.), Une nécropole de l’Antiquité tardive et du haut Moyen Âge à Évrecy, Saint-Aubin-des-Champs 2, RD 139, Calvados, Inrap Grand-Ouest, t. I</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] INRAP GO, Cesson-Sévigné. 2019, pp.58-67</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« E. Les vestiges de la Seconde Guerre mondiale », in Besnard-Vauterin C.-C. (dir.), Douvres-la-Délivrande, Calvados, ZAC des Hauts Prés, Monuments funéraires de l’âge du Bronze et sépultures et parcellaire de l’âge du Fer. Vestiges de la Seconde Guerre mondiale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap Grand-Ouest. 2019, pp.126-127</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02060667v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Langrune-sur-Mer “Rue des chasses - AD 154p” Calvados, rapport de fouille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Ghesquière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Dervin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Giazzon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Jahier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap Grand Ouest. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02436925v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une nécropole de l’Antiquité tardive et du haut Moyen Âge à Evrecy, Saint-Aubin des champs 2 (Calvados)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aminte Thomann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Adrian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Claire Angeli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Bell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Bemilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap Grand Ouest. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02511563v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghesquières E. (dir.), Langrune-sur-Mer, « Rue des Chasses – AD 154p », Calvados, Inrap Grand-Ouest</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Ghesquière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élise Sehier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tessier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] INRAP GO, Cesson-Sévigné. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188625v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« 4.5 La Seconde Guerre mondiale », in Ghesquière E., Cambon P. (dir.), Fleury-sur-Orne, Calvados, « Les hauts de l’Orne », Nécropole néolithique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Ghesquière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] vol. 5, Inrap Grand-Ouest. 2019, pp.223-263</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02060685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tourville-Sur-Odon (Calvados) « Sous Mondrainville » ; Aux portes d’un village de la Campagne de Caen, De la préhistoire au XXe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap Grand-Ouest. 2018, 169 p. ; annexes</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02060663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Au cœur d'un village de la Campagne de Caen, du haut Moyen Age au XXe siècle : Rue du village, Eterville (Calvados), rapport de fouille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Chanson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Dervin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Villaregut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Besnard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap Grand Ouest. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02436869v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Merville-Franceville-Plage (Calvados), ”Les Batteries” ; un haut-lieu de la bataille de Normandie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap Grand-Ouest. 2018, 85 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02060665v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colleville-Montgomery (Calvados), “La Mare Gobe” ; Aux portes d’un village de la Côte de Nacre, De l’âge du Bronze au XXe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap Grand-Ouest. 2018, 212 p. ; annexes</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02060674v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éterville (Calvados) “Rue du Village” ; Au cœur d’un village de la Campagne de Caen, du haut Moyen âge au XXe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap Grand-Ouest. 2018, 143 p. ; annexes</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02060649v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La Seconde Guerre mondiale », in Ghesquière E. (dir.), Fleury-sur-Orne, Calvados, « Rue Louise Michel, Tram-Cités », Futur centre de maintenance du tramway »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Giazzon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Ghesquière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Tessier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap Grand-Ouest. 2018, pp.191-256</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02060657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aux portes d'un village de la Côte de Nacre de l’âge du Bronze au XXe siècle, Colleville-Montgomery (Calvados) : La Mare Gobe, rapport de fouille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Dervin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Mougne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Clement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Dubrulle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap Grand Ouest. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02436881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Les vestiges de la Seconde Guerre mondiale : nature, contexte et interprétation », in Flotté F., dir. 2017, Giberville, Calvados, “ZAC du chemin de Clopée-tranche 2”, Rapport d’opération de diagnostic archéologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap Grand-Ouest. 2017, pp.52-60</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02064391v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« 3.5 - Événements du 6 juin 1944 », in Le Gaillard L., dir. 2017, Bénouville, ZAC Le Fond du Pré, Rapport d’opération de diagnostic archéologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap Grand-Ouest. 2017, pp.32-48</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02064381v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Merville-Franceville-Plage (Calvados), « 34, Avenue Alexandre de Lavergne - Lotissement Les Coquelicots » ; De l’âge du Fer à la bataille de Normandie, Rapport d’opération de diagnostic archéologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap Grand-Ouest. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02064388v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jort (Calvados), « Rue Paul-Duhomme 2 » ; Au cœur d’un village : de l’Âge du Fer au Moyen Âge au bord de la Dives, RFO de fouille archéologique préventive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap Grand-Ouest. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02064387v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Au coeur d'un village : de l’âge du Fer au Moyen âge au bord de la Dives, Rue Paul Duhomme 2, Jort (Calvados)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Dervin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Even</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chris-Cécile Besnard-Vauterin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Chanson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap Grand Ouest. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02436862v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Au cœur d'un village : vestiges de l'Antiquité à 1944 au bord de la Dives. Jort (Calvados), “Le Moulin fouleux”, B696</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Dervin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Even</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Lehugeur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Pilon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap Grand-Ouest. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02436836v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jort (Calvados), « Le Moulin fouleux », B696 ; Au cœur d’un village : Vestiges de l’Antiquité à 1944 au bord de la Dives, RFO de fouille archéologique préventive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap Grand-Ouest. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02064390v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénouville, ZAC Le Fond du Pré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Le Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Dervin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Labbey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Institut national de recherches archéologiques préventives. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05069546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Mise en contexte historique », in Ghesquière E., dir. 2017, Blainville-sur-Orne, ZAC Terre d’avenir, Calvados, Rapport d’opération de diagnostic archéologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap Grand-Ouest. 2017, pp.80-84</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02064384v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La carrière Saingt à Fleury-sur-Orne (Calvados). Protection et étude d’une exploitation souterraine , in Dujardin L., Marcigny C. (dir.), La carrière Saingt à Fleury-sur-Orne (Calvados) ; Étude d’une carrière-refuge pour les civils lors de la Bataille de Caen (juin 44), RFO de fouille archéologique programmée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albane Burens-Carozza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Carozza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Dujardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Grussenmeyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap Grand-Ouest. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02064379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moult (Calvados), “Le Val des Cigognes”, Un hameau des XIIIe-XVe siècles aux portes du pays d’Auge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap Grand-Ouest. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061114v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un hameau des XIIIe-XVe s. aux portes du pays d'Auge, Le Val des Cigognes, Moult (Calvados) : rapport de fouille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Dervin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Godard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap Grand Ouest. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02436579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jort (Calvados), « Rue Paul-Duhomme 1 », Au cœur d’un village : nécropole d’enfants laténienne et occupations diachroniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap Grand-Ouest. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061115v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">12. Du Moyen Âge à l’époque contemporaine, in Marcigny C., Mazet S. (dir.), Au bord de l’eau ! Les occupations humaines d’une berge de la Seine du Tardiglaciaire à nos jours ; Haute-Normandie, Eure (27), ALIZAY - Le Postel, Le Pré Rompu, Le Chêne, Le Port au Chanvre, Les Diguets ; IGOVILLE - Le Fort, Les Limais ; RFO de fouille archéologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Adrian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Labrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap Grand-Ouest. 2015, pp.51-340</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02064376v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecouché (Orne), « Ferme Méheudin » : enceinte fortifiée et habitat du Xe au XVIIIe s. dans la campagne d'Argentan : rapport de fouille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Cambou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Dervin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Godard Céline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap Grand Ouest. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02436566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Varaville (Calvados), « Lotissement du Colombier ». Salines de l’âge du Fer au bord des marais de la Divette</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] Inrap Grand-Ouest. 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061110v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« À propos du mobilier de la sépulture 537 », in BESNARD-VAUTERIN C.-C. (dir.), Bretteville-l’Orgueilleuse, Basse-Normandie, Calvados, Le Bas des Prés, « Lotissement Résidence Les Parcs ». De la ferme à la villa, 1 000 ans d’occupation : Évolution d’un domaine agricole de la fin du Premier Âge du Fer à la fin de l’Antiquité, vol. 3</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap Grand-Ouest. 2013, pp.107-109</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061108v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saint-Contest, Espace d'Entreprises II : enclos laténo-augustéen, carrières antiques et hameau médiéval au Clos de Bitot, rapport de fouille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Legaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Cavanillas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Dervin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Hérard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap Grand Ouest. 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02436983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Synthèse sur le hameau médiéval », dans LE GAILLARD L., 2013 : Saint-Contest. Espace Entreprises II. Extension d’un parc tertiaire. Fouille archélogique, 15 septembre-5 décembre 2008</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap Grand-Ouest. 2013, pp.114-115</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061104v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RN 13, Déviation de Loucelles. Communes de Loucelles et Sainte-Croix-Grand-Tonne (Calvados). Établissements protohistoriques et antiques en bordure de la voie Caen-Bayeux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] Inrap Grand-Ouest. 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etablissements protohistoriques et antiques en bordure de la voie Caen-Bayeux, Loucelles et Sainte-Croix-Grand-Tonne, (Calvados) : rapport de fouille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ginette Auxiette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Deloze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Dervin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Giazzon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap Grand Ouest. 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02436515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fontenai-sur-Orne, Orne, Les Fresneaux – A88 Caen – Sées. Petite fortification et habitat médiéval au bord de l’Orne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap Grand-Ouest. 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061094v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Troarn, Calvados, Parc d’Activités de la Croix de Pierre. Enclos laténien et villa gallo-romaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] Inrap Grand-Ouest. 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061095v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autoroute A88. Fontenai-sur-Orne/Sarceaux (Orne). Projet Alicorne A88. Aire de service (cadastre ZL 15 et 16), RFO de diagnostic archéologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] Inrap Grand-Ouest. 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061097v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dives-sur-Mer (Calvados) « La Vignerie »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap Grand-Ouest. 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061098v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éterville (Calvados), « La Résidence de la Ferme »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] Inrap Grand-Ouest. 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061100v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Gosier (Guadeloupe, Grande-Terre), « Fort Fleur d’Épée ». Les graffiti du souterrain du fort Fleur d’Épée. Regards sur la vie d’un fort français dans la baie de Pointe à Pitre (XIXe-XXe s.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] Inrap et Conseil général de Guadeloupe. 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061078v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hesloup (Orne) « Le Hameau de Bellevue »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap Grand-Ouest. 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061102v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saint-François (Guadeloupe, Grande-Terre), « Le Moulin sucrier». Enquête sur les graffiti du moulin sucrier de Saint-François (XIXe s.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap et Conseil général de Guadeloupe. 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061076v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saint-Vaast-la-Hougue (Manche), Île Tatihou « La Plaine ». Habitats littoraux et insulaires de l’Âge du Bronze au Moyen Âge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap et SRA de Basse-Normandie. 2002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061081v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’occupation mérovingienne ; Conclusions, in MARCIGNY C. (dir.), Saint-Vigor-d’Ymonville (Seine-Maritime), « Les Sapinettes » et « La Mare des Mares » (Carrière Lafarge, tranches 4)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap Grand-Ouest. 2002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061089v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« L’ensemble 7 : un enclos gallo-romain », in LE GOFF E. (DIR.), Les occupations protohistoriques et antiques de la ZAC « Object’Ifs Sud », Ifs (Calvados), vol. 3</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elven Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] Inerap Grand-Ouest. 2002, pp.613-631</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cormelles-le-Royal (Calvados), « Opération Coty ». Habitat rural mérovingien de la plaine de Caen (VIIe-début VIIIe s.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] Inrap Grand-Ouest. 2002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061086v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saint-Vaast-la-Hougue (Manche), Île Tatihou « Le Fort ». Ouvrages militaires de Vauban à la Troisième République</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap Grand Ouest. 2002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061083v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Un habitat du XIIe siècle », in Giazzon D. (dir.), Arçonnay (Sarthe), « Parc Saint-Gilles »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] Inrap Grand-Ouest. 2002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061087v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plomb (Manche) « Le Mesnil », DFS de sauvetage urgent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap Grand-Ouest. 2000</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02064347v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Argentan (Orne) « Aire d'accueil pour les gens du voyage », DFS de sauvetage urgent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Afan. 1999</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02064351v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A 28, section Alençon-Le Mans-Tours ; Vivoin (Sarthe) « Le Grand Coudray », DFS de sauvetage urgent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] 16, Afan. 1998</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02064354v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A 84, section Coulvain - Guilberville ; « les Flaux » Saint-Ouen-des-Besaces (Calvados) A 225, DFS de sauvetage urgent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Afan. 1996</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02064356v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évolution d’un terroir du IXe au début du XIe s., in : RENAULT V. (dir.), Mondeville « Haut Saint Martin » (Calvados), DFS de sauvetage urgent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Noëlle Gondouin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Afan. 1995, pp.79-113</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02064359v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cormelles-le-Royal (Calvados) « Échangeur RN 513/RD 299 », DFS de sauvetage urgent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Afan. 1994</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02064361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rots (Calvados) « Cap-Ouest », DFS de sauvetage urgent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Afan. 1994</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02064360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude pour le développement d'un générateur d'air humide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chimie théorique et/ou physique. Université Blaise Pascal - Clermont-Ferrand II, 2005. Français. </w:t></w:r><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2005CLF21572⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00665746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vidéo (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les enclos mérovingiens de Basse-Normandie et l’évolution des terroirs régionaux au cours du haut Moyen Âge.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth de Pablo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Fillon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01894857v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction au colloque ...</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Fichet de Clairefontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth de Pablo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Fillon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01889311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discussion - &amp;quot;L'espace rural dans l'Antiquité et le Haut Moyen Âge&amp;quot;.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Ouzoulias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Desloges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Murielle Georges-Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Catteddu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01894888v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId500"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05090668v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Beauchamp" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Carpentier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Germain-Vall&#233;e" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Glais" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/146oh" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-05421453v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Coupard" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/154ya" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05425131v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lestine Vincelot" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/154yd" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-05081826v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-05081799v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Labbey" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04517188v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-05081780v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Barbeau" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Lefebvre" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649756v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Barbier-Pain" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Dietsch-Sellami" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Dupont" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11w2q" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-05081846v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649745v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Ghesqui&#232;re" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Dervin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise S&#233;hier" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Cavanna" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11zr4" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04515708v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11141/ia.66.10" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04665516v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Prilaux" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649750v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Dubois" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Dujardin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Carpentier" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Clerc" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11zr2" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382919v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mate.147.0007" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04125623v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Brang&#233;" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bolly" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Landolt" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02131699v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Brunet" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Paez-Rezende" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Jeanne" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Nivez" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Piolot" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/annor.731.0161" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04349260v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Marcigny" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04556420v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Sauvage" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04420408v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/raco.002.0113" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03842870v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Fichet de Clairfontaine" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03703512v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03228913v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Boursier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Bougault" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Chapelain de Ser&#233;ville-Niel" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Corde" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.7445" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03376859v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188638v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02944344v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Tessier" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02446665v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02446670v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Billard" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Lamache" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02466232v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bri&#232;re" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeopages.4251" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061048v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01761047v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Carozza" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Grussenmeyer" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nda.3436" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061053v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Damourette" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Vilgrain" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061046v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061045v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeopages.549" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00926495v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Dutour" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061004v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061005v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061000v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00633463v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00633459v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061002v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00491015v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Lespez" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Clet-Pellerin" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Davidson" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Hermier" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2009.06.018" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5J5MX7JS-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00633455v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00463741v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. van den Bossche" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rao.813" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00463083v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061044v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00463742v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Giazzon" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rao.924" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00463081v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00462764v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ghesqui&#232;re" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00300473v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00445321v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Garnier" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Maertens" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00462735v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Le Gaillard" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Duclos" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00300313v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00010083v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061042v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Guillier" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Lepaumier" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Lourdeau" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00010085v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Lepaumier" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lourdeau" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061036v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061035v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/rao.2004.1176" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00261604v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ghesquiere" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02060990v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061038v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.2004.12994" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00261517v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Marigny" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Cl&#233;ment-Sauleau" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Matterner-Seck" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/rao.2004.1174" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02060995v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061030v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Fosse" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Juhel" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061031v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00123419v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00261599v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00261188v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00261233v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Marcygny" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Savary" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/rao.2002.1191" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061028v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061025v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061024v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061020v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061017v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Hincker" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/rao.2001.1163" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02060257v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Durand" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/rao.2001.1155" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061022v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061019v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/rao.2001.1165" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061013v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061014v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061016v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois D&#233;tr&#233;e" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061012v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061011v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/rao.1999.1093" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061009v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03238677v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02447784v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02446936v2" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Aubry" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Besnard" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34692/wyd6-np90" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02133608v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Flott&#233;" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01942810v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02060908v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02060903v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00926506v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00926511v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00783236v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00783237v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00652007v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00633473v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Fajal" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Foucher" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00489029v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00332442v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00463101v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00292308v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Cador" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anne Germaine" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00463100v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00336620v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00273719v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Garnier" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00300492v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00300479v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00463088v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00271083v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00300320v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02060894v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00463086v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00300393v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00010129v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gaum&#233;" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Chantreuil" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00272121v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Dunikowski" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Zaour" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00272122v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00463098v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;. Gaum&#233;" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Chantreuil" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02060882v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00271718v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00271144v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. M&#233;nager" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00271400v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02060873v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02060867v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02139372v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Delrue" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02793317v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-05081708v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Jacquemot" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Legendre" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061723v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.puc-ed.fr/book/?gcoi=28777100378410#" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04445680v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Garcia" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bouiron" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Boissi&#232;re" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Blin" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tallandier.com/livre/atlas-archeologique-de-la-france/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03790604v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02444858v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editions.ouest-france.fr/archeologie-du-debarquement-9782737379505.html" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061071v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fourqui&#233; J." TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061074v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061069v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061067v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061065v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061063v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00926518v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Leveau" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02793341v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00783241v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02793024v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02792743v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061062v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04445878v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03376839v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editions.flammarion.com/la-fabrique-de-la-france/9782080234704" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/flam.garci.2021.01.0232" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03210986v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03552887v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188628v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02879257v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ladives1944.com/about/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02879262v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02060641v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02060625v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02060443v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02060549v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02060538v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Fauq" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02060635v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061059v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02060914v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061056v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02060862v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00716042v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00716045v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00716047v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Clet-Pellerin" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lespez" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00633487v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00716038v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-A. Germaine" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00633484v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00463118v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.-C. Besnard-Vauterin" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00463117v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Simon" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Berthelot" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Labauje-Jean" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00463107v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00463105v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00300482v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00300325v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00273834v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Guilleux" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00463103v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Cliquet" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00010090v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Cliquet" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02060861v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02060850v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02060855v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic M&#233;nager" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02060840v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02060845v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061050v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00926524v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ladune" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00783246v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00783251v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00783252v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00783261v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lefort" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00783260v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Sehier" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00783250v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00652014v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00652016v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. S&#233;hier" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00633506v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00633493v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00652021v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00652031v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00652035v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00652027v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00633502v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00633491v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00463171v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00463119v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00463169v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00463166v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00463155v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00463157v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00463168v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00463167v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00489025v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00463165v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00463127v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00463129v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00300497v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00336991v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00337319v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00336833v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00463174v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00336888v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00336889v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00463177v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00336891v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00463122v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00463124v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00274206v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00010363v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Huet" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00274146v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.C. Besnard Vauterin" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05425161v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cott&#233;" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Chanson" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Estur" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05425148v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05425176v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris-C&#233;cile Besnard-Vauterin" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04980980v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Hulin" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Aymard" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Lepetit" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03791127v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves-Marie Adrian" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ginette Auxiette" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03376849v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Dolbois" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03194245v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188581v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Lecampion" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03376852v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Ghesquiere" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03478744v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Guerin" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188598v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Bellan" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188587v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Mougne" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Thevenet" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02436925v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Jahier" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02511563v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aminte Thomann" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Claire Angeli" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bell" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bemilli" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188625v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02060685v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02060667v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188615v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02060674v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02060649v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02060657v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02436881v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Clement" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Dubrulle" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02436869v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Villaregut" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02060663v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02060665v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02064388v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02064387v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02436862v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Even" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02436836v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Lehugeur" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Pilon" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02064390v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02064384v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-05069546v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Le Gaillard" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02064391v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02064381v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02064379v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albane Burens-Carozza" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02436579v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Godard" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061114v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061115v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02064376v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Cardon" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Labrot" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02436566v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cambou" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Godard C&#233;line" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061110v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061108v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02436983v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Legaillard" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Cavanillas" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s H&#233;rard" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061104v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061106v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02436515v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Deloze" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061094v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061095v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061097v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061098v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061100v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061102v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061076v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061078v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061081v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061089v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061092v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elven Le Goff" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061086v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061083v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061087v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02064347v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02064351v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02064354v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02064356v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02064359v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Gondouin" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02064361v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02064360v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00665746v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2005CLF21572" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/medihal-01894857v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth de Pablo" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Fillon" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/medihal-01889311v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Marin" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Fichet de Clairefontaine" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/medihal-01894888v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Ouzoulias" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Desloges" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Georges-Leroy" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Catteddu" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05542724v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Dieulefet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Le Boulaire" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Varennes" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Catala" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Carpentier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/raco.003.0101" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05425131v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lestine Vincelot" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/154yd" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-05421453v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Coupard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/154ya" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05090668v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Beauchamp" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Germain-Vall&#233;e" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Glais" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/146oh" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-05081826v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-05081799v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Labbey" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04517188v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-05081780v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Barbeau" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Lefebvre" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649756v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Barbier-Pain" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Dietsch-Sellami" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Dupont" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11w2q" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-05081846v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649745v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Ghesqui&#232;re" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Dervin" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise S&#233;hier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Cavanna" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11zr4" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04515708v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11141/ia.66.10" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04665516v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Prilaux" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649750v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Dubois" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Dujardin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Carpentier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Clerc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11zr2" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04420408v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/raco.002.0113" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382919v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mate.147.0007" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04125623v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Brang&#233;" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bolly" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Landolt" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02131699v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Brunet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Paez-Rezende" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Jeanne" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Nivez" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Piolot" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/annor.731.0161" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04349260v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Marcigny" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04556420v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Sauvage" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03703512v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03842870v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Fichet de Clairfontaine" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03228913v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Boursier" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Bougault" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Chapelain de Ser&#233;ville-Niel" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Corde" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.7445" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03376859v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188638v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02944344v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Tessier" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02446665v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02446670v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Billard" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Lamache" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02466232v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bri&#232;re" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeopages.4251" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061048v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01761047v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Carozza" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Grussenmeyer" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nda.3436" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061053v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Damourette" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Vilgrain" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061046v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061045v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeopages.549" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061005v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00926495v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Dutour" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061004v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061002v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061000v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00633463v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00633459v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00491015v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Lespez" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Clet-Pellerin" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Davidson" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Hermier" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2009.06.018" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5J5MX7JS-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00633455v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061044v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00463742v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Giazzon" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rao.924" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00463083v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00463741v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. van den Bossche" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rao.813" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00463081v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00462764v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ghesqui&#232;re" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00300473v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00445321v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Garnier" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Maertens" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00462735v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Le Gaillard" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Duclos" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00300313v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00010083v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00010085v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Guillier" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Lepaumier" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lourdeau" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061042v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Lepaumier" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Lourdeau" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00261517v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Marigny" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Cl&#233;ment-Sauleau" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Matterner-Seck" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/rao.2004.1174" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02060995v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061036v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061035v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/rao.2004.1176" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00261604v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ghesquiere" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02060990v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061038v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.2004.12994" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061030v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Fosse" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Juhel" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061031v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00123419v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00261599v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061024v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00261188v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00261233v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Marcygny" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Savary" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/rao.2002.1191" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061028v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061025v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061022v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061019v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/rao.2001.1165" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061020v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061017v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Hincker" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/rao.2001.1163" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02060257v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Durand" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/rao.2001.1155" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061016v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois D&#233;tr&#233;e" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061013v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061014v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061012v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061011v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/rao.1999.1093" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061009v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03238677v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02447784v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02446936v2" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Aubry" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Besnard" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34692/wyd6-np90" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02133608v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Flott&#233;" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01942810v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02060908v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02060903v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00926506v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00926511v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00783236v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00783237v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00652007v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00633473v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Fajal" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Foucher" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00489029v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00332442v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00463101v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00292308v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Cador" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anne Germaine" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00463100v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00300479v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00336620v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00273719v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Garnier" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00300492v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00463086v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00300393v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00271083v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00463088v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00300320v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02060894v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00010129v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gaum&#233;" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Chantreuil" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00272121v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Dunikowski" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Zaour" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00272122v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00463098v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;. Gaum&#233;" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Chantreuil" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02060882v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00271718v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00271144v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. M&#233;nager" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00271400v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02060873v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02060867v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02139372v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Delrue" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02793317v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-05081708v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Jacquemot" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Legendre" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061723v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.puc-ed.fr/book/?gcoi=28777100378410#" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04445680v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Garcia" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bouiron" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Boissi&#232;re" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Blin" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tallandier.com/livre/atlas-archeologique-de-la-france/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03790604v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02444858v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editions.ouest-france.fr/archeologie-du-debarquement-9782737379505.html" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061071v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fourqui&#233; J." TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061074v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061069v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061067v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061065v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00926518v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Leveau" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061063v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02793341v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00783241v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02793024v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02792743v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061062v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04445878v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03376839v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editions.flammarion.com/la-fabrique-de-la-france/9782080234704" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/flam.garci.2021.01.0232" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03210986v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03552887v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188628v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02879257v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ladives1944.com/about/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02879262v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02060641v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02060538v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Fauq" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02060635v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02060625v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02060549v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02060443v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061059v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02060914v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061056v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02060862v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00716042v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00716045v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00716047v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Clet-Pellerin" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lespez" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00633487v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00716038v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-A. Germaine" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00633484v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00463118v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.-C. Besnard-Vauterin" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00463117v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Simon" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Berthelot" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Labauje-Jean" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00463107v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00463105v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00300482v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00300325v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00273834v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Guilleux" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00463103v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Cliquet" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00010090v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Cliquet" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02060861v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02060855v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic M&#233;nager" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02060850v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02060840v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02060845v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061050v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00926524v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ladune" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00783246v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00783251v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00783261v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lefort" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00783260v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Sehier" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00783252v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00783250v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00652027v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00652014v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00652016v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. S&#233;hier" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00633506v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00633493v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00652021v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00652031v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00652035v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00633491v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00633502v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00463171v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00463119v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00463169v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00489025v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00463165v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00463155v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00463166v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00463157v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00463168v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00463167v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00463127v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00463129v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00336991v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00337319v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00300497v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00336833v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00463174v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00336888v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00336889v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00463177v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00336891v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00463122v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00463124v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00274206v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00010363v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Huet" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00274146v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.C. Besnard Vauterin" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05425161v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cott&#233;" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Chanson" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Estur" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05425148v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05425176v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris-C&#233;cile Besnard-Vauterin" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04980980v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Hulin" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Aymard" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Lepetit" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03791127v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves-Marie Adrian" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ginette Auxiette" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03376849v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Dolbois" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03194245v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188581v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Lecampion" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03376852v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Ghesquiere" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03478744v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Guerin" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188598v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Bellan" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188587v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Mougne" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Thevenet" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188615v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02060667v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02436925v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Jahier" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02511563v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aminte Thomann" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Claire Angeli" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bell" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bemilli" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188625v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02060685v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02060663v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02436869v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Villaregut" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02060665v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02060674v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02060649v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02060657v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02436881v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Clement" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Dubrulle" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02064391v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02064381v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02064388v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02064387v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02436862v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Even" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02436836v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Lehugeur" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Pilon" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02064390v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-05069546v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Le Gaillard" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02064384v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02064379v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albane Burens-Carozza" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061114v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02436579v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Godard" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061115v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02064376v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Cardon" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Labrot" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02436566v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cambou" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Godard C&#233;line" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061110v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061108v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02436983v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Legaillard" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Cavanillas" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s H&#233;rard" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061104v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061106v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02436515v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Deloze" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061094v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061095v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061097v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061098v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061100v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061078v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061102v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061076v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061081v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061089v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061092v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elven Le Goff" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061086v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061083v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02061087v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02064347v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02064351v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02064354v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02064356v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02064359v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Gondouin" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02064361v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02064360v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00665746v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2005CLF21572" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/medihal-01894857v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth de Pablo" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Fillon" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/medihal-01889311v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Marin" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Fichet de Clairefontaine" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/medihal-01894888v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Ouzoulias" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Desloges" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Georges-Leroy" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Catteddu" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>