--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -147,921 +147,921 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (60)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (61)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Low-smoke fuels for residential heating linked to an increase in ultrafine particle emissions</w:t>
+                <w:t xml:space="preserve">Comprehensive Insights into Organic Matter from Astrophysical Ice Analogues by Multimodal Ionisation High-Resolution Mass Spectrometry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chunshui Lin</w:t>
+                <w:t xml:space="preserve">Lawry Honold</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Darius Ceburnis</w:t>
+                <w:t xml:space="preserve">Jasmine Hertzog</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anna Trubetskaya</w:t>
+                <w:t xml:space="preserve">Alexander Ruf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lu Lei</w:t>
+                <w:t xml:space="preserve">Frédéric Aubriet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shan Wang</w:t>
+                <w:t xml:space="preserve">Vincent Carré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Geoscience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2026, </w:t>
+              <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 547 (3), pp.stag434. </w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41561-026-01942-1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/mnras/stag434⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05532937v1</w:t>
+                <w:t xml:space="preserve">hal-05543175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chemical Evolution of Hydrothermal Liquefaction Oils from Microalgae During Hydrotreatment: Insights from GC×GC and FT-ICRMS</w:t>
+                <w:t xml:space="preserve">Low-smoke fuels for residential heating linked to an increase in ultrafine particle emissions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno da Costa Magalhães</w:t>
+                <w:t xml:space="preserve">Chunshui Lin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ruben Checa</w:t>
+                <w:t xml:space="preserve">Darius Ceburnis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chantal Lorentz</w:t>
+                <w:t xml:space="preserve">Anna Trubetskaya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Théo Voellinger</w:t>
+                <w:t xml:space="preserve">Lu Lei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jasmine Hertzog</w:t>
+                <w:t xml:space="preserve">Shan Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Energy &amp; Fuels</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, Special issue “In Honor of Prof. Umit Ozkan −2024 Recipient of the ACS George A. Olah Award”, 39 (27), pp.12936-12948. </w:t>
+              <w:t xml:space="preserve">Nature Geoscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.energyfuels.5c00575⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41561-026-01942-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05134918v1</w:t>
+                <w:t xml:space="preserve">hal-05532937v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of acid-catalyzed dehydration and pressure on woody biomass carbonization: Exploring carbon yield, heteroatom functionalities, and biochar atomistic structure</w:t>
+                <w:t xml:space="preserve">Porous nitrogen-doped TiO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;/graphene oxide derived from H&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;N-MIL-125(Ti)/graphene oxide composites as highly efficient visible light active photocatalysts for the degradation of dyes and carbamazepine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valentina Sierra-Jimenez</w:t>
+                <w:t xml:space="preserve">Askar Bakhadur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robert Macias</w:t>
+                <w:t xml:space="preserve">Halima Alem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Carré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jonathan Mathews</w:t>
+                <w:t xml:space="preserve">Thomas Gries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Carré</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Leclerc</w:t>
+                <w:t xml:space="preserve">Lavinia Balan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Carbon</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.carbon.2025.120474⟩</w:t>
+              <w:t xml:space="preserve">Applied Surface Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 714, pp.164466. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.apsusc.2025.164466⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05098686v1</w:t>
+                <w:t xml:space="preserve">hal-05231793v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Porous nitrogen-doped TiO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;/graphene oxide derived from H&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;N-MIL-125(Ti)/graphene oxide composites as highly efficient visible light active photocatalysts for the degradation of dyes and carbamazepine</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Influence of acid-catalyzed dehydration and pressure on woody biomass carbonization: Exploring carbon yield, heteroatom functionalities, and biochar atomistic structure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentina Sierra-Jimenez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Askar Bakhadur</w:t>
+                <w:t xml:space="preserve">Robert Macias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Halima Alem</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Jonathan Mathews</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Carré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Gries</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Lavinia Balan</w:t>
+                <w:t xml:space="preserve">Sébastien Leclerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Surface Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.apsusc.2025.164466⟩</w:t>
+              <w:t xml:space="preserve">Carbon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 242, pp.120474. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.carbon.2025.120474⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05231793v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05098686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mass, carbon and energy balances of thermochemical processes for digestate valorization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Demol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rémi Demol</w:t>
+                <w:t xml:space="preserve">Mohamed Aissaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohamed Aissaoui</w:t>
+                <w:t xml:space="preserve">Paola Gauthier-Maradei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paola Gauthier-Maradei</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Cecilia Sambusiti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jasmine Hertzog</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Energy Conversion and Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 332, pp.119759. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.enconman.2025.119759⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05041880v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermochemical conversion of solid digestates: Effects of temperature and fluidizing gas on products composition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Hechmi Aissaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jasmine Hertzog</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecilia Sambusiti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paola Gauthier-Maradei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Noëlle Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Analytical and Applied Pyrolysis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 186, pp.106928. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jaap.2024.106928⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04865536v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploring Cellulose Fast Pyrolysis Secondary Reactions Through Reactive Molecular Dynamics and Direct Insertion Probe Fourier Transform Ion Cyclotron Resonance Mass Spectrometry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentina Sierra-Jimenez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théo Voellinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Carré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farid Chejne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1089,51 +1089,51 @@
               <w:t xml:space="preserve">Energy &amp; Fuels</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 39 (21), pp.9860-9873. </w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acs.energyfuels.5c01308⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05076874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
@@ -1177,51 +1177,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Gerber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Rup-Jacques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jasmine Hertzog</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Organometallic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 1027, pp.123514. </w:t>
@@ -1253,4178 +1253,4178 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04889116v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of CID and UVPD Activation to Achieve the Structural Characterization of Some Pyrolysis Bio‐Oil Components</w:t>
+                <w:t xml:space="preserve">Chemical Evolution of Hydrothermal Liquefaction Oils from Microalgae During Hydrotreatment: Insights from GC×GC and FT-ICRMS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anthony Abou Dib</w:t>
+                <w:t xml:space="preserve">Bruno da Costa Magalhães</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bryan Marzullo</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Vincent Carré</w:t>
+                <w:t xml:space="preserve">Ruben Checa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mark Barrow</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Peter Oconnor</w:t>
+                <w:t xml:space="preserve">Chantal Lorentz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Théo Voellinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jasmine Hertzog</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rapid Communications in Mass Spectrometry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/rcm.10166⟩</w:t>
+              <w:t xml:space="preserve">Energy &amp; Fuels</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, Special issue “In Honor of Prof. Umit Ozkan −2024 Recipient of the ACS George A. Olah Award”, 39 (27), pp.12936-12948. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.energyfuels.5c00575⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05386708v1</w:t>
+                <w:t xml:space="preserve">hal-05134918v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Performance of catalytic wet oxidation on thermochemical aqueous effluents assessed by FT-ICR MS</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jasmine Hertzog</w:t>
+                <w:t xml:space="preserve">Comparison of CID and UVPD Activation to Achieve the Structural Characterization of Some Pyrolysis Bio‐Oil Components</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Abou Dib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Iva Tews</w:t>
+                <w:t xml:space="preserve">Bryan Marzullo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Carré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sohrab Haghighi Mood</w:t>
+                <w:t xml:space="preserve">Mark Barrow</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frederic Aubriet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Vincent Carré</w:t>
+                <w:t xml:space="preserve">Peter Oconnor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Environmental Chemical Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 12 (5), pp.113721. </w:t>
+              <w:t xml:space="preserve">Rapid Communications in Mass Spectrometry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jece.2024.113721⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/rcm.10166⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04672539v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05386708v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fast, Easy, and Reproducible Fingerprint Methods for Endotoxin Characterization in Nanocellulose and Alginate-Based Hydrogel Scaffolds</w:t>
+                <w:t xml:space="preserve">Membrane-based preparation for mass spectrometry imaging of cultures of bacteria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jan Zuber</w:t>
+                <w:t xml:space="preserve">Farès Slimani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paula Lopes Cascabulho</w:t>
+                <w:t xml:space="preserve">Laurence Hotel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sara Gemini Piperni</w:t>
+                <w:t xml:space="preserve">Aurélie Deveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ronaldo José Farias Corrêa Do Amaral</w:t>
+                <w:t xml:space="preserve">Bertrand Aigle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carla Vogt</w:t>
+                <w:t xml:space="preserve">Patrick Chaimbault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biomacromolecules</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 25 (10), pp.6762-6772. </w:t>
+              <w:t xml:space="preserve">Analytical and Bioanalytical Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 416 (29), pp.7161 - 7172. </w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.biomac.4c00989⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00216-024-05622-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04759017v1</w:t>
+                <w:t xml:space="preserve">hal-04781473v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mass Spectrometry Imaging to map metabolites in plant-microbe interactions: grapevine as a case study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Performance of catalytic wet oxidation on thermochemical aqueous effluents assessed by FT-ICR MS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jasmine Hertzog</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marisa Maia</w:t>
+                <w:t xml:space="preserve">Iva Tews</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aziz Aziz</w:t>
+                <w:t xml:space="preserve">Sohrab Haghighi Mood</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Jeandet</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Frederic Aubriet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Carré</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">OENO One</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.20870/oeno-one.2024.58.3.8059⟩</w:t>
+              <w:t xml:space="preserve">Journal of Environmental Chemical Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 12 (5), pp.113721. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jece.2024.113721⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04743963v1</w:t>
+                <w:t xml:space="preserve">hal-04672539v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">0D/1D CuO-Cu2O/ZnO p-n heterojunction with high photocatalytic activity for the degradation of dyes and Naproxen</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Fast, Easy, and Reproducible Fingerprint Methods for Endotoxin Characterization in Nanocellulose and Alginate-Based Hydrogel Scaffolds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan Zuber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mouna Ibn Mahrsi</w:t>
+                <w:t xml:space="preserve">Paula Lopes Cascabulho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bilel Chouchene</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Vincent Carré</w:t>
+                <w:t xml:space="preserve">Sara Gemini Piperni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ghouti Medjahdi</w:t>
+                <w:t xml:space="preserve">Ronaldo José Farias Corrêa Do Amaral</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carla Vogt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Environmental Chemical Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jece.2024.113072⟩</w:t>
+              <w:t xml:space="preserve">Biomacromolecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 25 (10), pp.6762-6772. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.biomac.4c00989⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04577127v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04759017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chiral Truxene‐Based Self‐Assembled Cages: Triple Interlocking and Supramolecular Chirogenesis</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">0D/1D CuO-Cu2O/ZnO p-n heterojunction with high photocatalytic activity for the degradation of dyes and Naproxen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Labrunie</w:t>
+                <w:t xml:space="preserve">Mouna Ibn Mahrsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clément Dalinot</w:t>
+                <w:t xml:space="preserve">Bilel Chouchene</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Gries</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Carré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Canevet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Romain Guechaichia</w:t>
+                <w:t xml:space="preserve">Ghouti Medjahdi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Angewandte Chemie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ange.202400961⟩</w:t>
+              <w:t xml:space="preserve">Journal of Environmental Chemical Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 12 (3), pp.113072. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jece.2024.113072⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04588941v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04577127v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Membrane-based preparation for mass spectrometry imaging of cultures of bacteria</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Chiral Truxene‐Based Self‐Assembled Cages: Triple Interlocking and Supramolecular Chirogenesis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Séjourné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Farès Slimani</w:t>
+                <w:t xml:space="preserve">Antoine Labrunie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurence Hotel</w:t>
+                <w:t xml:space="preserve">Clément Dalinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélie Deveau</w:t>
+                <w:t xml:space="preserve">David Canevet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bertrand Aigle</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Patrick Chaimbault</w:t>
+                <w:t xml:space="preserve">Romain Guechaichia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Analytical and Bioanalytical Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00216-024-05622-0⟩</w:t>
+              <w:t xml:space="preserve">Angewandte Chemie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 136 (15), pp.e202400961. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ange.202400961⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04781473v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04588941v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the understanding of bio-oil formation from the hydrothermal liquefaction of organosolv lignin isolated from softwood and hardwood sawdust</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Mass Spectrometry Imaging to map metabolites in plant-microbe interactions: grapevine as a case study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marisa Maia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Petter Paulsen Thoresen</w:t>
+                <w:t xml:space="preserve">Aziz Aziz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jonas Fahrni</w:t>
+                <w:t xml:space="preserve">Philippe Jeandet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heiko Lange</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Andreia Figueiredo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Carré</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sustainable Energy &amp; Fuels</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 7 (22), pp.5361 - 5373. </w:t>
+              <w:t xml:space="preserve">OENO One</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 58 (3), pp.8059. </w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/d3se00976a⟩</w:t>
+                <w:t xml:space="preserve">⟨10.20870/oeno-one.2024.58.3.8059⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04503940v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04743963v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unravelling the Egyptian embalming materials by a multi-method approach comprising high-resolution mass spectrometry</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Alumina-embedded HZSM-5 with enhanced behavior for the catalytic cracking of biomass pyrolysis bio-oil: Insights into the role of mesoporous matrix in the deactivation by coke</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iratxe Crespo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jasmine Hertzog</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Hitomi Fujii</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Carré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Aubriet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rugilė Žostautaitė</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Beatriz Valle</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Archaeological Science: Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jasrep.2023.103861⟩</w:t>
+              <w:t xml:space="preserve">Journal of Analytical and Applied Pyrolysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 172, pp.106009. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jaap.2023.106009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04503931v1</w:t>
+                <w:t xml:space="preserve">hal-04503479v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Novel ZnO/Ag nanohybrids prepared from Ag+-doped layered zinc hydroxides as highly active photocatalysts for the degradation of dyes and Ciprofloxacin</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Vincent Carré</w:t>
+                <w:t xml:space="preserve">Playing with the cavity size of exTTF-based self-assembled cages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maksym Dekhtiarenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">György Szalóki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilien Girot</w:t>
+                <w:t xml:space="preserve">Vincent Croué</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jennifer Bou Zeid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Canevet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloids and Surfaces A: Physicochemical and Engineering Aspects</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.colsurfa.2023.131643⟩</w:t>
+              <w:t xml:space="preserve">Organic Chemistry Frontiers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 10, pp.1803-1810. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/D3QO00214D⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04098478v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04026661v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Playing with the cavity size of exTTF-based self-assembled cages</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Maksym Dekhtiarenko</w:t>
+                <w:t xml:space="preserve">Unravelling the Egyptian embalming materials by a multi-method approach comprising high-resolution mass spectrometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jasmine Hertzog</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">György Szalóki</w:t>
+                <w:t xml:space="preserve">Hitomi Fujii</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Croué</w:t>
+                <w:t xml:space="preserve">Rugilė Žostautaitė</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jennifer Bou Zeid</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">David Canevet</w:t>
+                <w:t xml:space="preserve">Agnès Lattuati-Derieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Richardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Organic Chemistry Frontiers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/D3QO00214D⟩</w:t>
+              <w:t xml:space="preserve">Journal of Archaeological Science: Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 48, pp.103861. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jasrep.2023.103861⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04026661v1</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04503931v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alumina-embedded HZSM-5 with enhanced behavior for the catalytic cracking of biomass pyrolysis bio-oil: Insights into the role of mesoporous matrix in the deactivation by coke</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Novel ZnO/Ag nanohybrids prepared from Ag+-doped layered zinc hydroxides as highly active photocatalysts for the degradation of dyes and Ciprofloxacin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mouna Ibn Mahrsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bilel Chouchene</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Gries</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Carré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Beatriz Valle</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Emilien Girot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Analytical and Applied Pyrolysis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 172, pp.106009. </w:t>
+              <w:t xml:space="preserve">Colloids and Surfaces A: Physicochemical and Engineering Aspects</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 671, pp.131643. </w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jaap.2023.106009⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.colsurfa.2023.131643⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04503479v1</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04098478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantitating α-amidated peptide degradation by separative technologies and ultra-high resolution mass spectrometry</w:t>
+                <w:t xml:space="preserve">On the understanding of bio-oil formation from the hydrothermal liquefaction of organosolv lignin isolated from softwood and hardwood sawdust</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elodie Logerot</w:t>
+                <w:t xml:space="preserve">Petter Paulsen Thoresen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Perrin</w:t>
+                <w:t xml:space="preserve">Jonas Fahrni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yoann Ladner</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Heiko Lange</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jasmine Hertzog</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Carré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Talanta</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.talanta.2022.124036⟩</w:t>
+              <w:t xml:space="preserve">Sustainable Energy &amp; Fuels</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 7 (22), pp.5361 - 5373. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/d3se00976a⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04016606v1</w:t>
+                <w:t xml:space="preserve">hal-04503940v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular Localization of Phytoalexins at the Micron Scale: Toward a Better Understanding of Plant-Phytoalexin-Pathogen Dynamics</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Quantitating α-amidated peptide degradation by separative technologies and ultra-high resolution mass spectrometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Logerot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoann Ladner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Aubriet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Carré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jafc.2c04208⟩</w:t>
+              <w:t xml:space="preserve">Talanta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 253, pp.124036. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.talanta.2022.124036⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03756338v1</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04016606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis and Control of Products Obtained From Pyrolysis of Polypropylene Using A Reflux Semi-batch Reactor and GC-MS/FID and FT-ICR MS</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Molecular Localization of Phytoalexins at the Micron Scale: Toward a Better Understanding of Plant-Phytoalexin-Pathogen Dynamics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marisa Maia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Carré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aziz Aziz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Jeandet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Analytical and Applied Pyrolysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jaap.2022.105826⟩</w:t>
+              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 70 (30), pp.9243-9245. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jafc.2c04208⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03898220v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03756338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Next Challenges for the Comprehensive Molecular Characterization of Complex Organic Mixtures in the Field of Sustainable Energy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Analysis and Control of Products Obtained From Pyrolysis of Polypropylene Using A Reflux Semi-batch Reactor and GC-MS/FID and FT-ICR MS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nabil Hassibi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anthony Abou-Dib</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId128" w:history="1">
+                <w:t xml:space="preserve">Yann Quiring</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Carré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Aubriet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Vernex-Loset</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Schramm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecules</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/molecules27248889⟩</w:t>
+              <w:t xml:space="preserve">Journal of Analytical and Applied Pyrolysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 169, pp.105826. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jaap.2022.105826⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04503986v1</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03898220v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">FT-ICR MS characterization of bio-binders for road pavement from HTL of microalgae residues</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Next Challenges for the Comprehensive Molecular Characterization of Complex Organic Mixtures in the Field of Sustainable Energy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dorothée Laurenti</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Ilef Borghol</w:t>
+                <w:t xml:space="preserve">Anthony Abou-Dib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Aubriet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jasmine Hertzog</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Vernex-Loset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Schramm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Environmental Chemical Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jece.2022.107361⟩</w:t>
+              <w:t xml:space="preserve">Molecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 27 (24), pp.8889. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/molecules27248889⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03805906v1</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04503986v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Controlling Chiral Self-Sorting in Truxene-Based Self-Assembled Cages</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">FT-ICR MS characterization of bio-binders for road pavement from HTL of microalgae residues</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Geantet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorothée Laurenti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amina Benchohra</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Antoine Labrunie</w:t>
+                <w:t xml:space="preserve">Nolven Guilhaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Lorentz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Liam Miller</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Enzo Charbonneau</w:t>
+                <w:t xml:space="preserve">Ilef Borghol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inorganics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/inorganics10070103⟩</w:t>
+              <w:t xml:space="preserve">Journal of Environmental Chemical Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 10 (3), pp.107361. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jece.2022.107361⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03773676v1</w:t>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03805906v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A self-assembled tetrathiafulvalene box</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Controlling Chiral Self-Sorting in Truxene-Based Self-Assembled Cages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amina Benchohra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Séjourné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Labrunie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Serhii Krykun</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Vincent Croué</w:t>
+                <w:t xml:space="preserve">Liam Miller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Alévêque</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Magali Allain</w:t>
+                <w:t xml:space="preserve">Enzo Charbonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Organic Chemistry Frontiers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/D0QO01543A⟩</w:t>
+              <w:t xml:space="preserve">Inorganics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 10 (7), pp.103. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/inorganics10070103⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03433142v1</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03773676v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exciton Coupling in Redox‐Active Salen based Self‐Assembled Metallacycles</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Reversible pH‐Controlled Catenation of a Benzobisimidazole‐based Tetranuclear Rectangle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maksym Dekhtiarenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Pascal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mourad Elhabiri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Khrystyna Herasymchuk</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Aubriet</w:t>
+                <w:t xml:space="preserve">Valérie Mazan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Canevet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 27 (65), pp.16161-16172. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/chem.202102745⟩</w:t>
+              <w:t xml:space="preserve">, 2021, 27 (64), pp.15922-15927. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/chem.202103039⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03773681v1</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03335302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reversible pH‐Controlled Catenation of a Benzobisimidazole‐based Tetranuclear Rectangle</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Maksym Dekhtiarenko</w:t>
+                <w:t xml:space="preserve">Exciton Coupling in Redox‐Active Salen based Self‐Assembled Metallacycles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khrystyna Herasymchuk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simon Pascal</w:t>
+                <w:t xml:space="preserve">Magali Allain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mourad Elhabiri</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">David Canevet</w:t>
+                <w:t xml:space="preserve">Gregory Macneil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Carré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Aubriet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 27 (64), pp.15922-15927. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/chem.202103039⟩</w:t>
+              <w:t xml:space="preserve">, 2021, 27 (65), pp.16161-16172. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/chem.202102745⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03335302v1</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03773681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tuning the structure and the properties of dithiafulvene metalla-assembled tweezers</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId152" w:history="1">
+                <w:t xml:space="preserve">A self-assembled tetrathiafulvalene box</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serhii Krykun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">David Canevet</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Croué</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Alévêque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Levillain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Allain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Organic Chemistry Frontiers</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 7 (15), pp.2040-2046. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/D0QO00641F⟩</w:t>
+              <w:t xml:space="preserve">, 2021, 8 (5), pp.883-890. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/D0QO01543A⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02916232v1</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03433142v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of Products Obtained from Slow Pyrolysis of Poly(ethylene terephthalate) by Fourier Transform Ion Cyclotron Resonance Mass Spectrometry Coupled to Electrospray Ionization (ESI) and Laser Desorption Ionization (LDI)</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Metalla-Assembled Electron-Rich Tweezers: Redox-Controlled Guest Release Through Supramolecular Dimerization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serhii Krykun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maksym Dekhtiarenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Canevet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Carré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Aubriet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Industrial and engineering chemistry research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.iecr.9b05879⟩</w:t>
+              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 59 (2), pp.716-720. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/anie.201912016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02925211v1</w:t>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02390513v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contributions to lignomics: Stochastic generation of oligomeric lignin structures for interpretation of MALDI‐FT‐ICR‐MS results</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Tuning the structure and the properties of dithiafulvene metalla-assembled tweezers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maksym Dekhtiarenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serhii Krykun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Carré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Aubriet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Yann Le Brech</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Canevet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ChemSusChem</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/cssc.202000239⟩</w:t>
+              <w:t xml:space="preserve">Organic Chemistry Frontiers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 7 (15), pp.2040-2046. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/D0QO00641F⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02923103v1</w:t>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02916232v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lignin Depolymerization: A Comparison of Methods to Analyze Monomers and Oligomers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Erika Bartolomei</w:t>
+                <w:t xml:space="preserve">Comparison of Pyrolysis Liquids from Continuous and Batch Biochar Production—Influence of Feedstock Evidenced by FTICR MS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wolfram Buss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jasmine Hertzog</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yann Le Brech</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Julian Pietrzyk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Carré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Aubriet</w:t>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Logan Mackay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ChemSusChem</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/cssc.202001126⟩</w:t>
+              <w:t xml:space="preserve">Energies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 14 (1), pp.9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/en14010009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02900733v1</w:t>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04744017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of Pyrolysis Liquids from Continuous and Batch Biochar Production—Influence of Feedstock Evidenced by FTICR MS</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Analysis of Products Obtained from Slow Pyrolysis of Poly(ethylene terephthalate) by Fourier Transform Ion Cyclotron Resonance Mass Spectrometry Coupled to Electrospray Ionization (ESI) and Laser Desorption Ionization (LDI)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Asma Dhahak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Carré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Aubriet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillain Mauviel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wolfram Buss</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Valérie Burkle-Vitzthum</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Energies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/en14010009⟩</w:t>
+              <w:t xml:space="preserve">Industrial and engineering chemistry research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 59 (4), pp.1495-1504. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.iecr.9b05879⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04744017v1</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02925211v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metalla-Assembled Electron-Rich Tweezers: Redox-Controlled Guest Release Through Supramolecular Dimerization</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Contributions to lignomics: Stochastic generation of oligomeric lignin structures for interpretation of MALDI‐FT‐ICR‐MS results</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evan Terrell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Carré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Dufour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Aubriet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Le Brech</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/anie.201912016⟩</w:t>
+              <w:t xml:space="preserve">ChemSusChem</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 13 (17), pp.4428-4445. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/cssc.202000239⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02390513v1</w:t>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02923103v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chiral Self-Sorting in Truxene-based Metallacages</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Lignin Depolymerization: A Comparison of Methods to Analyze Monomers and Oligomers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erika Bartolomei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Le Brech</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Dufour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Carré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Aubriet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inorganics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ChemSusChem</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 13 (17), pp.4633-4648. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/cssc.202001126⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/inorganics8010001⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02794371v1</w:t>
+                <w:t xml:space="preserve">hal-02900733v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of the mainstream cigarette smoke aerosols by Fourier transform ion cyclotron resonance mass spectrometry coupled to laser/desorption and electrospray ionization – Additional insights on the heteroaromatic components</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Chiral Self-Sorting in Truxene-based Metallacages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Séjourné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Labrunie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Dalinot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amina Benchohra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Carré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rapid Communications in Mass Spectrometry</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Inorganics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 8 (1), pp.1. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/inorganics8010001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/rcm.8353⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02528929v1</w:t>
+                <w:t xml:space="preserve">hal-02794371v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A M2L2 Redox-Active Metalla-Macrocycle Based on Electron-Rich 9-(1,3-Dithiol-2-ylidene)Fluorene</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Study of the mainstream cigarette smoke aerosols by Fourier transform ion cyclotron resonance mass spectrometry coupled to laser/desorption and electrospray ionization – Additional insights on the heteroaromatic components</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adama Kamissoko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Carré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Schramm</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Aubriet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inorganics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/inorganics6020044⟩</w:t>
+              <w:t xml:space="preserve">Rapid Communications in Mass Spectrometry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 33 (S1), pp.95-108. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/rcm.8353⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02564569v1</w:t>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02528929v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of biomass and biochar by LDI-FTICRMS - Effect of the laser wavelength and biomass material</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jasmine Hertzog</w:t>
+                <w:t xml:space="preserve">A M2L2 Redox-Active Metalla-Macrocycle Based on Electron-Rich 9-(1,3-Dithiol-2-ylidene)Fluorene</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serhii Krykun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Allain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Carré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Aubriet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexander Sonnette</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Anthony Dufour</w:t>
+                <w:t xml:space="preserve">Zoia Voitenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of The American Society for Mass Spectrometry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 29 (10), pp.1951-1962. </w:t>
+              <w:t xml:space="preserve">Inorganics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 6 (2), pp.44. </w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s13361-018-2005-z⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/inorganics6020044⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01930286v1</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02564569v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catalytic Fast Pyrolysis of Biomass over Microporous and Hierarchical Zeolites: Characterization of Heavy Products</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jasmine Hertzog</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Carré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liangyuan Jia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5501,90 +5501,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Semi-Targeted Analysis of Complex Matrices by ESI FT-ICR MS or How an Experimental Bias may be Used as an Analytical Tool</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jasmine Hertzog</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Carré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Aubriet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of The American Society for Mass Spectrometry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 29 (3), pp.543-557. </w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5612,2546 +5612,2680 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01930253v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Redox-Driven Transformation of a Discrete Molecular Cage into an Infinite 3D Coordination Polymer</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Magali Allain</w:t>
+                <w:t xml:space="preserve">Characterization of biomass and biochar by LDI-FTICRMS - Effect of the laser wavelength and biomass material</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Aubriet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yohann Morille</w:t>
+                <w:t xml:space="preserve">Thierry Ghislain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jasmine Hertzog</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Sonnette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/chem.201801653⟩</w:t>
+              <w:t xml:space="preserve">Journal of The American Society for Mass Spectrometry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 29 (10), pp.1951-1962. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s13361-018-2005-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02390496v1</w:t>
+                <w:t xml:space="preserve">hal-01930286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combination of electrospray ionization, atmospheric pressure photoionization and laser desorption ionization Fourier transform ion cyclotronic resonance mass spectrometry for the investigation of complex mixtures – Application to the petroleomic analysis of bio-oils</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Anthony Dufour</w:t>
+                <w:t xml:space="preserve">Redox-Driven Transformation of a Discrete Molecular Cage into an Infinite 3D Coordination Polymer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">György Szalóki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serhii Krykun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Croué</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Allain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohann Morille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Analytica Chimica Acta</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 24 (44), pp.11273-11277. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/chem.201801653⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.aca.2017.03.022⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01930182v1</w:t>
+                <w:t xml:space="preserve">hal-02390496v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Controlling the Host-Guest Interaction Mode through a Redox Stimulus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">György Szalóki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Croué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Carré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Aubriet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Alévêque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 56 (51), pp.16272-16276. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/anie.201709483⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01683189v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Correlative Analysis of Fluorescent Phytoalexins by Mass Spectrometry Imaging and Fluorescence Microscopy in Grapevine Leaves</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Becker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Bellow</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Carré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwendal Latouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Poutaraud Naidenov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Analytical Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 89 (13), pp.7099-7106. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acs.analchem.7b01002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01611447v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Multitechnique Characterization of Lignin Softening and Pyrolysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Binod Shrestha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Le Brech</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Ghislain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Leclerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Carré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ACS Sustainable Chemistry &amp; Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 5 (8), pp.6940-6949. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acssuschemeng.7b01130⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId222" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01575541v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A self-assembled M2L4 cage incorporating electron-rich 9-(1,3-dithiol-2-ylidene)fluorene units</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Croué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serhii Krykun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Allain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohann Morille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Aubriet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">New Journal of Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 41 (9), pp.3238-3241. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1039/C7NJ00062F⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02564444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chemical Analysis of a &amp;quot;Miller-Type'' Complex Prebiotic Broth</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Combination of electrospray ionization, atmospheric pressure photoionization and laser desorption ionization Fourier transform ion cyclotronic resonance mass spectrometry for the investigation of complex mixtures – Application to the petroleomic analysis of bio-oils</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jasmine Hertzog</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Carré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Teresa Carlomagno</w:t>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Le Brech</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colin Logan Mackay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Origins of Life and Evolution of Biospheres</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11084-015-9468-8⟩</w:t>
+              <w:t xml:space="preserve">Analytica Chimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 969, pp.26-34. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.aca.2017.03.022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01517836v1</w:t>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01930182v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toward Controlled Ionization Conditions for ESI-FT-ICR-MS Analysis of Bio-Oils from Lignocellulosic Material</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jasmine Hertzog</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Carré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Le Brech</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Aubriet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Energy &amp; Fuels</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 30 (7), pp.5729-5739. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acs.energyfuels.6b00655⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02895154v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of a complex environmental mixture by electrospray ionization and laser desorption ionization high resolution mass spectrometry: the cigarette smoke aerosol</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Chemical Analysis of a &amp;quot;Miller-Type'' Complex Prebiotic Broth</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Wollrab</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Scherer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Aubriet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Carré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teresa Carlomagno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aims Environmental Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3934/environsci.2015.3.547⟩</w:t>
+              <w:t xml:space="preserve">Origins of Life and Evolution of Biospheres</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 46 (2-3), pp.149-169. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11084-015-9468-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02528927v1</w:t>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01517836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MALDI Mass Spectrometry Imaging for the Simultaneous Location of Resveratrol, Pterostilbene and Viniferins on Grapevine Leaves</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Study of a complex environmental mixture by electrospray ionization and laser desorption ionization high resolution mass spectrometry: the cigarette smoke aerosol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Carré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId236" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Patrick Chaimbault</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Schramm</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Aubriet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecules</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/molecules190710587⟩</w:t>
+              <w:t xml:space="preserve">Aims Environmental Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 2 (3), pp.547-564. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3934/environsci.2015.3.547⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01518333v1</w:t>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02528927v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Active and passive smoking - New insights on the molecular composition of different cigarette smoke aerosols by LDI-FTICRMS</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">MALDI Mass Spectrometry Imaging for the Simultaneous Location of Resveratrol, Pterostilbene and Viniferins on Grapevine Leaves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loic Becker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Carré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Luc Schefflerd</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Aubriet</w:t>
+                <w:t xml:space="preserve">Anne Poutaraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Merdinoglu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Chaimbault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmospheric Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.atmosenv.2014.04.052⟩</w:t>
+              <w:t xml:space="preserve">Molecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 19 (7), pp.10587-10600. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/molecules190710587⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01518334v1</w:t>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01518333v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aromatic chemicals by iron-catalyzed hydrotreatment of lignin pyrolysis vapor</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Active and passive smoking - New insights on the molecular composition of different cigarette smoke aerosols by LDI-FTICRMS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Schramm</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Carré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roberto Olcese</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jean-Luc Schefflerd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Aubriet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ChemSusChem</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/cssc.201300191⟩</w:t>
+              <w:t xml:space="preserve">Atmospheric Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 92, pp.411-420. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.atmosenv.2014.04.052⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00865986v1</w:t>
+                <w:t xml:space="preserve">hal-01518334v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metabolic study of grapevine leaves infected by downy mildew using negative ion electrospray - Fourier transform ion cyclotron resonance mass spectrometry</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Anne Poutaraud</w:t>
+                <w:t xml:space="preserve">Aromatic chemicals by iron-catalyzed hydrotreatment of lignin pyrolysis vapor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Olcese</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George Lardier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Bettahar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Fontana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gregory Hamm</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Didier Merdinoglu</w:t>
+                <w:t xml:space="preserve">Jaafar Ghanbaja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Analytica Chimica Acta</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ChemSusChem</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 6 (8), pp.1490-1499. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/cssc.201300191⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.aca.2013.07.068⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01518906v1</w:t>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00865986v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Selectivity of bio-oils catalytic hydrotreatment assessed by petroleomic and GC*GC/MS-FID analysis</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Metabolic study of grapevine leaves infected by downy mildew using negative ion electrospray - Fourier transform ion cyclotron resonance mass spectrometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loic Becker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Poutaraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gregory Hamm</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Merdinoglu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Energy &amp; Fuels</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/ef302145g⟩</w:t>
+              <w:t xml:space="preserve">Analytica Chimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 795, pp.44-51. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.aca.2013.07.068⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId256" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00865994v1</w:t>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01518906v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mass spectra of cyclic ethers formed in the low-temperature oxidation of a series of n-alkanes</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Selectivity of bio-oils catalytic hydrotreatment assessed by petroleomic and GC*GC/MS-FID analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Olcese</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Carré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId262" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Frédérique Battin-Leclerc</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Aubriet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Dufour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fuel</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.fuel.2010.09.047⟩</w:t>
+              <w:t xml:space="preserve">Energy &amp; Fuels</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 27 (4), pp.2135-2145. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/ef302145g⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId258" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00724937v1</w:t>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00865994v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of combined MALDI-TOF and MALDI-FTICR experiments for Peptide Mass Fingerprinting analysis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Mass spectra of cyclic ethers formed in the low-temperature oxidation of a series of n-alkanes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Herbinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Bax</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David da Silva</w:t>
+                <w:t xml:space="preserve">Pierre Alexandre Glaude</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Carré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Wasselin</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Frédérique Battin-Leclerc</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rapid Communications in Mass Spectrometry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/rcm.5057⟩</w:t>
+              <w:t xml:space="preserve">Fuel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 90 (2), pp.528-535. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.fuel.2010.09.047⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId270" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00591064v1</w:t>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00724937v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of Mainstream and Sidestream Cigarette Smoke Particulate Matter by Laser Desorption Mass Spectrometry</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Evaluation of combined MALDI-TOF and MALDI-FTICR experiments for Peptide Mass Fingerprinting analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David da Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Wasselin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Carré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Chimbault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Luc Scheffler</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Lina Bezdetnaya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Analytical Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 83 (1), pp.133-142. </w:t>
+              <w:t xml:space="preserve">Rapid Communications in Mass Spectrometry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 25 (13), pp.1881-1892. </w:t>
             </w:r>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/ac1019842⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/rcm.5057⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId271" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02528938v1</w:t>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00591064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Determination and imaging of metabolites from Vitis vinifera leaves by laser desorption/ionisation time-of-flight mass spectrometry</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Analysis of Mainstream and Sidestream Cigarette Smoke Particulate Matter by Laser Desorption Mass Spectrometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Schramm</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Carré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId236" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gilles Frache</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jean-Luc Scheffler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Aubriet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rapid Communications in Mass Spectrometry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 24 (3), pp.335-342. </w:t>
+              <w:t xml:space="preserve">Analytical Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 83 (1), pp.133-142. </w:t>
             </w:r>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/rcm.4395⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/ac1019842⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId278" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02077940v1</w:t>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02528938v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Determination and imaging of metabolites from Vitis vinifera leaves by laser desorption/ionisation time-of-flight mass spectrometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gregory Hamm</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Carré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Poutaraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Maunit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Frache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rapid Communications in Mass Spectrometry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 24 (3), pp.335-342. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/rcm.4395⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02077940v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Toward Glycosylated Peptidic Porphyrins : a New Strategy for PDT?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Sol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Claude Blais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Bolbach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Carré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Granet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tetrahedron Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1997, 38 (36), pp.6391-6394. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/S0040-4039(97)01489-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02895601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8161,1157 +8295,1157 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roles of salicylates in the regulation of poplar microbiome colonization: from defence signalling molecule to carbon source</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Deveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Félix Fracchia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Kammerer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Levasseur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Carré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17èmes Rencontres Plantes-Bactéries</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2025, Aussois, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05166132v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of biomass pyrolysis products by advanced mass spectrometry</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId175" w:history="1">
+                <w:t xml:space="preserve">Characterization of biomass and biochar by LDI-FTICRMS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Ghislain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Carré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Le Brech</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillain Mauviel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Dufour</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Guillain Mauviel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PYRO 2014 (20th International Symposium on Analytical and Applied Pyrolysis)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2014, Birmingham, United Kingdom</w:t>
+              <w:t xml:space="preserve">62ND ASMS Conference on Mass spectrometry and allied topics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, American Society of Mass Spectrometry, Jun 2014, Baltimore, Maryland, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId290" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00992470v1</w:t>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01090823v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of biomass and biochar by LDI-FTICRMS</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId197" w:history="1">
+                <w:t xml:space="preserve">Analysis of biomass pyrolysis products by advanced mass spectrometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Dufour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Carré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Aubriet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Ghislain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillain Mauviel</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anthony Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">62ND ASMS Conference on Mass spectrometry and allied topics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, American Society of Mass Spectrometry, Jun 2014, Baltimore, Maryland, United States</w:t>
+              <w:t xml:space="preserve">PYRO 2014 (20th International Symposium on Analytical and Applied Pyrolysis)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2014, Birmingham, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId291" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01090823v1</w:t>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00992470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (6)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of Toasting on Oak Wood Metabolites evidenced by Direct-infusion and Liquid Chromatography High-Resolution Mass Spectrometry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Dupire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryline Farhat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Carré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Aubriet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis D. Gougeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">41èmes Journées Française de Spectrométrie de Masse (JFSM 2025)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Montpellier, France. , 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05329913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Application of LC-MS/MS and Molecular Networks to Characterize Triazole Biotransformation by Wood-Decaying Fungi</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId297" w:history="1">
+                <w:t xml:space="preserve">Molecular Networks Reveals Triazole Degradation Pathways in Fungal-Bacterial Microcosms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marceau Levasseur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaurav Pandharikar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Carré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Deveau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">41èmes Journées françaises de spectrométrie de masse (JFSM 2025)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Montpellier, France. , 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId296" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05166163v1</w:t>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05166166v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular Networks Reveals Triazole Degradation Pathways in Fungal-Bacterial Microcosms</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId297" w:history="1">
+                <w:t xml:space="preserve">Application of LC-MS/MS and Molecular Networks to Characterize Triazole Biotransformation by Wood-Decaying Fungi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marceau Levasseur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaurav Pandharikar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Carré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Deveau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">41èmes Journées françaises de spectrométrie de masse (JFSM 2025)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Montpellier, France. , 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId299" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05166166v1</w:t>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05166163v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigation of a microbial approach on wood detoxification by Mass Spectrometry Imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farès Slimani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaurav Pandharikar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Deveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Chaimbault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Carré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SMAP 2024 (Congrès joint de la Société Française de Spectrométrie de Masse et de la Société Française de Protéomique)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Lille, France. , 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05166171v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cationic nacre ethanol soluble matrix has an osteoanabolic effect on human subchondral osteoarthritic osteoblasts and MC3T3-E1 cell line</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ganggang Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Brion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Helene Piet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Moby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Bianchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">43rd Annual European Calcified Tissue Society Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2016, Rome, Italy. 5, pp.148, 2016, Bone Abstracts - 43rd Annual European Calcified Tissue Society Congress. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1530/boneabs.5.P148⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02962912v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">QTL of flavanoid synthesis and resistance to Plasmopara viticola</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne A. Poutaraud Naidenov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregory Hamm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilce Prado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara Massot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Merdinoglu-Wiedemann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3. International symposium on macromolecules ans secondary metabolites of grapevine and wines. Macrowine 2010</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2010, TURIN, Italy. , n.p., 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02824395v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9321,133 +9455,133 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diagnosis of Biological Activities by Mass Spectrometry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Carré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Chaimbault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 11 (1), pp.36, 2019, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/proceedings2019011036⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02882685v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9457,469 +9591,469 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fourier transform ion cyclotron resonance mass spectrometry and laser: A versatile tool</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId128" w:history="1">
+                <w:t xml:space="preserve">Contribution of Fourier transform mass spectrometry to bio-oil study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jasmine Hertzog</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Carré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Aubriet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Vincent Carré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Basem Kanawati; Philippe Schmitt-Kopplin. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fundamentals and Applications of Fourier Transform Mass Spectrometry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Elsevier, pp.281-322, 2019, 978-0-12-814013-0. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/B978-0-12-814013-0.00010-7⟩</w:t>
+              <w:t xml:space="preserve">, Elsevier, pp.679-733, 2019, 978-0-12-814013-0. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/B978-0-12-814013-0.00022-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId316" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02923084v1</w:t>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02923087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution of Fourier transform mass spectrometry to bio-oil study</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Fourier transform ion cyclotron resonance mass spectrometry and laser: A versatile tool</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Aubriet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Carré</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Aubriet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Basem Kanawati; Philippe Schmitt-Kopplin. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fundamentals and Applications of Fourier Transform Mass Spectrometry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Elsevier, pp.679-733, 2019, 978-0-12-814013-0. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/B978-0-12-814013-0.00022-3⟩</w:t>
+              <w:t xml:space="preserve">, Elsevier, pp.281-322, 2019, 978-0-12-814013-0. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/B978-0-12-814013-0.00010-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId318" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02923087v1</w:t>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02923084v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysis of the Cigarette Smokes, One of the More Significant Indoor Contaminant by Non–targeted High Resolution Fourier Transform Ion Cyclotron Resonance Mass Spectrometry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Aubriet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Schramm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Carré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Science &amp; Engineering Volume 3 Air and Noise Pollution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Studium Press, Llc, pp.131-175, 2017, 978-1626990913</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02925220v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude par Spectroscopie laser femtoseconde d'une base de l'ADN : la Cytosine en solution aqueuse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Renault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Carré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gustavsson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Garzella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Nahon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Salin, François and Laporte, Pierre. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Systèmes femtosecondes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PUSE-MRCT-CNRS</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.401-404, 2001, Intégrations [des savoirs et savoir-faire], 2-86272-210-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01473500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9929,100 +10063,100 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation par désorption / ionisation laser couplée à la spectrométrie de masse de particules émises par des véhicules diesel : mise en place d'une méthode impliquant la formation de complexes à transfert de charge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Carré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chimie. Université Paul Verlaine - Metz, 2003. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2004METZ003S⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01750254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -10032,105 +10166,105 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Apport de la spectrométrie de masse de très haute résolution à l’étude de mélanges complexes pour l’énergie, l’environnement et le vivant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Carré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chimie analytique. Université de Lorraine, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-02984470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId330"/>
+      <w:footerReference w:type="default" r:id="rId334"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -10198,51 +10332,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="0FDDC30C"/>
+    <w:nsid w:val="19705582"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10429,51 +10563,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/vincent-carre" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0719-7366" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/08161814X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05532937v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chunshui Lin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darius Ceburnis" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Trubetskaya" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lu Lei" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shan Wang" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41561-026-01942-1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05134918v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno da Costa Magalh&#227;es" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruben Checa" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Lorentz" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Voellinger" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jasmine Hertzog" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.energyfuels.5c00575" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05098686v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Sierra-Jimenez" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Macias" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Mathews" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Carr&#233;" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Leclerc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbon.2025.120474" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05231793v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Askar Bakhadur" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Halima Alem" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gries" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lavinia Balan" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2025.164466" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05041880v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Demol" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Aissaoui" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Gauthier-Maradei" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Sambusiti" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enconman.2025.119759" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04865536v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Hechmi Aissaoui" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Pons" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaap.2024.106928" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05076874v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farid Chejne" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Schramm" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.energyfuels.5c01308" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04889116v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rim Hamdi" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ida Staccioni" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Gerber" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Rup-Jacques" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jorganchem.2025.123514" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05386708v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Abou Dib" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bryan Marzullo" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Barrow" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Oconnor" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rcm.10166" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672539v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iva Tews" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sohrab Haghighi Mood" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Aubriet" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jece.2024.113721" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04759017v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Zuber" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Lopes Cascabulho" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Gemini Piperni" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronaldo Jos&#233; Farias Corr&#234;a Do Amaral" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Vogt" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.biomac.4c00989" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04743963v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marisa Maia" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziz Aziz" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Jeandet" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreia Figueiredo" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/oeno-one.2024.58.3.8059" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04577127v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouna Ibn Mahrsi" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bilel Chouchene" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghouti Medjahdi" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jece.2024.113072" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04588941v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon S&#233;journ&#233;" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Labrunie" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Dalinot" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Canevet" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Guechaichia" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ange.202400961" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04781473v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Far&#232;s Slimani" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Hotel" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Deveau" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Aigle" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Chaimbault" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-024-05622-0" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04503940v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petter Paulsen Thoresen" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Fahrni" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heiko Lange" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3se00976a" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04503931v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hitomi Fujii" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rugil&#279; &#381;ostautait&#279;" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Lattuati-Derieux" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Richardin" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2023.103861" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04098478v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Girot" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2023.131643" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04026661v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maksym Dekhtiarenko" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gy&#246;rgy Szal&#243;ki" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Crou&#233;" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Bou Zeid" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D3QO00214D" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04503479v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iratxe Crespo" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Valle" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaap.2023.106009" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04016606v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Logerot" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Perrin" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Ladner" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Aubriet" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2022.124036" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03756338v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.2c04208" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03898220v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Hassibi" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Quiring" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Vernex-Loset" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaap.2022.105826" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04503986v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Abou-Dib" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules27248889" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03805906v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Geantet" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Laurenti" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolven Guilhaume" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilef Borghol" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jece.2022.107361" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03773676v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina Benchohra" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liam Miller" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enzo Charbonneau" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/inorganics10070103" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03433142v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serhii Krykun" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Al&#233;v&#234;que" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Levillain" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Allain" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0QO01543A" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03773681v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khrystyna Herasymchuk" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Macneil" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202102745" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03335302v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Pascal" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourad Elhabiri" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Mazan" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202103039" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02916232v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0QO00641F" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02925211v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Dhahak" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillain Mauviel" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Burkle-Vitzthum" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.iecr.9b05879" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02923103v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evan Terrell" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Dufour" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Le Brech" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cssc.202000239" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02900733v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Bartolomei" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cssc.202001126" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744017v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfram Buss" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Pietrzyk" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Logan Mackay" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en14010009" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02390513v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201912016" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02794371v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/inorganics8010001" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02528929v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adama Kamissoko" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rcm.8353" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02564569v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoia Voitenko" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/inorganics6020044" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01930286v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Ghislain" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Sonnette" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13361-018-2005-z" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01922918v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liangyuan Jia" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Logan Mackay" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Pinard" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssuschemeng.7b03837" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01930253v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13361-017-1865-y" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02390496v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Morille" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201801653" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01930182v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aca.2017.03.022" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01683189v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201709483" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01611447v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Becker" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Bellow" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendal Latouche" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Poutaraud Naidenov" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.7b01002" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01575541v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Binod Shrestha" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssuschemeng.7b01130" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02564444v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7NJ00062F" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01517836v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Wollrab" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Scherer" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teresa Carlomagno" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11084-015-9468-8" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02895154v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.energyfuels.6b00655" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02528927v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/environsci.2015.3.547" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01518333v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Becker" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Poutaraud" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Merdinoglu" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules190710587" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01518334v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Schefflerd" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2014.04.052" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-B0MS30M7-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00865986v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Olcese" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Lardier" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Bettahar" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Fontana" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaafar Ghanbaja" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cssc.201300191" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-BZ3TDR4T-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01518906v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Hamm" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Muller" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aca.2013.07.068" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VB0FR3RL-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00865994v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ef302145g" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00724937v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Herbinet" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Bax" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Alexandre Glaude" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Battin-Leclerc" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fuel.2010.09.047" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00591064v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David da Silva" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Wasselin" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Chimbault" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina Bezdetnaya" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rcm.5057" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-H5WF81K1-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02528938v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Scheffler" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ac1019842" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077940v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Maunit" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Frache" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rcm.4395" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-7GSN3VKG-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02895601v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Sol" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Claude Blais" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Bolbach" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Granet" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0040-4039(97)01489-5" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H2Q1GQ4S-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05166132v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Fracchia" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Kammerer" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Levasseur" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00992470v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01090823v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05329913v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Dupire" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Farhat" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis D. Gougeon" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05166163v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marceau Levasseur" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaurav Pandharikar" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05166166v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05166171v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02962912v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ganggang Zhang" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Brion" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Helene Piet" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Moby" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Bianchi" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1530/boneabs.5.P148" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824395v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne A. Poutaraud Naidenov" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilce Prado" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Massot" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Merdinoglu-Wiedemann" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02882685v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Leroy" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/proceedings2019011036" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02923084v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-814013-0.00010-7" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02923087v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-814013-0.00022-3" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02925220v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01473500v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Renault" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gustavsson" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Garzella" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Nahon" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.archives-ouvertes.fr/INTEGRATIONS/page/systemes-femtosecondes" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01750254v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2004METZ003S" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02984470v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/vincent-carre" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0719-7366" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/08161814X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05543175v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lawry Honold" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jasmine Hertzog" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Ruf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Aubriet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Carr&#233;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stag434" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05532937v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chunshui Lin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darius Ceburnis" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Trubetskaya" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lu Lei" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shan Wang" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41561-026-01942-1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05231793v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Askar Bakhadur" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Halima Alem" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gries" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lavinia Balan" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2025.164466" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05098686v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Sierra-Jimenez" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Macias" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Mathews" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Leclerc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbon.2025.120474" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05041880v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Demol" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Aissaoui" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Gauthier-Maradei" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Sambusiti" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enconman.2025.119759" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04865536v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Hechmi Aissaoui" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Pons" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaap.2024.106928" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05076874v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Voellinger" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farid Chejne" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Schramm" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.energyfuels.5c01308" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04889116v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rim Hamdi" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ida Staccioni" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Gerber" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Rup-Jacques" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jorganchem.2025.123514" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05134918v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno da Costa Magalh&#227;es" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruben Checa" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Lorentz" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.energyfuels.5c00575" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05386708v2" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Abou Dib" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bryan Marzullo" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Barrow" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Oconnor" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rcm.10166" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04781473v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Far&#232;s Slimani" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Hotel" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Deveau" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Aigle" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Chaimbault" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-024-05622-0" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672539v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iva Tews" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sohrab Haghighi Mood" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Aubriet" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jece.2024.113721" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04759017v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Zuber" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Lopes Cascabulho" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Gemini Piperni" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronaldo Jos&#233; Farias Corr&#234;a Do Amaral" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Vogt" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.biomac.4c00989" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04577127v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouna Ibn Mahrsi" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bilel Chouchene" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghouti Medjahdi" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jece.2024.113072" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04588941v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon S&#233;journ&#233;" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Labrunie" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Dalinot" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Canevet" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Guechaichia" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ange.202400961" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04743963v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marisa Maia" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziz Aziz" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Jeandet" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreia Figueiredo" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/oeno-one.2024.58.3.8059" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04503479v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iratxe Crespo" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Valle" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaap.2023.106009" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04026661v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maksym Dekhtiarenko" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gy&#246;rgy Szal&#243;ki" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Crou&#233;" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Bou Zeid" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D3QO00214D" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04503931v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hitomi Fujii" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rugil&#279; &#381;ostautait&#279;" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Lattuati-Derieux" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Richardin" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2023.103861" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04098478v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Girot" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2023.131643" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04503940v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petter Paulsen Thoresen" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Fahrni" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heiko Lange" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3se00976a" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04016606v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Logerot" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Perrin" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Ladner" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2022.124036" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03756338v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.2c04208" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03898220v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Hassibi" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Quiring" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Vernex-Loset" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaap.2022.105826" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04503986v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Abou-Dib" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules27248889" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03805906v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Geantet" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Laurenti" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolven Guilhaume" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilef Borghol" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jece.2022.107361" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03773676v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina Benchohra" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liam Miller" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enzo Charbonneau" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/inorganics10070103" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03335302v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Pascal" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourad Elhabiri" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Mazan" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202103039" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03773681v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khrystyna Herasymchuk" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Allain" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Macneil" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202102745" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03433142v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serhii Krykun" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Al&#233;v&#234;que" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Levillain" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0QO01543A" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02390513v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201912016" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02916232v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0QO00641F" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744017v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfram Buss" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Pietrzyk" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Logan Mackay" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en14010009" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02925211v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Dhahak" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillain Mauviel" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Burkle-Vitzthum" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.iecr.9b05879" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02923103v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evan Terrell" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Dufour" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Le Brech" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cssc.202000239" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02900733v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Bartolomei" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cssc.202001126" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02794371v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/inorganics8010001" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02528929v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adama Kamissoko" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rcm.8353" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02564569v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoia Voitenko" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/inorganics6020044" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01922918v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liangyuan Jia" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Logan Mackay" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Pinard" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssuschemeng.7b03837" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01930253v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13361-017-1865-y" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01930286v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Ghislain" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Sonnette" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13361-018-2005-z" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02390496v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Morille" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201801653" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01683189v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201709483" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01611447v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Becker" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Bellow" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendal Latouche" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Poutaraud Naidenov" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.7b01002" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01575541v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Binod Shrestha" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssuschemeng.7b01130" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02564444v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7NJ00062F" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01930182v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aca.2017.03.022" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02895154v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.energyfuels.6b00655" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01517836v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Wollrab" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Scherer" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teresa Carlomagno" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11084-015-9468-8" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02528927v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/environsci.2015.3.547" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01518333v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Becker" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Poutaraud" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Merdinoglu" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules190710587" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01518334v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Schefflerd" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2014.04.052" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-B0MS30M7-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00865986v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Olcese" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Lardier" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Bettahar" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Fontana" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaafar Ghanbaja" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cssc.201300191" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-BZ3TDR4T-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01518906v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Hamm" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Muller" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aca.2013.07.068" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VB0FR3RL-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00865994v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ef302145g" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00724937v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Herbinet" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Bax" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Alexandre Glaude" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Battin-Leclerc" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fuel.2010.09.047" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00591064v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David da Silva" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Wasselin" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Chimbault" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina Bezdetnaya" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rcm.5057" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-H5WF81K1-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02528938v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Scheffler" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ac1019842" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077940v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Maunit" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Frache" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rcm.4395" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-7GSN3VKG-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02895601v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Sol" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Claude Blais" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Bolbach" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Granet" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0040-4039(97)01489-5" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H2Q1GQ4S-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05166132v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Fracchia" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Kammerer" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Levasseur" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01090823v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00992470v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05329913v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Dupire" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Farhat" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis D. Gougeon" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05166166v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marceau Levasseur" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaurav Pandharikar" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05166163v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05166171v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02962912v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ganggang Zhang" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Brion" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Helene Piet" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Moby" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Bianchi" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1530/boneabs.5.P148" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824395v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne A. Poutaraud Naidenov" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilce Prado" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Massot" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Merdinoglu-Wiedemann" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02882685v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Leroy" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/proceedings2019011036" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02923087v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-814013-0.00022-3" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02923084v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-814013-0.00010-7" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02925220v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01473500v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Renault" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gustavsson" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Garzella" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Nahon" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.archives-ouvertes.fr/INTEGRATIONS/page/systemes-femtosecondes" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01750254v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2004METZ003S" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02984470v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>