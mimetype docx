--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -932,51 +932,51 @@
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Dacheux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Polymer Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2026, </w:t>
+              <w:t xml:space="preserve">, 2026, 64 (6), pp.1432-43. </w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/pol.20250876⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
@@ -2557,295 +2557,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04624320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Star-poly(lactide)-peptide hybrid networks as bioactive materials</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Well-defined polyester-grafted silica nanoparticles for biomedical applications: Synthesis and quantitative characterization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prescillia Lagarrigue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Soulié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Grossin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Dupret-Bories</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L.V. Arsenie</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">P. Verdie</w:t>
+                <w:t xml:space="preserve">Christèle Combes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Polymer Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.eurpolymj.2020.109990⟩</w:t>
+              <w:t xml:space="preserve">Polymer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 211, pp.123048. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.polymer.2020.123048⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03491991v1</w:t>
+                <w:t xml:space="preserve">hal-03205777v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Well-defined polyester-grafted silica nanoparticles for biomedical applications: Synthesis and quantitative characterization</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Agnès Dupret-Bories</w:t>
+                <w:t xml:space="preserve">Star-poly(lactide)-peptide hybrid networks as bioactive materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L.V. Arsenie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coline Pinese</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Bethry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Valot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christèle Combes</w:t>
+                <w:t xml:space="preserve">P. Verdie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Polymer</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 211, pp.123048. </w:t>
+              <w:t xml:space="preserve">European Polymer Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 139, pp.109990 -. </w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.polymer.2020.123048⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.eurpolymj.2020.109990⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03205777v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03491991v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Self-assembly of well-defined triblock copolymers based on poly(lactic acid) and poly(oligo(ethylene glycol) methyl ether methacrylate) prepared by ATRP</w:t>
               </w:r>
@@ -3093,286 +3093,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01388778v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermo-responsive drug release from self-assembled micelles of brush-like PLA/PEG analogues block copolymers</w:t>
+                <w:t xml:space="preserve">Biocompatibility of thermo-responsive PNIPAAm-PLLA-PNIPAAm triblock copolymer as potential drug carrier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Feng Su</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xin Shen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Yanfei Hu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Darcos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S.M. Li</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Pharmaceutics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijpharm.2015.06.020⟩</w:t>
+              <w:t xml:space="preserve">Polymers for Advanced Technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 26 (12), pp.1567 - 1574. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/pat.3582⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01684511v1</w:t>
+                <w:t xml:space="preserve">hal-01684728v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biocompatibility of thermo-responsive PNIPAAm-PLLA-PNIPAAm triblock copolymer as potential drug carrier</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId110" w:history="1">
+                <w:t xml:space="preserve">Thermo-responsive drug release from self-assembled micelles of brush-like PLA/PEG analogues block copolymers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanfei Hu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Darcos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Monge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S.M. Li</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Polymers for Advanced Technologies</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Pharmaceutics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 491 (1-2), pp.152 - 161. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijpharm.2015.06.020⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/pat.3582⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-01684728v1</w:t>
+                <w:t xml:space="preserve">hal-01684511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aliphatic polyesters for medical imaging and theranostic applications</w:t>
               </w:r>
@@ -3728,307 +3728,307 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01369246v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tunable thermo-responsive P(NIPAAm-co-DMAAm)-b-PLLA-b-P(NIPAAm-co-DMAAm) triblock copolymer micelles as drug carriers.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId110" w:history="1">
+                <w:t xml:space="preserve">Thermo-responsive release of curcumin from micelles prepared by self-assembly of amphiphilic P(NIPAAm-co-DMAAm)-b-PLLA-b-P (NIPAAm-co-DMAAm) triblock copolymers.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanfei Hu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Darcos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Monge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S.M. Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhou Yang</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Feng Su</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of materials chemistry‎ B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 2 (18), pp.2738-2748. </w:t>
+              <w:t xml:space="preserve">International Journal of Pharmaceutics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 476, pp.31-40. </w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/c3tb21793k⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijpharm.2014.09.029⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01097229v1</w:t>
+                <w:t xml:space="preserve">hal-01097242v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermo-responsive release of curcumin from micelles prepared by self-assembly of amphiphilic P(NIPAAm-co-DMAAm)-b-PLLA-b-P (NIPAAm-co-DMAAm) triblock copolymers.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Tunable thermo-responsive P(NIPAAm-co-DMAAm)-b-PLLA-b-P(NIPAAm-co-DMAAm) triblock copolymer micelles as drug carriers.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanfei Hu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Darcos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Monge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhou Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yanfei Hu</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Zhou Yang</w:t>
+                <w:t xml:space="preserve">Feng Su</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Pharmaceutics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of materials chemistry‎ B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 2 (18), pp.2738-2748. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c3tb21793k⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijpharm.2014.09.029⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-01097242v1</w:t>
+                <w:t xml:space="preserve">hal-01097229v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Drug delivery systems based on pharmaceutically active ionic liquids and biocompatible poly(lactic acid)</w:t>
               </w:r>
@@ -4622,51 +4622,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Domurado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Coudane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S.M. Li</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Polymer Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 2013 (4), pp.3705-3713. </w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4834,90 +4834,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis and self-assembling of poly(N-isopropylacrylamide-block-poly(L-lactide)-block-poly(N-isopropylacrylamide) triblock copolymers prepared by combination of ring-opening polymerization and atom transfer radical polymerization.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanfei Hu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Darcos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Monge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S.M. Li</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Polymer Science Part A: Polymer Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 51 (15), pp.3274-3283. </w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5015,51 +5015,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Coumes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Coudane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S.M. Li</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Polymer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 54 (7), pp.1746-1754. </w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6397,159 +6397,172 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00487333v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polyiodized-PCL as Multisite Transfer Agent: Towards an Enlarged Library of Degradable Graft Copolymers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Benjamin Nottelet</w:t>
+                <w:t xml:space="preserve">Aminated PCL-Based Copolymers by Chemical Modification of Poly(a-iodo-e-caprolactone-co-e-caprolactone)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah El Habnouni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Blanquer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Darcos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Coudane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Polymer Science Part A: Polymer Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, 47 (19), pp.5006-5016. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/pola.23553⟩</w:t>
+              <w:t xml:space="preserve">, 2009, 47, pp.6104-6115. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/pola.23652⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00417187v1</w:t>
+                <w:t xml:space="preserve">hal-00626439v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis and Ring Opening Polymerization of a New Functional Lactone, α–Iodo-ε-caprolactone: A Novel Route to Functionalized Aliphatic Polyesters.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah El Habnouni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6568,205 +6581,192 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Coudane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Macromolecular Rapid Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 30, pp.165-169. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/marc.200800596⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId210" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00416794v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aminated PCL-Based Copolymers by Chemical Modification of Poly(a-iodo-e-caprolactone-co-e-caprolactone)</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Blanquer</w:t>
+                <w:t xml:space="preserve">Polyiodized-PCL as Multisite Transfer Agent: Towards an Enlarged Library of Degradable Graft Copolymers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Nottelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Darcos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Coudane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Polymer Science Part A: Polymer Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, 47, pp.6104-6115. </w:t>
+              <w:t xml:space="preserve">, 2009, 47 (19), pp.5006-5016. </w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/pola.23652⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/pola.23553⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00626439v1</w:t>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00417187v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of DMSO used as solvent in copper mediated living radical polymerization</w:t>
               </w:r>
@@ -7153,51 +7153,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04841753v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh Thuong Khong" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Darcos" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Nottelet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04841761v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04575613v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prescillia Lagarrigue" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Grossin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Bethry" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Licznar-Fajardo" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01987344v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anita Schulz" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hussein Awada" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Girard" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04428633v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Bahuon" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Coudane" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sulabh Patel" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03180829v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah El Habnouni" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Garric" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lemaire" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493386v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loona Ferrie" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Arrambide" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Vecchio" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dacheux" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pol.20250876" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-05295648v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Guerreiro" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Monge" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.seppur.2025.135082" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05100534v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Xing" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Bernicot" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Darcos" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Arrachart" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.desal.2025.119083" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607086v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Le Grill" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Brouillet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Coppel" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actbio.2024.05.003" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04814281v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh-Thuong Khong" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Vialaret" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feifei Ng" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Couture" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.biomac.4c01169" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05154660v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souad Eljoudi" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Hajji" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suming Li" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Intidhar Bkhairia" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eddy Petit" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12649-024-02564-7" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04301767v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedicte Prelot" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Geneste" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.biomac.3c00673" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03930659v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Tenailleau" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Duployer" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Dupret-Bories" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ACSANM.2C00313" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03880313v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Souli&#233;" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Chabrillac" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anorl.2021.06.006" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04391161v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zana Marin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.biomac.2c00843" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03669792v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.reactfunctpolym.2021.105157" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03930098v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.AFORL.2021.04.004" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04624320v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samantha Saxer" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omer Erdogan" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Paniagua" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Chavanieu" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.202100576" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03491991v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.V. Arsenie" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Pinese" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Valot" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Verdie" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eurpolymj.2020.109990" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03205777v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christ&#232;le Combes" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymer.2020.123048" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01360836v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Coumes" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Beaut&#233;" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Domurado" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lecommandoux" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c6ra07535e" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01388778v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mira Younis" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Ronjat" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5RA23646K" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01684511v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanfei Hu" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.M. Li" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2015.06.020" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01684728v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feng Su" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xin Shen" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pat.3582" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-L9QSBVQG-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01369259v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejpb.2015.06.023" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01688235v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiung-Yi Huang" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chung-Hsiung Huang" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.biomac.5b01150" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01369246v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Porsio" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Franconi" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymer.2014.11.031" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01097229v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhou Yang" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3tb21793k" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01097242v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2014.09.029" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PD624DCF-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00982120v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Jouannin" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corine Tourne-Peteilh" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tahmer Sharkawi" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Devoisselle" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C4TB00264D" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00992399v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Beuille" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Lacroix-Desmazes" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mren.201300136" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-8T22DHZV-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00958350v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Lavigne" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actbio.2013.04.018" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8M918VSV-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00958366v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaohan Wu" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;phine Lai Kee Him" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bron" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3nr02899b" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00958262v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3py00375b" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00958495v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/bm400978a" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00958275v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pola.26721" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-1DKC91QJ-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00958247v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Bakkour" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymer.2013.01.042" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-98XTJF0F-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00671757v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillerm Brieuc" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lapinte" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c2cc30191a" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00672344v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Antoniacomi" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c1py00414j" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00722471v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Antoniacomi" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Robin" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c2py20309j" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00717310v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Summing Li" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c2py20054f" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00626805v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.201100412" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-QLQDML7L-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00626424v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadil Al Tabchi" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eurpolymj.2010.11.011" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MH9XGW2F-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00602574v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Vert" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jbm.a.33099" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-BRJNWWL3-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00626415v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Catherine B&#233;nard" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Drakides" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Casellas" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10924-010-0254-4" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-8HBTWBMR-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00536858v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Blanquer" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Tailhades" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Amblard" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Mart&#237;nez" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pola.24400" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00487333v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdeslam El Ghzaoui" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c0py00004c" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-77T1CF2K-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00417187v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pola.23553" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-8N2N3H2K-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00416794v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/marc.200800596" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00626439v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Blanquer" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pola.23652" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-7QLJM4SF-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01960344v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David M. Haddleton" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pola.20403" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-9FTH37KL-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01960347v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pola.20308" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-3771S2M0-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04841753v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh Thuong Khong" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Darcos" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Nottelet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04841761v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04575613v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prescillia Lagarrigue" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Grossin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Bethry" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Licznar-Fajardo" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01987344v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anita Schulz" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hussein Awada" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Girard" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04428633v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Bahuon" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Coudane" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sulabh Patel" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03180829v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah El Habnouni" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Garric" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lemaire" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493386v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loona Ferrie" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Arrambide" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Vecchio" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dacheux" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pol.20250876" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-05295648v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Guerreiro" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Monge" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.seppur.2025.135082" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05100534v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Xing" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Bernicot" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Darcos" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Arrachart" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.desal.2025.119083" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607086v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Le Grill" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Brouillet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Coppel" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actbio.2024.05.003" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04814281v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh-Thuong Khong" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Vialaret" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feifei Ng" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Couture" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.biomac.4c01169" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05154660v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souad Eljoudi" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Hajji" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suming Li" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Intidhar Bkhairia" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eddy Petit" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12649-024-02564-7" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04301767v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedicte Prelot" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Geneste" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.biomac.3c00673" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03930659v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Tenailleau" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Duployer" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Dupret-Bories" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ACSANM.2C00313" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03880313v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Souli&#233;" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Chabrillac" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anorl.2021.06.006" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04391161v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zana Marin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.biomac.2c00843" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03669792v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.reactfunctpolym.2021.105157" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03930098v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.AFORL.2021.04.004" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04624320v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samantha Saxer" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omer Erdogan" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Paniagua" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Chavanieu" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.202100576" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03205777v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christ&#232;le Combes" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymer.2020.123048" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03491991v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.V. Arsenie" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Pinese" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Valot" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Verdie" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eurpolymj.2020.109990" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01360836v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Coumes" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Beaut&#233;" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Domurado" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lecommandoux" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c6ra07535e" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01388778v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mira Younis" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Ronjat" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5RA23646K" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01684728v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feng Su" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xin Shen" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanfei Hu" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.M. Li" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pat.3582" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-L9QSBVQG-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01684511v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2015.06.020" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01369259v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejpb.2015.06.023" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01688235v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiung-Yi Huang" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chung-Hsiung Huang" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.biomac.5b01150" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01369246v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Porsio" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Franconi" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymer.2014.11.031" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01097242v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhou Yang" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2014.09.029" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PD624DCF-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01097229v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3tb21793k" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00982120v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Jouannin" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corine Tourne-Peteilh" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tahmer Sharkawi" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Devoisselle" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C4TB00264D" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00992399v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Beuille" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Lacroix-Desmazes" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mren.201300136" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-8T22DHZV-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00958350v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Lavigne" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actbio.2013.04.018" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8M918VSV-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00958366v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaohan Wu" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;phine Lai Kee Him" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bron" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3nr02899b" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00958262v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3py00375b" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00958495v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/bm400978a" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00958275v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pola.26721" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-1DKC91QJ-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00958247v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Bakkour" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymer.2013.01.042" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-98XTJF0F-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00671757v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillerm Brieuc" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lapinte" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c2cc30191a" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00672344v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Antoniacomi" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c1py00414j" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00722471v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Antoniacomi" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Robin" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c2py20309j" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00717310v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Summing Li" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c2py20054f" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00626805v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.201100412" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-QLQDML7L-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00626424v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadil Al Tabchi" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eurpolymj.2010.11.011" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MH9XGW2F-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00602574v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Vert" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jbm.a.33099" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-BRJNWWL3-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00626415v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Catherine B&#233;nard" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Drakides" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Casellas" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10924-010-0254-4" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-8HBTWBMR-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00536858v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Blanquer" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Tailhades" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Amblard" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Mart&#237;nez" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pola.24400" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00487333v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdeslam El Ghzaoui" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c0py00004c" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-77T1CF2K-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00626439v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Blanquer" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pola.23652" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-7QLJM4SF-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00416794v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/marc.200800596" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00417187v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pola.23553" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-8N2N3H2K-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01960344v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David M. Haddleton" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pola.20403" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-9FTH37KL-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01960347v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pola.20308" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-3771S2M0-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>