--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -4562,480 +4562,480 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05516606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paramoeba atlantica as a reservoir for Vibrio bathopelagicus a potential pathogen against marine bivalve.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Hajar Amraoui</w:t>
+                <w:t xml:space="preserve">Genomic insights into non-canonical Legionellales symbionts of Free-living Amoebae</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Delafont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Océane Romatif</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Han Fei Tsao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Aucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthias Horn</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XIXth International conference on the biology and pathogenicity of free-living amoebae</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05516706v1</w:t>
+                <w:t xml:space="preserve">hal-05517248v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genomic insights into non-canonical Legionellales symbionts of Free-living Amoebae</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Paramoeba atlantica as a reservoir for Vibrio bathopelagicus a potential pathogen against marine bivalve.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Onillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hajar Amraoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Océane Romatif</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Delafont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Han Fei Tsao</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Étienne Robino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XIXth International conference on the biology and pathogenicity of free-living amoebae</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05517248v1</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05516706v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abortive infection and defensive symbiosis – novel defense strategies against giant viruses.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Patrick Arthofer</w:t>
+                <w:t xml:space="preserve">Free-Living Amoebae Diversity in Drinking Water and Investigating the Role of Preferential Grazing.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katherine Dowdell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Delafont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Gabrielli</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Viruses of Microbes - 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2023, Tbilisi, Georgia, Georgia</w:t>
+              <w:t xml:space="preserve">XIXth International conference on the biology and pathogenicity of free-living amoebae</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05517295v1</w:t>
+                <w:t xml:space="preserve">hal-05516686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Free-Living Amoebae Diversity in Drinking Water and Investigating the Role of Preferential Grazing.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Katherine Dowdell</w:t>
+                <w:t xml:space="preserve">Abortive infection and defensive symbiosis – novel defense strategies against giant viruses.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Arthofer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Delafont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alban Hay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anouk Willemsen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Panhölzl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XIXth International conference on the biology and pathogenicity of free-living amoebae</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Poitiers, France</w:t>
+              <w:t xml:space="preserve">Viruses of Microbes - 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Tbilisi, Georgia, Georgia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05516686v1</w:t>
+                <w:t xml:space="preserve">hal-05517295v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les amibes, vecteurs de bactéries pathogènes dans les eaux côtières ?</w:t>
               </w:r>
@@ -6822,51 +6822,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343249v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noor Fattar" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Louni" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Buysse" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Maria Floriano" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanne Bertaux" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1758-2229.70120" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05490764v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hang Song" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katherine Dowdell" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Delafont" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Skerlos" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lutgarde Raskin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.5c04958" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04891776v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Jessu" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Cochard" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Burtin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Crapart" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsec/fiae164" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05135735v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Onillon" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Dufau" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hajar Amraoui" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Robino" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.70122" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05298514v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Bednarek" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Agogu&#233;" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arno Bringer" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Agion" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1758-2229.70198" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05267139v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Weisse" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Martin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouziane Moumen" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann H&#233;chard" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/msystems.00261-25" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411881v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Duvivier" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Moulin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40793-025-00818-y" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741668v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Arthofer" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Panh&#246;lzl" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Hay" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siegfried Reipert" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-47308-2" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04411548v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Moyen" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Biet" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ascel Samba-Louaka" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2023.1324985" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04172313v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Rochard" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ani13111781" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05518579v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Gabrielli" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zihan Dai" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peer Timmers" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul van der Wielen" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.2c09010" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03781121v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouk Willemsen" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Horn" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2205856119" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039354v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Mercier" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Barrouilhet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie&#8208;laure Mollichella" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascaline Herbelin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1751-7915.14080" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03982773v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.16307" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05518571v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Gobert" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Sarah Evers" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Morge" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Sparrow" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mbo3.1321" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03326598v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Alafaci" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Cr&#233;pin" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Beaubert" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Berjeaud" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms9071526" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03024315v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willy Aucher" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Ponlaitiac" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.protis.2020.125770" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05044418v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Rodier" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Cateau" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsre/fuz011" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02295278v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Perraud" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Brunet" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Maisonneuve" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sihem Kaaki" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00436-019-06457-w" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02057160v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Perrin" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Bouchon" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Hechard" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2018.11.013" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04254422v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Corre" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anasthasia Legrand" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Verdon" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2018.03360" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01891848v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00248-018-1199-8" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01705081v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Branger" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcimb.2018.00028" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01504796v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Cambau" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep46270" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-01845234v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2016.05.044" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01427407v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Costa" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Gravouil" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Lesobre" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2015.05.065" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CZQZP4DQ-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01427409v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1758-2229.12343" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-3JJKD1GZ-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01420403v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Cateau" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Hechard" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M H Rodier" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhin.2014.05.001" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QB83CTDV-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05494566v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fa&#239;za Mougari" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Joyeux" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/es5036255" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00934563v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Brouke" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2013.07.047" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-M7PBXZNG-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441701v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Hardouin" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Dupont" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05516582v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie-Ana&#239;s Belon" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luna Guenault" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Aucher" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05516627v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05516606v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05516706v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Romatif" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Robino" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517248v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Han Fei Tsao" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517295v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05516686v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517264v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05516655v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517282v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuella Antonelli" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ameet Pinto" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517314v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517322v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05425564v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517347v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517373v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517358v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733536v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ascel Samba" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738389v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735589v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735417v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01517979v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343249v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noor Fattar" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Louni" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Buysse" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Maria Floriano" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanne Bertaux" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1758-2229.70120" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05490764v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hang Song" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katherine Dowdell" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Delafont" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Skerlos" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lutgarde Raskin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.5c04958" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04891776v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Jessu" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Cochard" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Burtin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Crapart" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsec/fiae164" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05135735v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Onillon" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Dufau" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hajar Amraoui" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Robino" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.70122" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05298514v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Bednarek" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Agogu&#233;" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arno Bringer" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Agion" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1758-2229.70198" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05267139v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Weisse" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Martin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouziane Moumen" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann H&#233;chard" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/msystems.00261-25" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411881v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Duvivier" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Moulin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40793-025-00818-y" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741668v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Arthofer" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Panh&#246;lzl" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Hay" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siegfried Reipert" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-47308-2" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04411548v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Moyen" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Biet" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ascel Samba-Louaka" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2023.1324985" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04172313v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Rochard" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ani13111781" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05518579v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Gabrielli" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zihan Dai" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peer Timmers" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul van der Wielen" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.2c09010" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03781121v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouk Willemsen" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Horn" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2205856119" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039354v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Mercier" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Barrouilhet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie&#8208;laure Mollichella" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascaline Herbelin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1751-7915.14080" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03982773v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.16307" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05518571v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Gobert" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Sarah Evers" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Morge" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Sparrow" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mbo3.1321" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03326598v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Alafaci" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Cr&#233;pin" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Beaubert" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Berjeaud" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms9071526" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03024315v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willy Aucher" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Ponlaitiac" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.protis.2020.125770" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05044418v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Rodier" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Cateau" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsre/fuz011" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02295278v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Perraud" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Brunet" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Maisonneuve" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sihem Kaaki" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00436-019-06457-w" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02057160v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Perrin" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Bouchon" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Hechard" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2018.11.013" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04254422v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Corre" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anasthasia Legrand" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Verdon" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2018.03360" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01891848v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00248-018-1199-8" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01705081v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Branger" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcimb.2018.00028" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01504796v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Cambau" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep46270" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-01845234v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2016.05.044" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01427407v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Costa" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Gravouil" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Lesobre" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2015.05.065" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CZQZP4DQ-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01427409v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1758-2229.12343" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-3JJKD1GZ-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01420403v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Cateau" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Hechard" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M H Rodier" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhin.2014.05.001" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QB83CTDV-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05494566v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fa&#239;za Mougari" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Joyeux" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/es5036255" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00934563v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Brouke" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2013.07.047" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-M7PBXZNG-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441701v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Hardouin" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Dupont" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05516582v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie-Ana&#239;s Belon" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luna Guenault" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Aucher" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05516627v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05516606v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517248v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Han Fei Tsao" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05516706v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Romatif" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Robino" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05516686v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517295v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517264v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05516655v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517282v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuella Antonelli" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ameet Pinto" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517314v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517322v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05425564v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517347v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517373v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517358v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733536v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ascel Samba" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738389v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735589v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735417v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01517979v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>