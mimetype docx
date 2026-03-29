--- v0 (2026-03-05)
+++ v1 (2026-03-29)
@@ -66,51 +66,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (39)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (41)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -169,2643 +169,2781 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05472484v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Une réelle amélioration du régime indemnitaire des élus locaux dans la loi du 22 décembre 2025 ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Doebelin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine Juridique. Administrations et collectivités territoriales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, pp.2038</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05569043v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frais de c(h)ampagne : l'abus de dépenses irrégulières nuit gravement au remboursement des campagnes électorales par l'État (TA Paris, 30 septembre 2025)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Doebelin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine Juridique. Administrations et collectivités territoriales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, pp.2066</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05569046v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Municipales 2026 : l'harmonisation des règles électorales adoptée !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Doebelin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine Juridique. Administrations et collectivités territoriales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 23, pp.264</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05124652v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Entre les Etats-Unis et l’Europe, le fossé idéologique et juridique se creuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Doebelin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Monde.fr</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05213249v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comment préserver nos démocraties entre réseaux sociaux, intelligence artificielle et ingérences étrangères dans le processus électoral ? À propos de l’annulation du scrutin présidentiel en Roumanie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Doebelin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine Juridique. Administrations et collectivités territoriales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 5, pp.32-36 (article 2033)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05002364v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Le juge administratif à la plage : libertés, domanialité et ordre public sur la carte postale de nos vacances d'été !</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Doebelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Semaine Juridique. Administrations et collectivités territoriales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 24, pp.2179</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05124651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...30 lines deleted...]
-              <w:t xml:space="preserve">Le Monde.fr</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Et si nous pensions enfin nos politiques publiques à long terme !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Doebelin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Semaine Juridique – Administration et collectivités territoriales (JCPA) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 47, pp.529</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05380408v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le cumul des mandats et fonctions politiques : cette exception française dont on ne se lasse (hélas) pas !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Doebelin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine Juridique. Administrations et collectivités territoriales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, pp.2092</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05034853v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vers une indemnisation pour les orphelins des incorporés de force alsaciens-mosellans durant la Seconde Guerre mondiale ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Doebelin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine Juridique. Administrations et collectivités territoriales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 29, pp.350</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05213582v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Municipales 2026 : vers des réformes conséquentes et tardives du droit électoral ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Doebelin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine Juridique. Administrations et collectivités territoriales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, pp.158</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05037057v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Précisions sur la notion d'extension d'une construction existante dans le cadre d'un plan de prévention des risques naturels (CE, 18 juillet 2025, n° 492241)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Doebelin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Journal des Accidents et des Catastrophes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Comment préserver nos démocraties entre réseaux sociaux, intelligence artificielle et ingérences étrangères dans le processus électoral ? À propos de l’annulation du scrutin présidentiel en Roumanie</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05333917v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irrégularités lors du second tour de l’élection présidentielle : près de vingt-mille suffrages annulés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Doebelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Semaine Juridique. Administrations et collectivités territoriales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 5, pp.32-36 (article 2033)</w:t>
+              <w:t xml:space="preserve">, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Municipales 2026 : l'harmonisation des règles électorales adoptée !</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03717559v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Réflexions sur la guerre en Ukraine et ses retentissements en droit constitutionnel français</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Doebelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Semaine Juridique. Administrations et collectivités territoriales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 23, pp.264</w:t>
+              <w:t xml:space="preserve">, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 47, pp.529</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03717546v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loi 3DS : quels impacts sur le monde rural ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Doebelin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Le cumul des mandats et fonctions politiques : cette exception française dont on ne se lasse (hélas) pas !</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03717551v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Premier tour du scrutin présidentiel : les violations du droit électoral constatées par le Conseil constitutionnel (CC n° 2022-195 PDR, 13 avril 2022)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Doebelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Semaine Juridique. Administrations et collectivités territoriales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, pp.2092</w:t>
+              <w:t xml:space="preserve">, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Vers une indemnisation pour les orphelins des incorporés de force alsaciens-mosellans durant la Seconde Guerre mondiale ?</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03717553v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La lutte contre l’artificialisation des sols : une révolution de la loi Climat et Résilience !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Doebelin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03717541v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pour un pacte de la rénovation démocratique ! Il y a urgence !</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Doebelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Semaine Juridique. Administrations et collectivités territoriales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 29, pp.350</w:t>
+              <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2025</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03297837v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Contrats de sécurité intégrée : : les modalités d'une nouvelle relation entre l'État et les collectivités territoriales dans le domaine de la sécurité publique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Doebelin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine Juridique. Administrations et collectivités territoriales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Municipales 2026 : vers des réformes conséquentes et tardives du droit électoral ?</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03297835v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les gestes qui sauvent ne dispensent pas d’appeler rapidement les secours</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Doebelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Semaine Juridique. Administrations et collectivités territoriales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, pp.158</w:t>
+              <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Irrégularités lors du second tour de l’élection présidentielle : près de vingt-mille suffrages annulés</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03297833v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Allô les secours… ? Allô ?!</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Doebelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Semaine Juridique. Administrations et collectivités territoriales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022</w:t>
+              <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Réflexions sur la guerre en Ukraine et ses retentissements en droit constitutionnel français</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03717532v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’installation restreinte d’antennes de téléphonie mobile sur le littoral ! (CE Avis, 11 juin 2021, n° 449840)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Doebelin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03717536v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La valorisation des langues régionales : une action d’équilibriste pour maintenir l’unité française</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Doebelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Semaine Juridique. Administrations et collectivités territoriales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022</w:t>
+              <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Loi 3DS : quels impacts sur le monde rural ?</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03717527v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La loi du 29 janvier 2021 : une nouvelle protection législative des bruits et odeurs de la campagne ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Doebelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de droit rural</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022</w:t>
+              <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Premier tour du scrutin présidentiel : les violations du droit électoral constatées par le Conseil constitutionnel (CC n° 2022-195 PDR, 13 avril 2022)</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03297831v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La protection de l’environnement dans la Constitution : la tentation présidentielle d’un référendum contesté</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Doebelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Semaine Juridique. Administrations et collectivités territoriales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022</w:t>
+              <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">La loi du 29 janvier 2021 : une nouvelle protection législative des bruits et odeurs de la campagne ?</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03297830v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arrêtés municipaux autorisant l’ouverture de certains commerces durant le confinement : symbole d’un nouvel affrontement entre les maires et l’État ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Doebelin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine Juridique. Administrations et collectivités territoriales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03297827v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La responsabilité des décideurs locaux dans la tourmente de la crise sanitaire du Covid-19</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Doebelin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine Juridique. Administrations et collectivités territoriales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03297812v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’encadrement du (re) classement des terrains en zone agricole ou naturelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Doebelin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La semaine juridique. Notariale et immobilière</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03297822v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le juge administratif encadre le reclassement de terrains constructibles ; Note sous CAA Nancy, 25 avril 2019, n° 18NC00291</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Doebelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de droit rural</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021</w:t>
+              <w:t xml:space="preserve">, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Allô les secours… ? Allô ?!</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03297811v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Port du masque obligatoire à Strasbourg : le juge des référés préfère le respect de la vie privée à la liberté d’aller et venir !</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Doebelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Semaine Juridique. Administrations et collectivités territoriales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021</w:t>
+              <w:t xml:space="preserve">, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">L’installation restreinte d’antennes de téléphonie mobile sur le littoral ! (CE Avis, 11 juin 2021, n° 449840)</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03297817v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’État d’urgence climatique : une simple déclaration d’intention municipale ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Doebelin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine Juridique. Administrations et collectivités territoriales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03297821v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Classement de parcelles en zone agricole : la conception libérale du Conseil d’État</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Doebelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de droit rural</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021</w:t>
+              <w:t xml:space="preserve">, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">La valorisation des langues régionales : une action d’équilibriste pour maintenir l’unité française</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03297826v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vers la généralisation d’un équipement hivernal obligatoire sur les routes de montagne ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Doebelin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03297829v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pour une réforme du régime indemnitaire des élus municipaux dans une démocratie en souffrance ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Doebelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Semaine Juridique. Administrations et collectivités territoriales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021</w:t>
+              <w:t xml:space="preserve">, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">La lutte contre l’artificialisation des sols : une révolution de la loi Climat et Résilience !</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03297823v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La légalité d’une prolongation du temps de garde en cas d’absentéisme chez les sapeurs-pompiers assignés ; Note sous TA Lyon ord., 11 décembre 2018, Syndicats SUD et CGT du SDMIS du Rhône, n° 1808919</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Doebelin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Affiches d'Alsace et de Lorraine [Affiches-Moniteur]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03297809v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La prise en charge des besoins vitaux d’un mineur non accompagné en attente d’évaluation : une obligation pour les départements ; Note sous CE, Ord., 25 février 2019, n° 427169</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Doebelin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03297784v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les départements face à la prise en charge des mineurs non accompagnés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Doebelin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Gazette santé social : le mensuel des acteurs sanitaires et sociaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03297786v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Garde champêtre : Vers une mutualisation entre établissements publics de coopération intercommunale et communes extérieures ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Doebelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de droit rural</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021</w:t>
+              <w:t xml:space="preserve">, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2021</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03297810v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La protection des vignobles, un défi à relever pour le droit de l’urbanisme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Doebelin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Gazette des communes, des départements, des régions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2021</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03297770v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les secours en droit de l’urbanisme et de la construction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Doebelin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Gazette des communes, des départements, des régions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2021</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03297765v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un maire veut interdire de laisser pavoiser le drapeau de la France libre !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Doebelin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Gazette des communes, des départements, des régions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...1172 lines deleted...]
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03297761v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2815,443 +2953,443 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La question des frontières entre les convictions religieuses des parents et l’éducation à la sexualité à l’école dans l’Amérique de Trump. Analyse à l’aune de la jurisprudence récente de la Cour suprême</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Doebelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Trump et les frontières : quel bilan un an après son retour à la Maison-Blanche ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Pierre Alexandre BEYLIER; Alexandre ADOUARD; Mona PARRA; Raphael RICAUD, Feb 2026, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05503251v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une difficile conciliation entre la liberté d'expression garantie par la Charte et la lutte contre les ingérences étrangères ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Doebelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">25e Anniversaire de la Charte des droits fondamentaux de l'UE - Forum Civil</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mouvement européen, Dec 2025, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05413992v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La délégitimation des élections et du juge électoral dans le contexte des ingérences étrangères</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Doebelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Récuser l'élection, contester les élections Vers une délégitimation de la procédure électorale ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nicolas BUÉ; Rémi LEFEBVRE; Christine PINA, Jun 2025, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05124650v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les impacts du droit de l'Union européenne sur le droit fondamental à être secouru en France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Doebelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Une Europe qui protège ? Enjeux et perspectives de la coopération européenne en matière de protection civile - EUROPROTECT</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université d'Angers, Sep 2025, Angers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05279149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La dissolution de 1997 : retour sur un outil constitutionnel à double tranchant entrainant la démission d’Alain Juppé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Doebelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Alain Juppé, itinéraire d'un homme d'État</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Vincent DOEBELIN; Mickaël BAUBONNE, Oct 2023, Mulhouse (Université de haute-Alsace), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05268608v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une évolution du droit de l’urbanisme au gré des catastrophes !</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Doebelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque des 25 ans du Cerdacc</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2022, Mulhouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03717577v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3261,236 +3399,236 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hardouin et Marie, l’influence des « arrêts jumeaux » sur la réduction des mesures d’ordre intérieur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Doebelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les arrêts jumeaux en droit administratif français</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, L'Harmattan, 2024, 978-2-336-44943-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05037062v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La transparence au risque de la sécurité : l’inscription des infrastructures d’approvisionnement dans les documents d’urbanisme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Doebelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Sécurité des infrastructures d’approvisionnement, Colloque du CERDACC, Mare et Martin</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03297839v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gardes et activités privées de sécurité : convergences et divergences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Doebelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La garderie particulière : d’une surveillance de la ruralité à la sécurisation des territoires, un modèle pour la sécurité collective ?, Colloque de l’Association française de droit de la sécurité et de la défense (AFDSD)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03297843v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3500,114 +3638,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La consécration du droit à être secouru en France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Doebelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Droit. Université de Haute Alsace - Mulhouse, 2024. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2024MULH3687⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04947506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId58"/>
+      <w:footerReference w:type="default" r:id="rId60"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3754,51 +3892,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05472484v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Doebelin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124651v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213249v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05002364v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124652v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05380408v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034853v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213582v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05333917v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037057v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03717559v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03717546v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03717551v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03717553v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03297831v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03717532v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03717536v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03717527v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03717541v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03297835v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03297833v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03297837v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03297830v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03297812v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03297827v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03297822v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03297811v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03297817v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03297821v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03297826v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03297829v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03297823v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03297786v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03297809v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03297784v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03297810v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03297770v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03297765v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03297761v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503251v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05413992v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124650v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05279149v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05268608v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03717577v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037062v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03297839v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03297843v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04947506v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2024MULH3687" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05472484v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Doebelin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05569043v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05569046v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124652v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213249v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05002364v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124651v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05380408v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034853v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213582v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037057v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05333917v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03717559v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03717546v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03717551v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03717553v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03717541v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03297837v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03297835v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03297833v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03717532v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03717536v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03717527v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03297831v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03297830v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03297827v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03297812v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03297822v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03297811v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03297817v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03297821v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03297826v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03297829v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03297823v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03297809v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03297784v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03297786v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03297810v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03297770v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03297765v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03297761v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503251v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05413992v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124650v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05279149v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05268608v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03717577v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037062v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03297839v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03297843v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04947506v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2024MULH3687" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>