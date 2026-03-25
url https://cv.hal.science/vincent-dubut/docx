--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -498,278 +498,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05022742v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Disentangling the Effects of Biotic and Abiotic Dimensions of Ecological Opportunity on Individual Trophic Trait Variation</w:t>
+                <w:t xml:space="preserve">A very picky eater: Species‐level prey selection in the endangered Rhone streber [ Zingel asper (L. 1758)]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kurt Villsen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Corse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Gaït Archambaud-Suard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Dubut</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/mec.70115⟩</w:t>
+              <w:t xml:space="preserve">Journal of Fish Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 107 (3), pp.1060-1066. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jfb.70083⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05280353v1</w:t>
+                <w:t xml:space="preserve">hal-05275453v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A very picky eater: Species‐level prey selection in the endangered Rhone streber [ Zingel asper (L. 1758)]</w:t>
+                <w:t xml:space="preserve">Disentangling the Effects of Biotic and Abiotic Dimensions of Ecological Opportunity on Individual Trophic Trait Variation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kurt Villsen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaït Archambaud-Suard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emese Meglécz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Blanchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Corse</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jean‐pierre Balmain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Fish Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 107 (3), pp.1060-1066. </w:t>
+              <w:t xml:space="preserve">Molecular Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 34 (20), pp.e70115. </w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/jfb.70083⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/mec.70115⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05275453v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05280353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Metabarcoding reveals waterbird diet in a French Ramsar wetland: implications for ecosystem management</w:t>
               </w:r>
@@ -1045,51 +1045,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aitor González</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Dubut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Corse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reda Mekdad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1166,64 +1166,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Growth variation in the endangered fish Zingel asper : Contribution of substrate quality, hydraulics, prey abundance, and water temperature</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gauthier Monnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Corse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaït Archambaud-Suard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Grenier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1300,90 +1300,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diet Metabarcoding Reveals Extensive Dietary Overlap between Two Benthic Stream Fishes (Zingel asper and Cottus gobio) and Provides Insights into Their Coexistence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kurt Villsen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Corse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaït Archambaud‐suard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Héran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emese Meglécz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Diversity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 14 (5), pp.1-19. </w:t>
@@ -1434,77 +1434,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DNA metabarcoding suggests adaptive seasonal variation of individual trophic traits in a critically endangered fish</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kurt Villsen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Corse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emese Meglécz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaït Archambaud-Suard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Vignes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1689,51 +1689,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A river runs through it: The causes, consequences, and management of intraspecific diversity in river networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Blanchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Prunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1817,291 +1817,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02914974v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une étude inédite de métabarcoding pour étudier le régime alimentaire de l’apron</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">One‐locus‐several‐primers: A strategy to improve the taxonomic and haplotypic coverage in diet metabarcoding studies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Corse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Tougard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaït Archambaud‐suard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean‐françois Agnèse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Messu Mandeng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sciences Eaux &amp; Territoires</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.14758/set-revue.2019.cs4.03⟩</w:t>
+              <w:t xml:space="preserve">Ecology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9 (8), pp.4603-4620. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ece3.5063⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02462400v1</w:t>
+                <w:t xml:space="preserve">hal-02109732v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">One‐locus‐several‐primers: A strategy to improve the taxonomic and haplotypic coverage in diet metabarcoding studies</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
+                <w:t xml:space="preserve">Une étude inédite de métabarcoding pour étudier le régime alimentaire de l’apron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaït Archambaud‐suard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Corse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emese Meglécz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Chappaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Dubut</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecology and Evolution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 9 (8), pp.4603-4620. </w:t>
+              <w:t xml:space="preserve">Sciences Eaux &amp; Territoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, (Cahier spécial IV), pp.12-19. </w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/ece3.5063⟩</w:t>
+                <w:t xml:space="preserve">⟨10.14758/set-revue.2019.cs4.03⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02109732v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02462400v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stuck amongst introduced species: Trophic ecology reveals complex relationships between the critically endangered Niau kingfisher and introduced predators, competitors and prey</w:t>
               </w:r>
@@ -2113,51 +2113,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diane Zarzoso-Lacoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Bonnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Corse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Dubut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2215,377 +2215,377 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02397164v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The relative contribution of river network structure and anthropogenic stressors to spatial patterns of genetic diversity in two freshwater fishes: A multiple-stressors approach</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Prunier</w:t>
+                <w:t xml:space="preserve">L'apron du Rhône (Zingel asper), un poisson emblématique: Répartition, prospection et dynamique de la population du Verdon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Chappaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Dubut</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Simon Blanchet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Freshwater Biology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Courrier scientifique du parc naturel régional du Verdon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 4, pp.54-65</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01764118v1</w:t>
+                <w:t xml:space="preserve">hal-03470717v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'apron du Rhône (Zingel asper), un poisson emblématique: Répartition, prospection et dynamique de la population du Verdon</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rémi Chappaz</w:t>
+                <w:t xml:space="preserve">Etude du régime alimentaire de l'apron du Rhône dans le Verdon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaït Archambaud‐suard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Corse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Dubut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Courrier scientifique du parc naturel régional du Verdon</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 4, pp.54-65</w:t>
+              <w:t xml:space="preserve">, 2018, 4, pp.66-88</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03470717v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03470706v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude du régime alimentaire de l'apron du Rhône dans le Verdon</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Corse</w:t>
+                <w:t xml:space="preserve">The relative contribution of river network structure and anthropogenic stressors to spatial patterns of genetic diversity in two freshwater fishes: A multiple-stressors approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Prunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Dubut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Loot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Tudesque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Blanchet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Courrier scientifique du parc naturel régional du Verdon</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Freshwater Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 63 (1), pp.6 - 21. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/fwb.13034⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03470706v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01764118v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A from-benchtop-to-desktop workflow for validating HTS data and for taxonomic identification in diet metabarcoding studies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Corse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emese Meglécz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gait Archambaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2701,51 +2701,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Dubut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lounès Chikhi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Blanchet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Methods in Ecology and Evolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 8 (12), pp.1866-1877. </w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2896,51 +2896,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">QDD version 3.1: a user-friendly computer program for microsatellite selection and primer design revisited: experimental validation of variables determining genotyping success rate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emese Meglécz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Pech</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3542,307 +3542,307 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01294296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Human Ancient and Extant mtDNA From the Gambier Islands (French Polynesia): Evidence for an Early Melanesian Maternal Contribution and New Perspectives into the Settlement of Easternmost Polynesia</w:t>
+                <w:t xml:space="preserve">High-throughput microsatellite isolation through 454 GS-FLX Titanium pyrosequencing of enriched DNA libraries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-France Deguilloux</w:t>
+                <w:t xml:space="preserve">Thibaut Malausa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Gilles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emese Meglécz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Hélène Pemonge</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Vincent Dubut</w:t>
+                <w:t xml:space="preserve">Hélène Blancard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandrine Hughes</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Catherine Haenni</w:t>
+                <w:t xml:space="preserve">Stéphanie Duthoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Journal of Physical Anthropology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ajpa.21398⟩</w:t>
+              <w:t xml:space="preserve">Molecular Ecology Resources</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 11 (4), pp.638-644. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1755-0998.2011.02992.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02644900v1</w:t>
+                <w:t xml:space="preserve">hal-01506135v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-throughput microsatellite isolation through 454 GS-FLX Titanium pyrosequencing of enriched DNA libraries</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Human Ancient and Extant mtDNA From the Gambier Islands (French Polynesia): Evidence for an Early Melanesian Maternal Contribution and New Perspectives into the Settlement of Easternmost Polynesia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-France Deguilloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Hélène Pemonge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Dubut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thibaut Malausa</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Emese Meglécz</w:t>
+                <w:t xml:space="preserve">Sandrine Hughes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hélène Blancard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie Duthoy</w:t>
+                <w:t xml:space="preserve">Catherine Haenni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Ecology Resources</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">American Journal of Physical Anthropology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 144 (2), pp.248 - 257. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ajpa.21398⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/j.1755-0998.2011.02992.x⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01506135v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02644900v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Representativeness of microsatellite distributions in genomes, as revealed by 454 GS-FLX Titanium pyrosequencing</w:t>
               </w:r>
@@ -3854,51 +3854,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Pech</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emese Meglécz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Ferreira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4001,51 +4001,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melthide Sinama</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Francois Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emese Meglécz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Fernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4096,51 +4096,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">QDD: a user-friendly program to select microsatellite markers and design primers from large sequencing projects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emese Meglécz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Costedoat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4148,51 +4148,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Dubut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Gilles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Malausa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bioinformatics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 26 (3), pp.403-404. </w:t>
@@ -4228,783 +4228,783 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02667917v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of 55 novel polymorphic microsatellite loci for the critically endangered L. (Actinopterygii: Perciformes: Percidae) and cross-species amplification in five other percids</w:t>
+                <w:t xml:space="preserve">Cross-species amplification of 41 microsatellites in European cyprinids: A tool for evolutionary, population genetics and hybridization studies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Dubut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melthide Sinama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emese Meglécz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Caroline Costedoat</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Fernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Wildlife Research</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">BMC Research Notes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 3</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00609749v1</w:t>
+                <w:t xml:space="preserve">hal-01933480v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cross-species amplification of 41 microsatellites in European cyprinids: A tool for evolutionary, population genetics and hybridization studies</w:t>
+                <w:t xml:space="preserve">Development of 55 novel polymorphic microsatellite loci for the critically endangered L. (Actinopterygii: Perciformes: Percidae) and cross-species amplification in five other percids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Dubut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Grenier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emese Meglécz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Juliette Fernandez</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Chappaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Costedoat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Research Notes</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Journal of Wildlife Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 56 (6), pp.931-938. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10344-010-0421-x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01933480v1</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00609749v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic data analysis of 10 Y-STR loci in two ethnic groups of Asian ancestry (Gujarat and Guangdong-Fujian provinces) from Reunion Island (Indian Ocean).</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Isolation and characterisation of 19 microsatellite loci from the Amazonian frog Adenomera andreae (Amplibia: anura: Leptodactylidae)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Fouquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Dubut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Cartault</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">André Gilles</w:t>
+                <w:t xml:space="preserve">Robert Hataway</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Dominique Thionville</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Caroline Scotti-Saintagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan Scotti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Legal Medicine</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Conservation Genetics Resources</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 1 (1), pp.217-220. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12686-009-9053-4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00433396v1</w:t>
+                <w:t xml:space="preserve">hal-01032133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inter- and Extra-Indian Admixture and Genetic Diversity in Reunion Island Revealed by Analysis of Mitochondrial DNA</w:t>
+                <w:t xml:space="preserve">Complete Mitochondrial Sequences for Haplogroups M23 and M46: Insights into the Asian Ancestry of the Malagasy Population</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Dubut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Cartault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Payet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Dominique Thionville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Murail</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">François Cartault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Human Genetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 73, pp.314-334</w:t>
+              <w:t xml:space="preserve">Human Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 81 (4), pp.495-500</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00433392v1</w:t>
+                <w:t xml:space="preserve">halshs-00449196v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isolation and characterisation of 19 microsatellite loci from the Amazonian frog Adenomera andreae (Amplibia: anura: Leptodactylidae)</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Inter- and Extra-Indian Admixture and Genetic Diversity in Reunion Island Revealed by Analysis of Mitochondrial DNA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Dubut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Robert Hataway</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Murail</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Pech</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Scotti-Saintagne</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Marie-Dominique Thionville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Cartault</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conservation Genetics Resources</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Annals of Human Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 73, pp.314-334</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01032133v1</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00433392v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Complete Mitochondrial Sequences for Haplogroups M23 and M46: Insights into the Asian Ancestry of the Malagasy Population</w:t>
+                <w:t xml:space="preserve">Genetic data analysis of 10 Y-STR loci in two ethnic groups of Asian ancestry (Gujarat and Guangdong-Fujian provinces) from Reunion Island (Indian Ocean).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Dubut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Cartault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Gilles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Dominique Thionville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Murail</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Human Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 81 (4), pp.495-500</w:t>
+              <w:t xml:space="preserve">Legal Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 11, pp.104-106</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00449196v1</w:t>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00433396v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isolation and characterization of polymorphic microsatellite loci for the dace complex: Leuciscus leuciscus (Teleostei: Cyprinidae)</w:t>
               </w:r>
@@ -5304,64 +5304,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Dubut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Chollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Murail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Cartault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eliane Béraud-Colomb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5529,51 +5529,51 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01933423v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pré-publication, Document de travail (3)</w:t>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -5799,83 +5799,205 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05407728v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Separating faces in ARMS metabarcoding improves marine biodiversity monitoring: a comparison across protocols, experimental designs, and photographic surveys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Chenuil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elyna Bouchereau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Térence Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virgile Calvert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Chemin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05557429v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">VTAM: A robust pipeline for validating metabarcoding data using internal controls</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aitor González</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Dubut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Corse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reda Mekdad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5887,51 +6009,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Dechatre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03144831v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5941,216 +6063,216 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biodiversité épiphyte des feuilles de posidonie et bioconcentration de contaminants : suivi pluriannuel des herbiers de Fos, Marseille et Toulon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noëlle Sarkis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Amadéi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Amella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Angeletti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Chemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dix ans de recherches de l'Observatoire Hommes-Milieux Littoral méditerranéen sur le Littoral marseillais</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, OHM Littoral méditerranéen; ESPACE UMR 7300, Jun 2023, Marseille (13), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04141983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MOPOSys (2019-20) Micropolluants organiques dans les herbiers de posidonie et conséquences sur le fonctionnement de l'écosystème côtier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Mirleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P Doumenq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Malleret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Chenuil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6169,159 +6291,159 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire annuel 2020 de l'OHM Littoral méditerranéen</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CNRS; OHM Littoral méditerranéen, Dec 2020, En distanciel, cause Covid-19, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04651884v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Methodology and geneticist's responsibility facing sociological aspects and specificities of a multiethnic society: The case of Reunion Island (Indian Ocean)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Dubut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Malbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Cartault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Murail</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EAA 14th International Congress, Human Variability: A Bridge Between Sciences &amp; Humanities</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2004, Komotini, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01960572v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6331,156 +6453,156 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">VTAM</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aitor González</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Dubut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Corse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reda Mekdad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Dechatre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨swh:1:dir:24c42ed09e6fcbbecb8784a393c4b7a20d58ac27;origin=https://hal.archives-ouvertes.fr/hal-04463242;visit=swh:1:snp:41e0e84bd834ce2ff79a571903b4d273ef175b80;anchor=swh:1:rel:2d898090347df149afc0c89803d173a17feb695b;path=/⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Logiciel</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId197" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04463242v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6490,273 +6612,273 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suivi scientifique du programme de restauration hydraulique et écologique du Rhône. Un observatoire dynamique de l'état écologique du fleuve. Rapport d'avancement 2015.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Olivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Lamouroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxence Forcellini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Riquier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Piégay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] IRSTEA; Université Lyon 1; CNRS; Université de Genève; Université Lyon 2; Université Lyon 3; ENS de Lyon; EZUS - Université Lyon 1. 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId199" w:history="1">
-              <w:r>
-[...84 lines deleted...]
-            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01319231v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suivi scientifique du programme de restauration hydraulique et écologique du Rhône. Un observatoire dynamique de l'état écologique du fleuve. Rapport d'avancement 2014.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Olivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Lamouroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxence Forcellini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Riquier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Piégay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] IRSTEA; Université Lyon 1; CNRS; Université de Genève; Université Lyon 2; Université Lyon 3; ENS de Lyon; EZUS - Université Lyon 1. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01319234v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6766,155 +6888,155 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les origines africaines et malgaches des Réunionnais : point de vue mitochondrial.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Dubut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Murail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Dominique Thionville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Cartault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Médéa (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Kaf, étude puridisciplinaire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Zarlor, Sainte-Clothilde, Ile de la Réunion, pp.79-97, 2009, 978-99903-82-20-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00434068v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId207"/>
+      <w:footerReference w:type="default" r:id="rId208"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -7061,51 +7183,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493077v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sven Gippner" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Hernandez" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Ambu" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dubut" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Trochet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48716/bullshf.188-4" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-05037027v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Fablet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Bonin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Zarzoso-Lacoste" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Walch" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.71291" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05022742v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cesar Ruiz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Vacelet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flore Corallo" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Chemin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00227-025-04627-2" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05280353v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kurt Villsen" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#239;t Archambaud-Suard" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emese Megl&#233;cz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Blanchet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;pierre Balmain" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.70115" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05275453v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Corse" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jfb.70083" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04583253v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouk Pellerin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/kmae/2024005" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304529v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Thomasdotter" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Shum" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Mugnai" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Vingiani" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.13836" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03978642v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aitor Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reda Mekdad" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dechatre" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csbj.2023.01.034" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03810369v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Monnet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Grenier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Chappaz" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aqc.3818" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03676193v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#239;t Archambaud&#8208;suard" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin H&#233;ran" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/d14050412" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793011v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Vignes" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.16698" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03033664v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Prunier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Poesy" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Veyssi&#232;re" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Loot" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eva.13044" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02914974v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Paz&#8208;vinas" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keoni Saint-P&#233;" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier REY" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eva.12941" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02462400v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/set-revue.2019.cs4.03" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02109732v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Tougard" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;fran&#231;ois Agn&#232;se" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Messu Mandeng" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.5063" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02397164v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Bonnaud" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lorvelec" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/neobiota.53.35086" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01764118v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Tudesque" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/fwb.13034" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03470717v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03470706v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01681595v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gait Archambaud" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Ardisson" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Martin" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.12703" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01681597v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loun&#232;s Chikhi" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/2041-210X.12820" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01769473v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#232;le Bossu" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bertaudi&#232;re-Mont&#232;s" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Manel" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3732/apps.1400036" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-02356473v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pech" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Gilles" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Hingamp" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.12271" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-CJG44CKB-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01933451v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Costedoat" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10344-013-0693-z" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01032422v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Fouquet" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Ledoux" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice P. Noonan" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Scotti" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1095-8312.2012.01871.x" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01771544v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Voisin" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0034423" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01294296v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melthide Sinama" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Junker" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644900v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Deguilloux" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Pemonge" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Hughes" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Haenni" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajpa.21398" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/55B25A6C1ED0D4C1CA8E3CCA5E11B59EBEA96B6C/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01506135v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Malausa" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Blancard" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Duthoy" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1755-0998.2011.02992.x" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663878v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Ferreira" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-11-560" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658325v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Martin" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Fernandez" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1756-0500-3-135" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667917v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btp670" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00609749v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10344-010-0421-x" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01933480v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00433396v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Cartault" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Dominique Thionville" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Murail" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00433392v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01032133v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Hataway" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Scotti-Saintagne" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12686-009-9053-4" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00449196v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Payet" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668219v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeroen van Houdt" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1755-0998.2009.02594.x" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/27571A779B10842FF13869E35C705AAC26FCFDE5/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662471v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1755-0998.2009.02539.x" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-WFQVP333-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00433402v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Chollet" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliane B&#233;raud-Colomb" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01933423v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Mogentale-Profizi" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Chollet" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Stevanovitch" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Dubut" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Poggi" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1469-1809.2001.6520153.x" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407738v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A&#239;cha Mehirou Zouggar" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Mirleau" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emese Meglecz" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidi-Mohammed El-Amine Abi-Ayad" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407728v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Chenuil" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elyna Bouchereau" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T&#233;rence Legrand" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virgile Calvert" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03144831v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04141983v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;lle Sarkis" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Amad&#233;i" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Amella" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Angeletti" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04651884v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Doumenq" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Malleret" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01960572v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Malbert" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04463242v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:24c42ed09e6fcbbecb8784a393c4b7a20d58ac27;origin=https://hal.archives-ouvertes.fr/hal-04463242;visit=swh:1:snp:41e0e84bd834ce2ff79a571903b4d273ef175b80;anchor=swh:1:rel:2d898090347df149afc0c89803d173a17feb695b;path=/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01319231v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Olivier" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lamouroux" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Forcellini" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Riquier" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Pi&#233;gay" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01319234v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00434068v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Murail" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493077v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sven Gippner" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Hernandez" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Ambu" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dubut" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Trochet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48716/bullshf.188-4" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-05037027v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Fablet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Bonin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Zarzoso-Lacoste" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Walch" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.71291" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05022742v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cesar Ruiz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Vacelet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flore Corallo" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Chemin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00227-025-04627-2" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05275453v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kurt Villsen" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Corse" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#239;t Archambaud-Suard" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jfb.70083" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05280353v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emese Megl&#233;cz" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Blanchet" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;pierre Balmain" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.70115" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04583253v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouk Pellerin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/kmae/2024005" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304529v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Thomasdotter" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Shum" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Mugnai" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Vingiani" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.13836" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03978642v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aitor Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reda Mekdad" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dechatre" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csbj.2023.01.034" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03810369v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Monnet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Grenier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Chappaz" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aqc.3818" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03676193v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#239;t Archambaud&#8208;suard" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin H&#233;ran" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/d14050412" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793011v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Vignes" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.16698" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03033664v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Prunier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Poesy" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Veyssi&#232;re" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Loot" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eva.13044" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02914974v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Paz&#8208;vinas" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keoni Saint-P&#233;" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier REY" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eva.12941" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02109732v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Tougard" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;fran&#231;ois Agn&#232;se" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Messu Mandeng" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.5063" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02462400v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/set-revue.2019.cs4.03" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02397164v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Bonnaud" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lorvelec" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/neobiota.53.35086" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03470717v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03470706v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01764118v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Tudesque" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/fwb.13034" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01681595v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gait Archambaud" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Ardisson" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Martin" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.12703" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01681597v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loun&#232;s Chikhi" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/2041-210X.12820" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01769473v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#232;le Bossu" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bertaudi&#232;re-Mont&#232;s" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Manel" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3732/apps.1400036" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-02356473v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pech" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Gilles" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Hingamp" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.12271" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-CJG44CKB-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01933451v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Costedoat" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10344-013-0693-z" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01032422v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Fouquet" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Ledoux" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice P. Noonan" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Scotti" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1095-8312.2012.01871.x" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01771544v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Voisin" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0034423" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01294296v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melthide Sinama" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Junker" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01506135v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Malausa" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Blancard" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Duthoy" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1755-0998.2011.02992.x" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644900v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Deguilloux" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Pemonge" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Hughes" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Haenni" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajpa.21398" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/55B25A6C1ED0D4C1CA8E3CCA5E11B59EBEA96B6C/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663878v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Ferreira" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-11-560" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658325v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Martin" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Fernandez" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1756-0500-3-135" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667917v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btp670" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01933480v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00609749v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10344-010-0421-x" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01032133v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Hataway" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Scotti-Saintagne" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12686-009-9053-4" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00449196v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Cartault" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Payet" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Dominique Thionville" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Murail" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00433392v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00433396v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668219v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeroen van Houdt" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1755-0998.2009.02594.x" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/27571A779B10842FF13869E35C705AAC26FCFDE5/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662471v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1755-0998.2009.02539.x" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-WFQVP333-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00433402v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Chollet" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliane B&#233;raud-Colomb" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01933423v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Mogentale-Profizi" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Chollet" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Stevanovitch" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Dubut" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Poggi" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1469-1809.2001.6520153.x" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407738v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A&#239;cha Mehirou Zouggar" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Mirleau" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emese Meglecz" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidi-Mohammed El-Amine Abi-Ayad" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407728v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Chenuil" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elyna Bouchereau" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T&#233;rence Legrand" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virgile Calvert" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05557429v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03144831v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04141983v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;lle Sarkis" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Amad&#233;i" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Amella" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Angeletti" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04651884v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Doumenq" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Malleret" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01960572v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Malbert" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04463242v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:24c42ed09e6fcbbecb8784a393c4b7a20d58ac27;origin=https://hal.archives-ouvertes.fr/hal-04463242;visit=swh:1:snp:41e0e84bd834ce2ff79a571903b4d273ef175b80;anchor=swh:1:rel:2d898090347df149afc0c89803d173a17feb695b;path=/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01319231v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Olivier" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lamouroux" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Forcellini" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Riquier" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Pi&#233;gay" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01319234v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00434068v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Murail" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>