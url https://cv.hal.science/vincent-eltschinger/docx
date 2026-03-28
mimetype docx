--- v0 (2026-03-04)
+++ v1 (2026-03-28)
@@ -1141,177 +1141,177 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01447480v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Caste and Buddhist Philosophy. Continuity of some Buddhist Arguments against the Realist Interpretation of Social Denominations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Eltschinger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Motilal Banarsidass, 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01447469v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Can the Veda Speak? Dharmakirti against Mimamsa Exegetics and Vedic Authority</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Eltschinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Krasser Helmut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John Taber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Austrian Academy of Sciences Press. 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Krasser Helmut</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-01447465v1</w:t>
-              </w:r>
-[...60 lines deleted...]
-                <w:t xml:space="preserve">hal-01447469v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Devadattiyam. Johannes Bronkhorst Felicitation Volume</w:t>
               </w:r>
@@ -1827,300 +1827,300 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04247603v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abhidharma</w:t>
+                <w:t xml:space="preserve">Philosophical Literature: South Asia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Eltschinger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Jonathan Silk, Vincent Eltschinger, Oskar von Hinüber. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Brill's Encyclopedia of Buddhism</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">, I, Brill, pp.593-620, 2015, Languages and Literature</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01447536v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abhidharma</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Eltschinger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Jonathan Silk, Vincent Eltschinger, Oskar von Hinüber. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Brill's Encyclopedia of Buddhism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">, I, Brill, pp.88-102, 2015, Languages and Literature</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01447538v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Latest News from a Kashmirian ‘Second Dharmakīrti’: On the Life, Works and Confes-sional Identity of Śaṅkaranandana According to New Manuscript Resources</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Eltschinger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Patrick Mc Allister, Cristina Scherrer-Schaub, Helmut Krasser. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cultural Flows across the Western Himalaya</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Austrian Academy of Sciences Press, pp.303-363, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01447534v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Philosophical Literature: South Asia</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pure Land Sūtras</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Eltschinger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Jonathan Silk, Vincent Eltschinger, Oskar von Hinüber. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Brill's Encyclopedia of Buddhism</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, I, Brill, pp.593-620, 2015, Languages and Literature</w:t>
-[...71 lines deleted...]
-              <w:rPr/>
               <w:t xml:space="preserve">, I, Brill, pp.210-230, 2015, Languages and Literature</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01447537v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
@@ -2338,173 +2338,173 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01447528v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Debate, Salvation and Apologetics. On the Institutionalization of Dialectics in the Buddhist Monastic Environment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Eltschinger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">François Voegeli, Vincent Eltschinger, Danielle Feller, Maria Piera Candotti, Bogdan Diaconescu, Malhar Kulkarni. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Devadattiyam. Johannes Bronkhorst Felicitation Volume</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Peter Lang, pp.429-489, 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01447505v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Apocalypticism, Heresy and Philosophy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Eltschinger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Piotr Balcerowicz. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">World View and Theory in Indian Philosophy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Manohar, pp.29-85, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01447507v1</w:t>
-              </w:r>
-[...71 lines deleted...]
-                <w:t xml:space="preserve">hal-01447505v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2645,372 +2645,372 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Pour une généalogie de la philosophie en milieu bouddhique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Eltschinger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">XIe Journée du Monde Indien</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UMR 7528 Mondes Iranien et Indien (Isabelle Ratié et Jan Houben), May 2016, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01447547v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Commentaire et philosophie. Un divertissement.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Eltschinger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Enjeux de la philologie indienne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Collège de France (Lyne Bansat-Boudon, Silvia d'Intino, Jean-Noël Robert), Dec 2016, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01447551v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dharmakīrti’s views on the transformation of the basis and the status of the ālayavijñāna</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Eltschinger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mind and Consciousness : International Conference on Ālayavijñāna</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dongguk University, Nov 2016, Séoul, South Korea</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01447550v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparer les scolastiques?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Eltschinger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le comparatisme en sciences humaines: questions de méthode</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Christophe Grellard et Frédéric Fruteau de Laclos, Jun 2016, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01447548v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahāyāna Apologetics in Indian Sources</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Eltschinger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">What is Mahāyāna? And what are Mahāyāna Scriptures?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Eko-Haus der Japanischen Kultur, Apr 2016, Düsseldorf, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01447546v1</w:t>
-              </w:r>
-[...136 lines deleted...]
-                <w:t xml:space="preserve">hal-01447547v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dharmakīrti, apoha, and the two truths</w:t>
               </w:r>
@@ -3404,165 +3404,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01447881v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Buddhist philosophy as critical examination (parīkṣā): From Buddhist canonical literature to Dharmakīrti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Eltschinger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5th International Dharmakirti Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, University of Heidelberg, Cluster Professorship Buddhist Studies, Aug 2014, Heidelberg, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01447893v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">The Yogācārabhūmi’s Critique of the Brahmanical Account of the Caste-Classes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Eltschinger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Buddhism and Social Justice</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, NFO Research Project "Buddhism and Social Justice", University of Leiden (Jonathan Silk), Apr 2014, Leiden, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01447917v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-01447893v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Uses of “Critical Examination” (parīkṣā) and Independent Reasoning/Analysis in the Self-Diction of Early Indian Buddhist Literati</w:t>
               </w:r>
@@ -3988,165 +3988,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01447540v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">The four nobles’ truths and their sixteen aspects: On the soteriological presuppositions of the Buddhist epistemologists’ views on niścaya</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Eltschinger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Indian Philosophy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 42, pp.249-273</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01447531v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">The Yogācārabhūmi against Allodoxies (paravāda): 1. Introduction and Doxography</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Eltschinger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Vienna Journal for South Asian Studies / Wiener Zeitschrift für die Kunde Südasies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 55, pp.191-234</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01447535v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-01447531v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Is There a Burden-bearer? The Sanskrit Bhārahārasūtra and Its Scholastic Interpretations</w:t>
               </w:r>
@@ -4729,51 +4729,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="F72DEB6D"/>
+    <w:nsid w:val="E5E7C62B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4960,51 +4960,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/vincent-eltschinger" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5251-8504" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05079207v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rati&#233;" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Eltschinger" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04319557v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03973042v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gallimard.fr/Catalogue/GALLIMARD/Folio/Folio-essais/Qu-est-ce-que-la-philosophie-indienne" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03818524v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Birgit Kellner" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ethan Mills" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wstb.univie.ac.at/wp-content/uploads/WSTB_100.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04000641v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Tournier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Sernesi" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.6093/978-88-6719-174-1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02149219v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Taber" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Torsten Much" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447489v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Silk" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Von Oskar" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447486v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447483v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helmut Krasser" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01182714v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447480v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447465v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krasser Helmut" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447469v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447468v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Voegeli" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Feller" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Candotti" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bogdan Diaconescu" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447492v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447496v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447498v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447502v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Gumy" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Monay" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sylvie Mari&#233;thoz" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Yerly" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04247603v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447538v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447534v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447536v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447537v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447529v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447542v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447528v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447507v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447505v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04000602v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronika Wieser" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Heiss" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110597745" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447551v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447548v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447546v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447550v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447547v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447549v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447884v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447839v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447825v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447833v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447881v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447917v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447893v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447894v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447898v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447902v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447914v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447539v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447540v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447535v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447531v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447532v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447462v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447530v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01182722v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447541v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447543v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447544v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/vincent-eltschinger" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5251-8504" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05079207v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rati&#233;" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Eltschinger" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04319557v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03973042v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gallimard.fr/Catalogue/GALLIMARD/Folio/Folio-essais/Qu-est-ce-que-la-philosophie-indienne" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03818524v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Birgit Kellner" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ethan Mills" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wstb.univie.ac.at/wp-content/uploads/WSTB_100.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04000641v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Tournier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Sernesi" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.6093/978-88-6719-174-1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02149219v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Taber" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Torsten Much" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447489v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Silk" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Von Oskar" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447486v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447483v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helmut Krasser" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01182714v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447480v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447469v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447465v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krasser Helmut" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447468v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Voegeli" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Feller" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Candotti" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bogdan Diaconescu" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447492v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447496v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447498v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447502v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Gumy" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Monay" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sylvie Mari&#233;thoz" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Yerly" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04247603v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447536v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447538v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447534v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447537v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447529v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447542v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447528v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447505v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447507v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04000602v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronika Wieser" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Heiss" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110597745" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447547v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447551v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447550v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447548v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447546v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447549v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447884v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447839v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447825v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447833v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447881v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447893v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447917v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447894v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447898v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447902v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447914v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447539v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447540v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447531v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447535v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447532v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447462v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447530v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01182722v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447541v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447543v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447544v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>