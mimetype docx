--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -406,77 +406,77 @@
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Codron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Wille</w:t>
+                <w:t xml:space="preserve">Jonathan Wille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Favier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K. Clem</w:t>
+                <w:t xml:space="preserve">Kyle Clem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Geophysical Research: Atmospheres</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 131 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1029/2025jd043398⟩</w:t>
               </w:r>
             </w:hyperlink>
@@ -498,1099 +498,1099 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05500159v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synoptic and planetary-scale dynamics modulate antarctic atmospheric river precipitation intensity</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Extraordinary March 2022 East Antarctica &amp;quot;Heat&amp;quot; Wave. Part I: Observations and Meteorological Drivers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Wille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon P Alexander</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Amory</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rebecca Baiman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jonathan D Wille</w:t>
+                <w:t xml:space="preserve">Léonard Barthélemy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communications Earth &amp; Environment</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 5 (1), pp.127. </w:t>
+              <w:t xml:space="preserve">Journal of Climate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 37 (3), pp.757-778. </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s43247-024-01307-9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1175/JCLI-D-23-0175.1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04505424v1</w:t>
+                <w:t xml:space="preserve">hal-04289357v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Extraordinary March 2022 East Antarctica &amp;quot;Heat&amp;quot; Wave. Part I: Observations and Meteorological Drivers</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Polar Aerosol Atmospheric Rivers: Detection, Characteristics, and Potential Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simon P Alexander</w:t>
+                <w:t xml:space="preserve">Rémy Lapere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charles Amory</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Rebecca Baiman</w:t>
+                <w:t xml:space="preserve">Jennie L Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Favier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Léonard Barthélemy</w:t>
+                <w:t xml:space="preserve">Hélène Angot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Asplund</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Climate</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1175/JCLI-D-23-0175.1⟩</w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research: Atmospheres</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 129 (2), pp.e2023JD039606. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2023jd039606⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04289357v1</w:t>
+                <w:t xml:space="preserve">insu-04394770v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Late Holocene record of subantarctic glacier variability in Table Fjord, Cook Ice Cap, Kerguelen Islands</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Chassiot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Chapron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Jomelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Favier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quaternary Science Reviews</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 344, pp.108980. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.quascirev.2024.108980⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05349221v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polar Aerosol Atmospheric Rivers: Detection, Characteristics, and Potential Applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rémy Lapere</w:t>
+                <w:t xml:space="preserve">Examining Atmospheric River Life Cycles in East Antarctica</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Wille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jennie L Thomas</w:t>
+                <w:t xml:space="preserve">Benjamin Pohl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Favier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hélène Angot</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Julia Asplund</w:t>
+                <w:t xml:space="preserve">Andrew C Winters</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rebecca Baiman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Geophysical Research: Atmospheres</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 129 (2), pp.e2023JD039606. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2023jd039606⟩</w:t>
+              <w:t xml:space="preserve">, 2024, 129 (8), pp.e2023JD039970. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2023JD039970⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-04394770v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04552066v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Examining Atmospheric River Life Cycles in East Antarctica</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Extreme events of snow grain size increase in East Antarctica and their relationship with meteorological conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Stefanini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giovanni Macelloni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Leduc-Leballeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Favier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Pohl</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Rebecca Baiman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research: Atmospheres</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2023JD039970⟩</w:t>
+              <w:t xml:space="preserve">The Cryosphere</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 18 (2), pp.593-608. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/tc-18-593-2024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04552066v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04453189v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An annually resolved chronology for the Mount Brown South ice cores, East Antarctica</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tessa Vance</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nerilie Abram</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alison Criscitiello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camilla Crockart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aylin Decampo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Climate of the Past</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 20 (4), pp.969-990. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/cp-20-969-2024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04811303v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extreme events of snow grain size increase in East Antarctica and their relationship with meteorological conditions</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Vincent Favier</w:t>
+                <w:t xml:space="preserve">The Extraordinary March 2022 East Antarctica &amp;quot;Heat&amp;quot; Wave. Part II: Impacts on the Antarctic Ice Sheet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Wille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon P Alexander</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Pohl</w:t>
+                <w:t xml:space="preserve">Charles Amory</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rebecca Baiman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léonard Barthélemy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Cryosphere</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/tc-18-593-2024⟩</w:t>
+              <w:t xml:space="preserve">Journal of Climate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 37 (3), pp.779-799. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1175/JCLI-D-23-0176.1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04453189v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04289361v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Extraordinary March 2022 East Antarctica &amp;quot;Heat&amp;quot; Wave. Part II: Impacts on the Antarctic Ice Sheet</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+                <w:t xml:space="preserve">Synoptic and planetary-scale dynamics modulate antarctic atmospheric river precipitation intensity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rebecca Baiman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew C Winters</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Pohl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Favier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan D Wille</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Léonard Barthélemy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Climate</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 37 (3), pp.779-799. </w:t>
+              <w:t xml:space="preserve">Communications Earth &amp; Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 5 (1), pp.127. </w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1175/JCLI-D-23-0176.1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s43247-024-01307-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04289361v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04505424v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards Operational Fiducial Reference Measurement (FRM) Data for the Calibration and Validation of the Sentinel-3 Surface Topography Mission over Inland Waters, Sea Ice, and Land Ice</w:t>
               </w:r>
@@ -1987,51 +1987,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joanna Charton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irene Schimmelpfennig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Jomelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regis Braucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2089,498 +2089,498 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03625148v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les rivières atmosphériques de l'Antarctique.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Vincent Favier</w:t>
+                <w:t xml:space="preserve">The Microwave Snow Grain Size: A New Concept to Predict Satellite Observations Over Snow‐Covered Regions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghislain Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jonathan Wille</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Charles Amory</w:t>
+                <w:t xml:space="preserve">H. Löwe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Léonard Barthélémy</w:t>
+                <w:t xml:space="preserve">F. Domine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Arnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Larue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Météorologie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.37053/lameteorologie-2022-0032⟩</w:t>
+              <w:t xml:space="preserve">AGU Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 3 (4), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2021av000630⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03666563v1</w:t>
+                <w:t xml:space="preserve">hal-04389380v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Microwave Snow Grain Size: A New Concept to Predict Satellite Observations Over Snow‐Covered Regions</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">F. Domine</w:t>
+                <w:t xml:space="preserve">Intense atmospheric rivers can weaken ice shelf stability at the Antarctic Peninsula</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Wille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Favier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Arnaud</w:t>
+                <w:t xml:space="preserve">Nicolas Jourdain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Larue</w:t>
+                <w:t xml:space="preserve">Christoph Kittel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jenny V. Turton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AGU Advances</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2021av000630⟩</w:t>
+              <w:t xml:space="preserve">Communications Earth &amp; Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 3, pp.90. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s43247-022-00422-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04389380v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03874419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intense atmospheric rivers can weaken ice shelf stability at the Antarctic Peninsula</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les rivières atmosphériques de l'Antarctique.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Favier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Nicolas C Jourdain</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Wille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Agosta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Amory</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christoph Kittel</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jenny V. Turton</w:t>
+                <w:t xml:space="preserve">Léonard Barthélémy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communications Earth &amp; Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s43247-022-00422-9⟩</w:t>
+              <w:t xml:space="preserve">La Météorologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 117, pp.19-23. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.37053/lameteorologie-2022-0032⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03874419v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03666563v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The circum-Antarctic ice-shelves respond to a more positive Southern Annular Mode with regionally varied melting</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Deborah Verfaillie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deborah Verfaillie</w:t>
+                <w:t xml:space="preserve">Charles Pelletier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charles Pelletier</w:t>
+                <w:t xml:space="preserve">Hugues Goosse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas C Jourdain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christopher Y. S. Bull</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2595,8248 +2595,8365 @@
               <w:t xml:space="preserve">Communications Earth &amp; Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 3, pp.139. </w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s43247-022-00458-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03874417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sensitivity of the surface energy budget to drifting snow as simulated by MAR in coastal Adelie Land, Antarctica</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Antarctic Atmospheric River Climatology and Precipitation Impacts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Wille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Favier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Louis Le Toumelin</w:t>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId101" w:history="1">
+                <w:t xml:space="preserve">Irina V Gorodetskaya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Agosta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christoph Kittel</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stefan Hofer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Cryosphere</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/tc-15-3595-2021⟩</w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research: Atmospheres</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 126 (8), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2020jd033788⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04811292v1</w:t>
+                <w:t xml:space="preserve">hal-03277274v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A debris-covered glacier at Kerguelen (49°S, 69°E) over the past 15 000 years</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Vincent Favier</w:t>
+                <w:t xml:space="preserve">Radar altimeter waveform simulations in Antarctica with the Snow Microwave Radiative Transfer Model (SMRT)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Larue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghislain Picard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Aublanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Arnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alvaro Robledano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Antarctic Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/S0954102020000541⟩</w:t>
+              <w:t xml:space="preserve">Remote Sensing of Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 263, pp.112534. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.rse.2021.112534⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02988434v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03402150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution of the Cook Ice Cap (Kerguelen Islands) between the last centuries and 2100 ce based on cosmogenic dating and glacio-climatic modelling</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Vincent Jomelli</w:t>
+                <w:t xml:space="preserve">Relationship between weather regimes and atmospheric rivers in East Antarctica.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Pohl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Favier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Wille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Danielle G Udy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tessa Vance</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Antarctic Science</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Geophysical Research: Atmospheres</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 126 (24), pp.e2021JD035294. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2021JD035294⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1017/S0954102021000080⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03226107v1</w:t>
+                <w:t xml:space="preserve">hal-03498573v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Significant additional Antarctic warming in atmospheric bias-corrected ARPEGE projections with respect to control run</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Michel Déqué</w:t>
+                <w:t xml:space="preserve">Performance of MAR (v3.11) in simulating the drifting-snow climate and surface mass balance of Adélie Land, East Antarctica</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Amory</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christoph Kittel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gerhard Krinner</w:t>
+                <w:t xml:space="preserve">Louis Le Toumelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Agosta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Alias</w:t>
+                <w:t xml:space="preserve">Alison Delhasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Cryosphere</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 15 (8), pp.3615 - 3635. </w:t>
+              <w:t xml:space="preserve">Geoscientific Model Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 14 (6), pp.3487 - 3510. </w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/tc-15-3615-2021⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/gmd-14-3487-2021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03317908v1</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03258091v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antarctic Atmospheric River Climatology and Precipitation Impacts</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Christoph Kittel</w:t>
+                <w:t xml:space="preserve">Recent climate variability around the Kerguelen Islands (Southern Ocean) seen through weather regimes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Pohl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Saucède</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Pergaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Féral</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research: Atmospheres</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2020jd033788⟩</w:t>
+              <w:t xml:space="preserve">Journal of Applied Meteorology and Climatology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 60 (5), pp.711-731. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1175/JAMC-D-20-0255.1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03277274v1</w:t>
+                <w:t xml:space="preserve">hal-03235508v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relationship between weather regimes and atmospheric rivers in East Antarctica.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Tessa R. Vance</w:t>
+                <w:t xml:space="preserve">Evolution of the Cook Ice Cap (Kerguelen Islands) between the last centuries and 2100 ce based on cosmogenic dating and glacio-climatic modelling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Deborah Verfaillie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joanna Charton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irene Schimmelpfennig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zoe Stroebele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Jomelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research: Atmospheres</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2021JD035294⟩</w:t>
+              <w:t xml:space="preserve">Antarctic Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 33 (3), pp.301-317. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S0954102021000080⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03498573v1</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03226107v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Radar altimeter waveform simulations in Antarctica with the Snow Microwave Radiative Transfer Model (SMRT)</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Alvaro Robledano</w:t>
+                <w:t xml:space="preserve">A debris-covered glacier at Kerguelen (49°S, 69°E) over the past 15 000 years</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joanna Charton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Jomelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irene Schimmelpfennig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Deborah Verfaillie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Favier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Remote Sensing of Environment</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 263, pp.112534. </w:t>
+              <w:t xml:space="preserve">Antarctic Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 33, pp.103-115. </w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.rse.2021.112534⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1017/S0954102020000541⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03402150v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02988434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Performance of MAR (v3.11) in simulating the drifting-snow climate and surface mass balance of Adélie Land, East Antarctica</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
+                <w:t xml:space="preserve">Sensitivity of the surface energy budget to drifting snow as simulated by MAR in coastal Adelie Land, Antarctica</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Le Toumelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Amory</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Favier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christoph Kittel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alison Delhasse</w:t>
+                <w:t xml:space="preserve">Stefan Hofer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geoscientific Model Development</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 14 (6), pp.3487 - 3510. </w:t>
+              <w:t xml:space="preserve">The Cryosphere</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 15 (8), pp.3595-3614. </w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/gmd-14-3487-2021⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/tc-15-3595-2021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03258091v1</w:t>
+                <w:t xml:space="preserve">hal-04811292v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recent climate variability around the Kerguelen Islands (Southern Ocean) seen through weather regimes</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Significant additional Antarctic warming in atmospheric bias-corrected ARPEGE projections with respect to control run</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Saucède</w:t>
+                <w:t xml:space="preserve">Julien Beaumet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Pergaud</w:t>
+                <w:t xml:space="preserve">Michel Déqué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Pierre Féral</w:t>
+                <w:t xml:space="preserve">Gerhard Krinner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Agosta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yves Richard</w:t>
+                <w:t xml:space="preserve">A. Alias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Meteorology and Climatology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 60 (5), pp.711-731. </w:t>
+              <w:t xml:space="preserve">The Cryosphere</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 15 (8), pp.3615 - 3635. </w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1175/JAMC-D-20-0255.1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/tc-15-3615-2021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03235508v1</w:t>
+                <w:t xml:space="preserve">hal-03317908v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interannual variability of summer surface mass balance and surface melting in the Amundsen sector, West Antarctica</w:t>
+                <w:t xml:space="preserve">Author Correction: Two decades of glacier mass loss along the Andes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marion Donat-Magnin</w:t>
+                <w:t xml:space="preserve">I. Dussaillant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Jourdain</w:t>
+                <w:t xml:space="preserve">E. Berthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hubert Gallée</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Christoph Kittel</w:t>
+                <w:t xml:space="preserve">F. Brun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Masiokas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Hugonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Cryosphere</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/tc-14-229-2020⟩</w:t>
+              <w:t xml:space="preserve">Nature Geoscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 13 (10), pp.711-711. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41561-020-0639-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03001127v1</w:t>
+                <w:t xml:space="preserve">hal-04811277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Author Correction: Two decades of glacier mass loss along the Andes</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Interannual variability of summer surface mass balance and surface melting in the Amundsen sector, West Antarctica</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Brun</w:t>
+                <w:t xml:space="preserve">Marion Donat-Magnin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Jourdain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Masiokas</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">R. Hugonnet</w:t>
+                <w:t xml:space="preserve">Hubert Gallée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Amory</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christoph Kittel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Geoscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41561-020-0639-5⟩</w:t>
+              <w:t xml:space="preserve">The Cryosphere</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 14 (1), pp.229-249. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/tc-14-229-2020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04811277v1</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03001127v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mass balance of the ice sheets and glaciers – Progress since AR5 and challenges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edward Hanna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Edward Hanna</w:t>
+                <w:t xml:space="preserve">Frank Pattyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frank Pattyn</w:t>
+                <w:t xml:space="preserve">Francisco Navarro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Favier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heiko Goelzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Earth-Science Reviews</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 201, pp.102976. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.earscirev.2019.102976⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03036869v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Glacier fluctuations during the Late Glacial and Holocene on the Ariège valley, northern slope of the Pyrenees and reconstructed climatic conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Jomelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Chapron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Favier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V.R. Rinterknecht</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regis Braucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mediterranean Geoscience Reviews</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 2 (1), pp.37-51. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s42990-020-00018-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-02476511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Empirical Run-Time Bias Correction for Antarctic Regional Climate Projections With a Stretched-Grid AGCM</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerhard Krinner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Beaumet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Favier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Déqué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Brutel-Vuilmet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Advances in Modeling Earth Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 11 (1), pp.64-82. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1029/2018MS001438⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02105273v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estimation of the Antarctic surface mass balance using the regional climate model MAR (1979–2015) and identification of dominant processes</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Christoph Kittel</w:t>
+                <w:t xml:space="preserve">Climatic reconstruction for the Younger Dryas/Early Holocene transition and the Little Ice Age based on paleo-extents of Argentière glacier (French Alps)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Protin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irene Schimmelpfennig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anais Orsi</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Vincent Favier</w:t>
+                <w:t xml:space="preserve">Jean‐louis Mugnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Ravanel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melaine Le Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Cryosphere</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/tc-13-281-2019⟩</w:t>
+              <w:t xml:space="preserve">Quaternary Science Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 221, pp.105863. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.quascirev.2019.105863⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02367150v1</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03102778v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Back to the Future: Using Long-Term Observational and Paleo-Proxy Reconstructions to Improve Model Projections of Antarctic Climate</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Retrieval of Snow Properties from the Sentinel-3 Ocean and Land Colour Instrument</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nancy Bertler</w:t>
+                <w:t xml:space="preserve">Alexander Kokhanovsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Dixon</w:t>
+                <w:t xml:space="preserve">Maxim Lamare</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olaf Danne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carsten Brockmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Dumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geosciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/geosciences9060255⟩</w:t>
+              <w:t xml:space="preserve">Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 11 (19), pp.2280. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/rs11192280⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04811259v1</w:t>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">meteo-03657917v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Retrieval of Snow Properties from the Sentinel-3 Ocean and Land Colour Instrument</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Back to the Future: Using Long-Term Observational and Paleo-Proxy Reconstructions to Improve Model Projections of Antarctic Climate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carsten Brockmann</w:t>
+                <w:t xml:space="preserve">Thomas Bracegirdle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Dumont</w:t>
+                <w:t xml:space="preserve">Florence Colleoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nerilie Abram</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nancy Bertler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Dixon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Remote Sensing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/rs11192280⟩</w:t>
+              <w:t xml:space="preserve">Geosciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9 (6), pp.255. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/geosciences9060255⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">meteo-03657917v1</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04811259v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Climatic reconstruction for the Younger Dryas/Early Holocene transition and the Little Ice Age based on paleo-extents of Argentière glacier (French Alps)</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jean‐louis Mugnier</w:t>
+                <w:t xml:space="preserve">Estimation of the Antarctic surface mass balance using the regional climate model MAR (1979–2015) and identification of dominant processes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Agosta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Amory</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christoph Kittel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ludovic Ravanel</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Melaine Le Roy</w:t>
+                <w:t xml:space="preserve">Anais Orsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Favier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quaternary Science Reviews</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.quascirev.2019.105863⟩</w:t>
+              <w:t xml:space="preserve">The Cryosphere</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 13 (1), pp.281-296. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/tc-13-281-2019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03102778v1</w:t>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02367150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Dominant Role of Extreme Precipitation Events in Antarctic Snowfall Variability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John Turner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">John Turner</w:t>
+                <w:t xml:space="preserve">Tony Phillips</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tony Phillips</w:t>
+                <w:t xml:space="preserve">Meloth Thamban</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Meloth Thamban</w:t>
+                <w:t xml:space="preserve">Waliur Rahaman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gareth Marshall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geophysical Research Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 46 (6), pp.3502-3511. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1029/2018GL081517⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04811255v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coastal water vapor isotopic composition driven by katabatic wind variability in summer at Dumont 1 d'Urville, coastal East Antarctica</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Bréant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Bréant</w:t>
+                <w:t xml:space="preserve">Christophe Leroy dos Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Agosta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Leroy dos Santos</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Cécile Agosta</w:t>
+                <w:t xml:space="preserve">Mathieu Casado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Fourré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 514, pp.37-47. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.epsl.2019.03.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02358191v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Regional modeling of surface mass balance on the Cook Ice Cap, Kerguelen Islands (49∘S, 69∘E)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Deborah Verfaillie</w:t>
+                <w:t xml:space="preserve">West Antarctic surface melt triggered by atmospheric rivers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Wille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Favier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Hubert Gallée</w:t>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ambroise Dufour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irina V Gorodetskaya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xavier Fettweis</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Cécile Agosta</w:t>
+                <w:t xml:space="preserve">John R G Turner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Climate Dynamics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 53 (9-10), pp.5909-5925. </w:t>
+              <w:t xml:space="preserve">Nature Geoscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 12 (11), pp.911-916. </w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00382-019-04904-z⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41561-019-0460-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02349974v1</w:t>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02402395v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">West Antarctic surface melt triggered by atmospheric rivers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jonathan Wille</w:t>
+                <w:t xml:space="preserve">Regional modeling of surface mass balance on the Cook Ice Cap, Kerguelen Islands (49∘S, 69∘E)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Deborah Verfaillie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Favier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hubert Gallée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ambroise Dufour</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">John R G Turner</w:t>
+                <w:t xml:space="preserve">Xavier Fettweis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Agosta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Geoscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41561-019-0460-1⟩</w:t>
+              <w:t xml:space="preserve">Climate Dynamics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 53 (9-10), pp.5909-5925. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00382-019-04904-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02402395v1</w:t>
+                <w:t xml:space="preserve">hal-02349974v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">OZCAR : The French Network of Critical Zone Observatories</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Water stable isotope spatio-temporal variability in Antarctica in 1960–2013: observations and simulations from the ECHAM5-wiso atmospheric general circulation model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sentia Goursaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Masson-Delmotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Favier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Gaillardet</w:t>
+                <w:t xml:space="preserve">Anaïs Orsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Braud</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Martin Werner</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vadose Zone Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2136/vzj2018.04.0067⟩</w:t>
+              <w:t xml:space="preserve">Climate of the Past</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 14 (6), pp.923-946. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/cp-14-923-2018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-01944414v1</w:t>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02976236v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Temperature estimation at the beginning of the last millennium in western Greenland: preliminary results from the application of a degree‑day glaciological model on the Lyngmarksbræen glacier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melody Biette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Jomelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Favier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Chenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Agosta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Géomorphologie : relief, processus, environnement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 24 (1), pp.31-41. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/geomorphologie.11977⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02349964v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Water stable isotope spatio-temporal variability in Antarctica in 1960–2013: observations and simulations from the ECHAM5-wiso atmospheric general circulation model</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Valérie Masson-Delmotte</w:t>
+                <w:t xml:space="preserve">Glacier extent in sub-Antarctic Kerguelen archipelago from MIS 3 period: Evidence from 36Cl dating</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Jomelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irene Schimmelpfennig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Favier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatima Mokadem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amaelle Landais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Climate of the Past</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/cp-14-923-2018⟩</w:t>
+              <w:t xml:space="preserve">Quaternary Science Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 183, pp.110-123. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.quascirev.2018.01.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02976236v1</w:t>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01699496v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Glacier extent in sub-Antarctic Kerguelen archipelago from MIS 3 period: Evidence from 36Cl dating</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Irene Schimmelpfennig</w:t>
+                <w:t xml:space="preserve">Ice flow modelling to constrain the surface mass balance and ice discharge of San Rafael Glacier, Northern Patagonia Icefield</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriela Collao-Barrios</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Gillet-Chaulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Favier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Amaelle Landais</w:t>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gino Casassa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Berthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quaternary Science Reviews</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.quascirev.2018.01.008⟩</w:t>
+              <w:t xml:space="preserve">Journal of Glaciology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 64 (246), pp.568-582. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/jog.2018.46⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01699496v1</w:t>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01952644v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ice flow modelling to constrain the surface mass balance and ice discharge of San Rafael Glacier, Northern Patagonia Icefield</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">OZCAR : The French Network of Critical Zone Observatories</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Gaillardet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Braud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatim Hankard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gabriela Collao-Barrios</w:t>
+                <w:t xml:space="preserve">Sandrine Anquetin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabien Gillet-Chaulet</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Etienne Berthier</w:t>
+                <w:t xml:space="preserve">Olivier Bour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Glaciology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/jog.2018.46⟩</w:t>
+              <w:t xml:space="preserve">Vadose Zone Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 17 (1), pp.1-24. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2136/vzj2018.04.0067⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01952644v1</w:t>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-01944414v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Revisiting the andean tropical glacier behavior during the Antarctic cold reversal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Jomelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P.H. Blard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Martin</w:t>
+                <w:t xml:space="preserve">V. Favier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId241" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Vuille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cuadernos de Investigación Geográfica</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 43 (2), pp.629-648. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.18172/cig.3201⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02349986v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sub-Antartic glacier extensions in the Kerguelen region (49° S, Indian Ocean) over the past 24 000 years constrained by 36Cl moraine dating</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Jomelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatima Mokadem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irene Schimmelpfennig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Chapron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Rinterknecht</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quaternary Science Reviews</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 162, pp.128-144. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.quascirev.2017.03.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01513579v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A 60-year ice-core record of regional climate from Adélie Land, coastal Antarctica</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sentia Goursaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Masson-Delmotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Favier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Susanne Preunkert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Fily</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Cryosphere</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 11 (1), pp.343-362. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/TC-11-343-2017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03104001v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paradoxical cold conditions during the medieval climate anomaly in the Western Arctic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Jomelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothy Lane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Favier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Masson-Delmotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Swingedouw</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 6, pp.32984. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/srep32984⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01469865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atmospheric drying as the main driver of dramatic glacier wastage in the southern Indian Ocean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Favier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Verfaillie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Étienne Berthier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Verfaillie</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">V. Jomelli</w:t>
+                <w:t xml:space="preserve">Martin Ménégoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Jomelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 6 (32396), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/srep32396⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-01389407v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison between observed and simulated aeolian snow mass fluxes in Adélie Land, East Antarctica</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">F. Naaim-Bouvet</w:t>
+                <w:t xml:space="preserve">Recent glacier decline in the Kerguelen Islands (49°S, 69°E) derived from modeling, field observations, and satellite data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Deborah Verfaillie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Favier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Dumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Jomelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Gilbert Gilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Cryosphere Discussions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/tc-9-1373-2015⟩</w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 120 (3), pp.637-654. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/2014JF003329⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId261" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-01275298v1</w:t>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-01164519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recent glacier decline in the Kerguelen Islands (49°S, 69°E) derived from modeling, field observations, and satellite data</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Adrien Gilbert Gilbert</w:t>
+                <w:t xml:space="preserve">Comparison between observed and simulated aeolian snow mass fluxes in Adélie Land, East Antarctica</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Amory</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Trouvilliez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H Gallée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V Favier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Naaim-Bouvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/2014JF003329⟩</w:t>
+              <w:t xml:space="preserve">The Cryosphere Discussions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 9 (9), pp.1373-1383. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/tc-9-1373-2015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId267" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-01164519v1</w:t>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-01275298v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A major advance of tropical Andean glaciers during the Antarctic cold reversal</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Vincent Favier</w:t>
+                <w:t xml:space="preserve">Terrestrial and submarine evidence for the extent and timing of the Last Glacial Maximum and the onset of deglaciation on the maritime-Antarctic and sub-Antarctic islands</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominic Hodgson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alastair G.C. Graham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathias Vuille</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Regis Braucher</w:t>
+                <w:t xml:space="preserve">Stephen Roberts</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leo Martin</w:t>
+                <w:t xml:space="preserve">Michael Bentley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colm Cofaigh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/nature13546⟩</w:t>
+              <w:t xml:space="preserve">Quaternary Science Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 100, pp.137-158. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.quascirev.2013.12.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId270" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02905267v1</w:t>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02905276v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unstable ice stream in Greenland during the Younger Dryas cold event</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Rinterknecht</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Jomelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Brunstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Favier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Masson-Delmotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 42 (9), pp.759-762. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1130/G35929.1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02905271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Terrestrial and submarine evidence for the extent and timing of the Last Glacial Maximum and the onset of deglaciation on the maritime-Antarctic and sub-Antarctic islands</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A community-based geological reconstruction of Antarctic Ice Sheet deglaciation since the Last Glacial Maximum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alastair G.C. Graham</w:t>
+                <w:t xml:space="preserve">Michael J. Bentley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stephen Roberts</w:t>
+                <w:t xml:space="preserve">Colm Ó Cofaigh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michael Bentley</w:t>
+                <w:t xml:space="preserve">John B. Anderson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Colm Cofaigh</w:t>
+                <w:t xml:space="preserve">Howard Conway</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bethan Davies</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quaternary Science Reviews</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 100, pp.137-158. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.quascirev.2013.12.001⟩</w:t>
+              <w:t xml:space="preserve">, 2014, 100, pp.1 - 9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.quascirev.2014.06.025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId277" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02905276v1</w:t>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01496146v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A community-based geological reconstruction of Antarctic Ice Sheet deglaciation since the Last Glacial Maximum</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Michael J. Bentley</w:t>
+                <w:t xml:space="preserve">A major advance of tropical Andean glaciers during the Antarctic cold reversal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Jomelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Favier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Colm Ó Cofaigh</w:t>
+                <w:t xml:space="preserve">Mathias Vuille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Regis Braucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">John B. Anderson</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Bethan Davies</w:t>
+                <w:t xml:space="preserve">Leo Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quaternary Science Reviews</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.quascirev.2014.06.025⟩</w:t>
+              <w:t xml:space="preserve">Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 513 (7517), pp.224-228. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/nature13546⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId284" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01496146v1</w:t>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02905267v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irregular tropical glacier retreat over the Holocene epoch driven by progressive warming</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Jomelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Khodri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Favier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Brunstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Pierre Ledru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 474 (7350), pp.196-199. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/nature10150⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-00647034v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A regional view of fluctuations in glacier length in southern South America</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paulina Lopez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Chevallier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Favier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paulina Lopez</w:t>
+                <w:t xml:space="preserve">Bernard Pouyaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId298" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fernando Ordenes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Global and Planetary Change</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 71 (1-2), pp.85-108. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/J.GLOPLACHA.2009.12.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-00562242v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A regional view of fluctuations in glacier length in southern South America</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paulina López</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Chevallier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Favier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Pouyaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId298" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fernando Ordenes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Global and Planetary Change</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 71 (1-2), pp.85 - 108. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.gloplacha.2009.12.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01922191v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meteorological atmospheric boundary layer measurements and ECMWF analyses during summer at Dome C, Antarctica</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Genthon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael S. Town</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Genthon</w:t>
+                <w:t xml:space="preserve">Delphine Six</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Favier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId307" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefania Argentini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Geophysical Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 115, pp.05104. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1029/2009JD012741⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00561263v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fluctuations of glaciers in the tropical Andes over the last millennium and palaeoclimatic implications : A review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Jomelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Favier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Rabatel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Brunstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georg Hoffmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Palaeogeography, Palaeoclimatology, Palaeoecology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 281 (3-4), pp.269-282. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.palaeo.2008.10.033⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-00420860v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mass balance of Glaciar Zongo, Bolivia, between 1956 and 2006, using glaciological, hydrological and geodetic methods</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alvaro Soruco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alvaro Soruco</w:t>
+                <w:t xml:space="preserve">Bernard Francou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Vincent</w:t>
+                <w:t xml:space="preserve">Pierre Ribstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId320" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Berger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annals of Glaciology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 50 (50), pp.1-8. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3189/172756409787769799⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-00413389v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interpreting discrepancies between discharge and precipitation in high-altitude area of Chile's Norte Chico region (26–32°S)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Favier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark Falvey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Rabatel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Praderio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId325" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David López</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Water Resources Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 45, pp.W02424. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1029/2008WR006802⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-00420411v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evidence of groundwater flow on Antizana ice-covered volcano, Ecuador</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Favier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Coudrain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Cadier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Francou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId330" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edgar Ayabaca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Hydrological Sciences Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 53 (1), pp.278 à 291. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1623/hysj.53.1.278⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-00378375v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Impact of Agricultural Activities on Fog Formation in an Arid Zone of Chile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Montecinos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Favier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Orlando Astudillo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sonia Montecinos</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Vincent Favier</w:t>
+                <w:t xml:space="preserve">Yann Tracol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId336" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wolfgang Börsch-Supan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Die Erde</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 139, pp.71-89</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-00421726v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Glacier fluctuations in the Alps and in the tropical Andes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Vincent</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Pierre Ribstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Favier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Wagnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Francou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Comptes Rendus. Géoscience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 337 (1-2), pp.97 à 106. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId341" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.crte.2004.08.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-00375173v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (14)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (15)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of the atmospheric river occurring in March 2022 on east Antarctica on Cosmic-Rays measurements</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Philippe Ricaud</w:t>
+                <w:t xml:space="preserve">Future Atmospheric Rivers in Antarctica using CMIP6-IPSL model : intensity and impacts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leonard Barthelemy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Codron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Favier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Wille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICRC 2023 - International Cosmic Ray Conference</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Geosciences Union General Assembly 2024 (EGU24)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2024, Vienne, Austria. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/egusphere-egu24-3880⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId343" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04878922v1</w:t>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-04725929v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'oscillation des glaciers sur l'Archipel des Kerguelen au cours du Tardiglaciaire et de l'Holocène à partir de datations cosmogéniques</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Deborah Verfaillie</w:t>
+                <w:t xml:space="preserve">Impact of the atmospheric river occurring in March 2022 on east Antarctica on Cosmic-Rays measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Hubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ricaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Favier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Wille</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">27e édition de la Réunion des Sciences de la Terre (RST 2021)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, SGF, CNRS, Laboratoire de Géologie de Lyon ou l’étude de la Terre, des planètes et de l’environnement, Nov 2021, Lyon, France</w:t>
+              <w:t xml:space="preserve">ICRC 2023 - International Cosmic Ray Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Nagoya, Japan. pp.233</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId346" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03419277v1</w:t>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04878922v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New Late Glacial and Holocene 36Cl and 10Be moraine chronologies from sub-Antarctic Kerguelen Archipelago</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joanna Charton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Jomelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irene Schimmelpfennig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deborah Verfaillie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Favier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU General Assembly 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2021, Vienna (online), France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/egusphere-egu21-9883⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03419239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId349" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marine records of Holocene glacier variability in the Kerguelen Islands (South Indian Ocean): sedimentology, chronology, and paleoclimatic drivers</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Elisabeth Michel</w:t>
+                <w:t xml:space="preserve">L'oscillation des glaciers sur l'Archipel des Kerguelen au cours du Tardiglaciaire et de l'Holocène à partir de datations cosmogéniques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joanna Charton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Jomelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irene Schimmelpfennig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Deborah Verfaillie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Favier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Vincent Jomelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU General Assembly 2021</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">27e édition de la Réunion des Sciences de la Terre (RST 2021)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SGF, CNRS, Laboratoire de Géologie de Lyon ou l’étude de la Terre, des planètes et de l’environnement, Nov 2021, Lyon, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId349" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03549553v1</w:t>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03419277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution au cours des derniers siècles et future de la calotte Cook aux Iles Kerguelen: datations cosmogéniques et modélisation glaciologique</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Zoe Stroebele</w:t>
+                <w:t xml:space="preserve">Marine records of Holocene glacier variability in the Kerguelen Islands (South Indian Ocean): sedimentology, chronology, and paleoclimatic drivers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Chassiot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Chapron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Favier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Jomelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">27e édition de la Réunion des Sciences de la Terre</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">EGU General Assembly 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2021, Vienne, Austria. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/egusphere-egu21-8550⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId351" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03419278v1</w:t>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03549553v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId352" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fluctuations glaciaires sur l'Archipel Kerguelen (49°S, 69°E) au cours du Tardiglaciaire et de l'Holocène contraintes à l'aide des nucléides cosmogéniques</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Evolution au cours des derniers siècles et future de la calotte Cook aux Iles Kerguelen: datations cosmogéniques et modélisation glaciologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Deborah Verfaillie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joanna Charton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irene Schimmelpfennig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zoe Stroebele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Jomelli</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Vincent Favier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée des Jeunes Géomorphologues (JJG)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2021, Brest, France</w:t>
+              <w:t xml:space="preserve">27e édition de la Réunion des Sciences de la Terre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SGF, CNRS, Laboratoire de Géologie de Lyon ou l’étude de la Terre, des planètes et de l’environnement, Nov 2021, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId352" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03549526v1</w:t>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03419278v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution of a debris-covered glacier in the Kerguelen Archipelago (49°S, 69°E) over the past 15,000 years constrained by in situ cosmogenic 36Cl dating</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Jomelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joanna Charton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irene Schimmelpfennig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deborah Verfaillie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Favier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU General Assembly 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2021, Vienna (online), Austria. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/egusphere-egu21-13304⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03419269v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'oscillation des glaciers sur l'archipel des Kerguelen au cours du Tardiglaciaire et de l'Holocène à partir de datations cosmogéniques 36Cl</w:t>
+                <w:t xml:space="preserve">Fluctuations glaciaires sur l'Archipel Kerguelen (49°S, 69°E) au cours du Tardiglaciaire et de l'Holocène contraintes à l'aide des nucléides cosmogéniques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joanna Charton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Jomelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irene Schimmelpfennig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deborah Verfaillie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Favier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6e édition colloque Climat et Impacts 2020</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2020, Orsay, France</w:t>
+              <w:t xml:space="preserve">Journée des Jeunes Géomorphologues (JJG)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId355" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03549480v1</w:t>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03549526v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId356" w:history="1">
+            <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution of the Cook Ice Cap (Kerguelen Islands) between the last centuries and 2050 CE based on cosmogenic dating and glacio-climatic modelling</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Déborah Verfaillie</w:t>
+                <w:t xml:space="preserve">L'oscillation des glaciers sur l'archipel des Kerguelen au cours du Tardiglaciaire et de l'Holocène à partir de datations cosmogéniques 36Cl</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joanna Charton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Jomelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irene Schimmelpfennig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">François Bétard</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Deborah Verfaillie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Favier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Climat et Impacts</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2020, Paris, France</w:t>
+              <w:t xml:space="preserve">6e édition colloque Climat et Impacts 2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2020, Orsay, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId356" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03549492v1</w:t>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03549480v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId359" w:history="1">
+            <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution des glaciers sur l'Archipel des Kerguelen pendant le Tardiglaciaire et l'Holocène à partir de datations cosmogéniques 36Cl</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
+                <w:t xml:space="preserve">Evolution of the Cook Ice Cap (Kerguelen Islands) between the last centuries and 2050 CE based on cosmogenic dating and glacio-climatic modelling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Déborah Verfaillie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irene Schimmelpfennig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zoe Stroebele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Jomelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Vincent Favier</w:t>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Bétard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16èmes Journées Scientifiques du CNFRA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2020, La Rochelle, France</w:t>
+              <w:t xml:space="preserve">Journées Climat et Impacts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2020, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId359" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03549449v1</w:t>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03549492v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Atmospheric River Climatology of Antarctica</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jonathan Wille</w:t>
+                <w:t xml:space="preserve">Evolution des glaciers sur l'Archipel des Kerguelen pendant le Tardiglaciaire et l'Holocène à partir de datations cosmogéniques 36Cl</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joanna Charton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Jomelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irene Schimmelpfennig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Deborah Verfaillie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Favier</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">John R G Turner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21st EGU General Assembly</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, EGU, Apr 2019, Vienna, Austria</w:t>
+              <w:t xml:space="preserve">16èmes Journées Scientifiques du CNFRA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2020, La Rochelle, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId360" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02402450v1</w:t>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03549449v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId361" w:history="1">
+            <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution d'un glacier couvert aux Îles Kerguelen (49°S, Océan Indien) depuis environ 15 000 ans</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Fatima Mokadem</w:t>
+                <w:t xml:space="preserve">Atmospheric River Climatology of Antarctica</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Wille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Favier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ambroise Dufour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irina V Gorodetskaya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John R G Turner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15èmes Journées Scientifiques du CNFRA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Paris, France</w:t>
+              <w:t xml:space="preserve">21st EGU General Assembly</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EGU, Apr 2019, Vienna, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId361" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03549312v1</w:t>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02402450v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Je t’aime moi non plus » : étude des relations complexes entre les glaciers des îles Kerguelen (49°S, 69°E) et le climat en Antarctique</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
+                <w:t xml:space="preserve">Evolution d'un glacier couvert aux Îles Kerguelen (49°S, Océan Indien) depuis environ 15 000 ans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joanna Charton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Jomelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irene Schimmelpfenning</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Deborah Verfaillie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatima Mokadem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15èmes Journées Scientifiques du CNFRA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId363" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03549406v1</w:t>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03549312v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId364" w:history="1">
+            <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">« Je t’aime moi non plus » : étude des relations complexes entre les glaciers des îles Kerguelen (49°S, 69°E) et le climat en Antarctique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Verfaillie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Jomelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Favier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amaelle Landais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joanna Charton</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">15èmes Journées Scientifiques du CNFRA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03549406v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Atmospheric River Climatology in Antarctica</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Wille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Favier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Codron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ambroise Dufour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">American Geophysical Union, Fall Meeting 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, AGU, Dec 2018, Washington, D.C., United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -11016,586 +11133,586 @@
                 </w:rPr>
                 <w:t xml:space="preserve">insu-00421497v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relationship between mass balance and climate - surface processes involved in melting and accumulation.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Patrick Wagnon</w:t>
+                <w:t xml:space="preserve">Glacier retreat in the context of regional climate change</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Francou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.E Sicart</w:t>
+                <w:t xml:space="preserve">B. Caceres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Cadier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Maisincho</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">P. Ginot</w:t>
+                <w:t xml:space="preserve">A. Cochachin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Favier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Francou Bernard. </w:t>
+              <w:t xml:space="preserve">Bernard Francou. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Is it the end of snowy heights?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, SGCA-IRD-UNEP-AECI, pp.65-73, 2007</w:t>
+              <w:t xml:space="preserve">Is it the end of snowy heights ? : glaciers and climate change in the Andean Community</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SGCA-IRD-UNEP-AECI, pp.43-55, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-00421412v1</w:t>
+                <w:t xml:space="preserve">insu-00421404v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId373" w:history="1">
+            <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Glacier retreat in the context of regional climate change</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bernard Francou</w:t>
+                <w:t xml:space="preserve">Glacial fluctuations in the Central Andes during the last millennium.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Jomelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Rabatel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Caceres</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Eric Cadier</w:t>
+                <w:t xml:space="preserve">Patrick Ginot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Favier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Cochachin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Vincent Favier</w:t>
+                <w:t xml:space="preserve">D. Grancher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Bernard Francou. </w:t>
+              <w:t xml:space="preserve">B. Francou. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Is it the end of snowy heights ? : glaciers and climate change in the Andean Community</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, SGCA-IRD-UNEP-AECI, pp.43-55, 2007</w:t>
+              <w:t xml:space="preserve">, SGCA-IRD-UNEP-AECI, pp.57-64, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId373" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-00421404v1</w:t>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-00421625v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Glacial fluctuations in the Central Andes during the last millennium.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">V. Jomelli</w:t>
+                <w:t xml:space="preserve">Mass balance versus climate : accumulation and ablation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Wagnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Rabatel</w:t>
+                <w:t xml:space="preserve">Jean-Emmanuel Sicart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">L. Maisincho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Francou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Patrick Ginot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...24 lines deleted...]
-              <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">B. Francou. </w:t>
+              <w:t xml:space="preserve">Bernard Francou. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Is it the end of snowy heights ? : glaciers and climate change in the Andean Community</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, SGCA-IRD-UNEP-AECI, pp.57-64, 2007</w:t>
+              <w:t xml:space="preserve">, SGCA-IRD-UNEP-AECI, pp.65-73, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-00421625v1</w:t>
+                <w:t xml:space="preserve">insu-00421634v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId380" w:history="1">
+            <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mass balance versus climate : accumulation and ablation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId340" w:history="1">
+                <w:t xml:space="preserve">Relationship between mass balance and climate - surface processes involved in melting and accumulation.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Wagnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.E Sicart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Maisincho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Francou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Emmanuel Sicart</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Patrick Ginot</w:t>
+                <w:t xml:space="preserve">P. Ginot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Bernard Francou. </w:t>
+              <w:t xml:space="preserve">Francou Bernard. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Is it the end of snowy heights ? : glaciers and climate change in the Andean Community</w:t>
+              <w:t xml:space="preserve">Is it the end of snowy heights?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, SGCA-IRD-UNEP-AECI, pp.65-73, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId380" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-00421634v1</w:t>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-00421412v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Glacier 15, Antisana, Ecuador: its glaciology and relations to water resources</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bolivar Caceres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Francou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Favier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11999,51 +12116,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05509464v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niels Dutrievoz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Agosta" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Davrinche" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ama&#235;lle Landais" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Nguyen" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/tc-20-1025-2026" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939819v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan D. Wille" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Favier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina V. Gorodetskaya" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Baiman" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43017-024-00638-7" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500159v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonard Barthelemy" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Codron" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Wille" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Clem" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2025jd043398" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505424v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew C Winters" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Pohl" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan D Wille" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43247-024-01307-9" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04289357v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon P Alexander" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Amory" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onard Barth&#233;lemy" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/JCLI-D-23-0175.1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05349221v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Chassiot" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Chapron" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Michel" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Jomelli" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2024.108980" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04394770v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Lapere" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennie L Thomas" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Angot" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Asplund" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023jd039606" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04552066v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023JD039970" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04811303v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tessa Vance" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nerilie Abram" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison Criscitiello" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camilla Crockart" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aylin Decampo" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/cp-20-969-2024" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04453189v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Stefanini" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Macelloni" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Leduc-Leballeur" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/tc-18-593-2024" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04289361v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/JCLI-D-23-0176.1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-obspm.ccsd.cnrs.fr/obspm-04244160v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie da Silva" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Woolliams" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Picot" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Poisson" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henriette Skourup" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs15194826" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04389360v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Arioli" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Picard" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Arnaud" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/tc-17-2323-2023" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03629935v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Jomelli" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Swingedouw" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Vuille" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Favier" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Goehring" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-28939-9" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03625148v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Charton" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Schimmelpfennig" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regis Braucher" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Delpech" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2022.107461" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03666563v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Wille" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onard Barth&#233;l&#233;my" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.37053/lameteorologie-2022-0032" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04389380v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. L&#246;we" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Domine" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Arnaud" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Larue" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2021av000630" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874419v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas C Jourdain" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Kittel" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenny V. Turton" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43247-022-00422-9" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874417v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah Verfaillie" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Pelletier" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Goosse" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Y. S. Bull" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43247-022-00458-x" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04811292v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Le Toumelin" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Hofer" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/tc-15-3595-2021" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02988434v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0954102020000541" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03226107v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoe Stroebele" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0954102021000080" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03317908v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Beaumet" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel D&#233;qu&#233;" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerhard Krinner" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Alias" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/tc-15-3615-2021" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03277274v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020jd033788" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03498573v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle G Udy" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tessa R. Vance" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2021JD035294" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03402150v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Larue" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Aublanc" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alvaro Robledano" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2021.112534" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03258091v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison Delhasse" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-14-3487-2021" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03235508v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Sauc&#232;de" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pergaud" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre F&#233;ral" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Richard" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/JAMC-D-20-0255.1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03001127v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Donat-Magnin" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Jourdain" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Gall&#233;e" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/tc-14-229-2020" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04811277v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Dussaillant" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Berthier" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Brun" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Masiokas" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Hugonnet" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41561-020-0639-5" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03036869v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward Hanna" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Pattyn" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Navarro" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heiko Goelzer" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.earscirev.2019.102976" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02476511v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.R. Rinterknecht" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42990-020-00018-5" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02105273v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Brutel-Vuilmet" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2018MS001438" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367150v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Orsi" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/tc-13-281-2019" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04811259v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bracegirdle" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Colleoni" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Bertler" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Dixon" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/geosciences9060255" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://meteofrance.hal.science/meteo-03657917v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Kokhanovsky" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxim Lamare" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olaf Danne" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carsten Brockmann" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Dumont" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs11192280" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03102778v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Protin" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;louis Mugnier" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Ravanel" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melaine Le Roy" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2019.105863" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04811255v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Turner" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Phillips" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meloth Thamban" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Waliur Rahaman" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gareth Marshall" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2018GL081517" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02358191v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Br&#233;ant" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Leroy dos Santos" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Casado" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Fourr&#233;" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2019.03.004" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349974v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Fettweis" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00382-019-04904-z" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02402395v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambroise Dufour" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina V Gorodetskaya" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John R G Turner" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41561-019-0460-1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01944414v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Gaillardet" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Braud" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatim Hankard" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Anquetin" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bour" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2136/vzj2018.04.0067" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349964v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melody Biette" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Chenet" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geomorphologie.11977" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02976236v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sentia Goursaud" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Masson-Delmotte" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Orsi" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Werner" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/cp-14-923-2018" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01699496v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Mokadem" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaelle Landais" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2018.01.008" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01952644v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Collao-Barrios" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Gillet-Chaulet" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gino Casassa" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Berthier" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jog.2018.46" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349986v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Martin" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.H. Blard" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Favier" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Vuille" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18172/cig.3201" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01513579v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Rinterknecht" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2017.03.010" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03104001v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne Preunkert" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Fily" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/TC-11-343-2017" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01469865v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy Lane" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Swingedouw" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep32984" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01389407v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Verfaillie" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Berthier" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Menegoz" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep32396" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01275298v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Amory" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Trouvilliez" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Gall&#233;e" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Naaim-Bouvet" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/tc-9-1373-2015" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01164519v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Gilbert Gilbert" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2014JF003329" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02905267v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Vuille" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leo Martin" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature13546" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02905271v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Brunstein" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1130/G35929.1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02905276v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominic Hodgson" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alastair G.C. Graham" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Roberts" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Bentley" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colm Cofaigh" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2013.12.001" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01496146v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael J. Bentley" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colm &#211; Cofaigh" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John B. Anderson" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Howard Conway" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bethan Davies" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2014.06.025" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00647034v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Khodri" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Ledru" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature10150" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/GT4-PVZT3HR5-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00562242v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulina Lopez" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Chevallier" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Pouyaud" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Ordenes" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.GLOPLACHA.2009.12.009" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922191v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulina L&#243;pez" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gloplacha.2009.12.009" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00561263v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Genthon" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael S. Town" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Six" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefania Argentini" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2009JD012741" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-3L1X90TB-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00420860v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Rabatel" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georg Hoffmann" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2008.10.033" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NQH9014C-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00413389v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alvaro Soruco" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Vincent" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Francou" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Ribstein" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Berger" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3189/172756409787769799" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00420411v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Falvey" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Praderio" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David L&#243;pez" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2008WR006802" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00378375v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Coudrain" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Cadier" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edgar Ayabaca" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1623/hysj.53.1.278" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00421726v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Montecinos" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orlando Astudillo" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Tracol" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfgang B&#246;rsch-Supan" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00375173v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Wagnon" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crte.2004.08.010" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8H0JSLMP-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878922v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Hubert" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ricaud" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03419277v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03419239v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-9883" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03549553v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-8550" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03419278v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03549526v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03419269v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-13304" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03549480v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03549492v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Verfaillie" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois B&#233;tard" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03549449v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02402450v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03549312v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Schimmelpfenning" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03549406v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02402511v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00421497v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Argollo" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Brunstein" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Hoffmann" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00421412v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.E Sicart" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Maisincho" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ginot" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00421404v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Caceres" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cochachin" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00421625v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rabatel" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Ginot" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Grancher" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00421634v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Emmanuel Sicart" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00381196v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bolivar Caceres" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bontron" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Tachker" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://iahs.info/Publications-News.do?dmsSearch_pubno=308" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05352108v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Nguyen" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05509464v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niels Dutrievoz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Agosta" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Davrinche" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ama&#235;lle Landais" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Nguyen" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/tc-20-1025-2026" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939819v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan D. Wille" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Favier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina V. Gorodetskaya" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Baiman" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43017-024-00638-7" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500159v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonard Barthelemy" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Codron" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Wille" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyle Clem" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2025jd043398" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04289357v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon P Alexander" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Amory" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onard Barth&#233;lemy" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/JCLI-D-23-0175.1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04394770v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Lapere" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennie L Thomas" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Angot" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Asplund" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023jd039606" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05349221v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Chassiot" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Chapron" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Michel" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Jomelli" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2024.108980" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04552066v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Pohl" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew C Winters" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023JD039970" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04453189v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Stefanini" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Macelloni" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Leduc-Leballeur" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/tc-18-593-2024" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04811303v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tessa Vance" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nerilie Abram" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison Criscitiello" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camilla Crockart" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aylin Decampo" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/cp-20-969-2024" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04289361v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/JCLI-D-23-0176.1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505424v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan D Wille" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43247-024-01307-9" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-obspm.ccsd.cnrs.fr/obspm-04244160v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie da Silva" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Woolliams" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Picot" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Poisson" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henriette Skourup" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs15194826" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04389360v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Arioli" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Picard" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Arnaud" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/tc-17-2323-2023" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03629935v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Jomelli" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Swingedouw" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Vuille" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Favier" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Goehring" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-28939-9" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03625148v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Charton" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Schimmelpfennig" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regis Braucher" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Delpech" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2022.107461" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04389380v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. L&#246;we" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Domine" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Arnaud" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Larue" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2021av000630" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874419v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Jourdain" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Kittel" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenny V. Turton" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43247-022-00422-9" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03666563v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onard Barth&#233;l&#233;my" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.37053/lameteorologie-2022-0032" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874417v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah Verfaillie" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Pelletier" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Goosse" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas C Jourdain" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Y. S. Bull" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43247-022-00458-x" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03277274v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina V Gorodetskaya" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020jd033788" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03402150v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Larue" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Aublanc" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alvaro Robledano" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2021.112534" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03498573v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle G Udy" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2021JD035294" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03258091v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Le Toumelin" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison Delhasse" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-14-3487-2021" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03235508v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Sauc&#232;de" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pergaud" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre F&#233;ral" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Richard" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/JAMC-D-20-0255.1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03226107v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoe Stroebele" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0954102021000080" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02988434v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0954102020000541" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04811292v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Hofer" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/tc-15-3595-2021" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03317908v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Beaumet" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel D&#233;qu&#233;" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerhard Krinner" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Alias" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/tc-15-3615-2021" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04811277v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Dussaillant" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Berthier" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Brun" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Masiokas" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Hugonnet" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41561-020-0639-5" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03001127v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Donat-Magnin" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Gall&#233;e" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/tc-14-229-2020" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03036869v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward Hanna" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Pattyn" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Navarro" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heiko Goelzer" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.earscirev.2019.102976" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02476511v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.R. Rinterknecht" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42990-020-00018-5" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02105273v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Brutel-Vuilmet" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2018MS001438" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03102778v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Protin" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;louis Mugnier" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Ravanel" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melaine Le Roy" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2019.105863" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://meteofrance.hal.science/meteo-03657917v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Kokhanovsky" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxim Lamare" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olaf Danne" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carsten Brockmann" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Dumont" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs11192280" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04811259v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bracegirdle" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Colleoni" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Bertler" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Dixon" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/geosciences9060255" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367150v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Orsi" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/tc-13-281-2019" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04811255v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Turner" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Phillips" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meloth Thamban" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Waliur Rahaman" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gareth Marshall" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2018GL081517" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02358191v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Br&#233;ant" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Leroy dos Santos" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Casado" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Fourr&#233;" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2019.03.004" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02402395v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambroise Dufour" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John R G Turner" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41561-019-0460-1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349974v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Fettweis" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00382-019-04904-z" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02976236v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sentia Goursaud" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Masson-Delmotte" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Orsi" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Werner" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/cp-14-923-2018" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349964v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melody Biette" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Chenet" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geomorphologie.11977" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01699496v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Mokadem" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaelle Landais" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2018.01.008" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01952644v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Collao-Barrios" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Gillet-Chaulet" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gino Casassa" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Berthier" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jog.2018.46" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01944414v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Gaillardet" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Braud" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatim Hankard" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Anquetin" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bour" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2136/vzj2018.04.0067" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349986v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Martin" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.H. Blard" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Favier" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Vuille" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18172/cig.3201" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01513579v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Rinterknecht" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2017.03.010" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03104001v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne Preunkert" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Fily" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/TC-11-343-2017" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01469865v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy Lane" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Swingedouw" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep32984" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01389407v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Verfaillie" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Berthier" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin M&#233;n&#233;goz" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep32396" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01164519v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Gilbert Gilbert" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2014JF003329" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01275298v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Amory" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Trouvilliez" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Gall&#233;e" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Naaim-Bouvet" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/tc-9-1373-2015" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02905276v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominic Hodgson" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alastair G.C. Graham" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Roberts" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Bentley" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colm Cofaigh" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2013.12.001" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02905271v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Brunstein" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1130/G35929.1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01496146v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael J. Bentley" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colm &#211; Cofaigh" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John B. Anderson" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Howard Conway" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bethan Davies" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2014.06.025" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02905267v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Vuille" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leo Martin" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature13546" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00647034v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Khodri" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Ledru" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature10150" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/GT4-PVZT3HR5-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00562242v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulina Lopez" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Chevallier" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Pouyaud" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Ordenes" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.GLOPLACHA.2009.12.009" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922191v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulina L&#243;pez" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gloplacha.2009.12.009" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00561263v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Genthon" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael S. Town" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Six" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefania Argentini" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2009JD012741" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-3L1X90TB-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00420860v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Rabatel" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georg Hoffmann" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2008.10.033" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NQH9014C-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00413389v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alvaro Soruco" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Vincent" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Francou" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Ribstein" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Berger" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3189/172756409787769799" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00420411v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Falvey" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Praderio" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David L&#243;pez" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2008WR006802" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00378375v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Coudrain" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Cadier" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edgar Ayabaca" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1623/hysj.53.1.278" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00421726v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Montecinos" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orlando Astudillo" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Tracol" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfgang B&#246;rsch-Supan" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00375173v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Wagnon" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crte.2004.08.010" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8H0JSLMP-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04725929v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-3880" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878922v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Hubert" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ricaud" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03419239v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-9883" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03419277v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03549553v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-8550" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03419278v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03419269v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-13304" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03549526v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03549480v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03549492v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Verfaillie" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois B&#233;tard" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03549449v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02402450v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03549312v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Schimmelpfenning" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03549406v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02402511v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00421497v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Argollo" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Brunstein" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Hoffmann" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00421404v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Caceres" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cochachin" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00421625v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rabatel" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Ginot" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Grancher" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00421634v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Emmanuel Sicart" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Maisincho" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00421412v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.E Sicart" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ginot" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00381196v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bolivar Caceres" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bontron" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Tachker" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://iahs.info/Publications-News.do?dmsSearch_pubno=308" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05352108v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Nguyen" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>