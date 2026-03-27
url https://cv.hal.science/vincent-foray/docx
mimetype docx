--- v0 (2026-03-04)
+++ v1 (2026-03-27)
@@ -210,51 +210,51 @@
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Foray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Experimental Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2026, </w:t>
+              <w:t xml:space="preserve">, 2026, 229 (3), </w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1242/jeb.251743⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
@@ -797,295 +797,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04589876v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Physiological costs of facultative endosymbionts in aphids assessed from energy metabolism</w:t>
+                <w:t xml:space="preserve">The aphid facultative symbiont Serratia symbiotica influences the foraging behaviors and the life-history traits of the parasitoid Aphidius ervi.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C Clavé</w:t>
+                <w:t xml:space="preserve">Sabrine Attia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Akiko Sugio</w:t>
+                <w:t xml:space="preserve">François Renoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphanie Morlière</w:t>
+                <w:t xml:space="preserve">Inès Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Pincebourde</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean-Christophe Simon</w:t>
+                <w:t xml:space="preserve">Philippe Louâpre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Foray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Functional Ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/1365-2435.14157⟩</w:t>
+              <w:t xml:space="preserve">Entomologia Generalis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 42 (1), pp.21-33. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1127/entomologia/2021/1274⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03780806v1</w:t>
+                <w:t xml:space="preserve">hal-03613728v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The aphid facultative symbiont Serratia symbiotica influences the foraging behaviors and the life-history traits of the parasitoid Aphidius ervi.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Physiological costs of facultative endosymbionts in aphids assessed from energy metabolism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Clavé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sabrine Attia</w:t>
+                <w:t xml:space="preserve">Akiko Sugio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Renoz</w:t>
+                <w:t xml:space="preserve">Stéphanie Morlière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inès Pons</w:t>
+                <w:t xml:space="preserve">Sylvain Pincebourde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Louâpre</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Vincent Foray</w:t>
+                <w:t xml:space="preserve">Jean-Christophe Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Entomologia Generalis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 42 (1), pp.21-33. </w:t>
+              <w:t xml:space="preserve">Functional Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 36 (10), pp.2580-2592. </w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1127/entomologia/2021/1274⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/1365-2435.14157⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03613728v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03780806v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A perspective on insect-microbe holobionts facing thermal fluctuations in a climate-change context.</w:t>
               </w:r>
@@ -1465,64 +1465,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Facultative symbionts associated with aphid populations in citrus orchards in northern Tunisia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Renoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inès Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Noel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1599,64 +1599,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evidence for Gut-Associated Serratia symbiotica in Wild Aphids and Ants Provides New Perspectives on the Evolution of Bacterial Mutualism in Insects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Renoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inès Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vanderpoorten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1727,278 +1727,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02333821v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A large-scale field study of bacterial communities in cereal aphid populations across Morocco</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Wolbachia Control Stem Cell Behavior and Stimulate Germline Proliferation in Filarial Nematodes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Foray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samir Fakhour</w:t>
+                <w:t xml:space="preserve">Mercedes M. Pérez-Jiménez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Ambroise</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Vincent Foray</w:t>
+                <w:t xml:space="preserve">Nour Fattouh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Luc Gala</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Frederic Landmann</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FEMS Microbiology Ecology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 94 (3), </w:t>
+              <w:t xml:space="preserve">Developmental Cell</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 45 (2), pp.198--211.e3. </w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/femsec/fiy003⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.devcel.2018.03.017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02333834v1</w:t>
+                <w:t xml:space="preserve">hal-01872980v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wolbachia Control Stem Cell Behavior and Stimulate Germline Proliferation in Filarial Nematodes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A large-scale field study of bacterial communities in cereal aphid populations across Morocco</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samir Fakhour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Ambroise</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Renoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Foray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frederic Landmann</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jean-Luc Gala</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Developmental Cell</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 45 (2), pp.198--211.e3. </w:t>
+              <w:t xml:space="preserve">FEMS Microbiology Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 94 (3), </w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.devcel.2018.03.017⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/femsec/fiy003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01872980v1</w:t>
+                <w:t xml:space="preserve">hal-02333834v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of differences in nutritional quality of wingless and winged aphids on parasitoid fitness</w:t>
               </w:r>
@@ -2114,51 +2114,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Accessing the Hidden Microbial Diversity of Aphids: an Illustration of How Culture-Dependent Methods Can Be Used to Decipher the Insect Microbiota</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alina Grigorescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Renoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Sabri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2235,51 +2235,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toward a better understanding of the mechanisms of symbiosis: a comprehensive proteome map of a nascent insect symbiont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Renoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Champagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2363,299 +2363,299 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02333847v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Infection Dynamic of Symbiotic Bacteria in the Pea Aphid Acyrthosiphon pisum Gut and Host Immune Response at the Early Steps in the Infection Process</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Christine Noël</w:t>
+                <w:t xml:space="preserve">Using multiple traits to estimate the effects of heat shock on the fitness of Aphidius colemani</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mey Jerbi-Elayed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kaouthar Lebdi-Grissa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Foray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abdelmounaim Errachid</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Vincent Foray</w:t>
+                <w:t xml:space="preserve">Frédéric Muratori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Hance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 10 (3), pp.e0122099. </w:t>
+              <w:t xml:space="preserve">Entomologia Experimentalis et Applicata</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 155 (1), pp.18-27. </w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0122099⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/eea.12273⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02333855v1</w:t>
+                <w:t xml:space="preserve">hal-02333852v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using multiple traits to estimate the effects of heat shock on the fitness of Aphidius colemani</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Kaouthar Lebdi-Grissa</w:t>
+                <w:t xml:space="preserve">Infection Dynamic of Symbiotic Bacteria in the Pea Aphid Acyrthosiphon pisum Gut and Host Immune Response at the Early Steps in the Infection Process</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Renoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Noël</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelmounaim Errachid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Foray</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Muratori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Hance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Entomologia Experimentalis et Applicata</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/eea.12273⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 10 (3), pp.e0122099. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0122099⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02333852v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02333855v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Whole-Genome Sequence of Serratia symbiotica Strain CWBI-2.3T, a Free-Living Symbiont of the Black Bean Aphid Aphis fabae</w:t>
               </w:r>
@@ -3444,51 +3444,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01917029v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The french touch in entomological biology: synthesis of the &amp;quot;16th Colloque Biologie de l'Insecte</w:t>
+                <w:t xml:space="preserve">The French touch in entomological biology : synthesis of the &amp;quot;16th Colloque Biologie de l'Insecte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Floriane Chardonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Delava</w:t>
@@ -3527,93 +3527,102 @@
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Vigneron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annales de la Société Entomologique de France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 47 (3-4), pp.524 - 527</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2011, 47 (3-4), pp.524-527. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/00379271.2011.10697745⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02643034v1</w:t>
+                <w:t xml:space="preserve">halsde-00662533v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The French touch in entomological biology : synthesis of the &amp;quot;16th Colloque Biologie de l'Insecte</w:t>
+                <w:t xml:space="preserve">The french touch in entomological biology: synthesis of the &amp;quot;16th Colloque Biologie de l'Insecte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Floriane Chardonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Delava</w:t>
@@ -3652,78 +3661,69 @@
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Vigneron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annales de la Société Entomologique de France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 47 (3-4), pp.524-527. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2011, 47 (3-4), pp.524 - 527</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/00379271.2011.10697745⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">halsde-00662533v1</w:t>
+                <w:t xml:space="preserve">hal-02643034v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3767,51 +3767,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenaëlle Deconninck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Foray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Pincebourde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RespFest</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, David Deslauriers; Christelle Lefrançois, May 2023, La Rochelle, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3862,51 +3862,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenaëlle Deconninck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Foray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Pincebourde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">REID</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2023, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3957,51 +3957,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenaëlle Deconninck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Foray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Pincebourde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Congress of Entomology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Emmanouil Roditakis; Stefanos Andreadis, Oct 2023, Heraklion, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4052,51 +4052,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenaëlle Deconninck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Foray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Pincebourde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque d'Ecophysiologie Animale (CEPA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sylvain Pincebourde; Vincent Foray, Nov 2023, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4173,51 +4173,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordy Larges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laureen Beaugeard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Pincebourde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISEPEP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Hervé Colinet; David Renault, Jul 2022, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4326,51 +4326,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordy Larges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laureen Beaugeard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Pincebourde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">34e colloque Biotechnocentre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Nouan-le-Fuzelier, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4564,51 +4564,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-05458660v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wendy Destierdt" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Deconninck" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Crespo" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esteban Moyer" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Foray" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/jeb.251743" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-05532672v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Br&#233;a Raynaud-Berton" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;ghan Boulembert" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Chabrerie" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Couty" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/brv.70148" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-04920324v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordy Larges" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Ulmer" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Le Bris" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1744-7917.13494" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04589869v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Henri" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laureen Beaugeard" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10340-023-01739-w" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04589876v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Eslin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bonis" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11829-024-10073-6" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03780806v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Clav&#233;" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akiko Sugio" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Morli&#232;re" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Pincebourde" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Simon" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2435.14157" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03613728v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrine Attia" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Renoz" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Pons" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lou&#226;pre" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1127/entomologia/2021/1274" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620220v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Iltis" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Tougeron" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Hance" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Louapre" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.15826" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03327541v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germain Chevignon" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mercedes Maria P&#233;rez-Jim&#233;nez" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Libro" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Chung" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pntd.0008935" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03562628v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mey Jerbi-Elayed" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaouthar Grissa-Lebdi" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/insects12100852" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02796899v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Noel" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaouthar Lebdi-Grissa" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14411/eje.2020.017" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02333821v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Vanderpoorten" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenna&#235;l Bataille" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine No&#235;l" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00248-018-1265-2" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02333834v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Fakhour" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Ambroise" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Gala" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsec/fiy003" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01872980v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mercedes M. P&#233;rez-Jim&#233;nez" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour Fattouh" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Landmann" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.devcel.2018.03.017" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01959651v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer A.-L. M. Pirotte" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ange Lorenzi" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/jeb.185645" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02333826v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alina Grigorescu" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Sabri" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00248-017-1092-x" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02333847v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Champagne" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Degand" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Faber" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Morsomme" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7717/peerj.3291" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02333855v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelmounaim Errachid" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0122099" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02333852v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Muratori" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eea.12273" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-BNTW8HQH-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02333860v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Grigorescu" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sabri" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Haubruge" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lognay" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.00767-14" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-01921773v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Martinez" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Gibert" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Desouhant" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00766585v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Voituron" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Larvor" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Renault" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cbpa.2012.10.018" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6PHKNB8F-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02333295v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Amat" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Besnard" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Pelosse" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Bernstein" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2311.2012.01388.x" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-MJZ39PST-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00769257v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Fran&#231;ois Pelisson" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Bel-Venner" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Venner" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-3032.2012.00831.x" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-W2Q1CK21-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01917029v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00114-011-0818-8" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-KK4B7PL6-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643034v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Chardonnet" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Delava" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Multeau" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Vigneron" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00662533v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00379271.2011.10697745" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095720v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095733v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04295207v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04295219v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03726525v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03827196v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-05458660v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wendy Destierdt" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Deconninck" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Crespo" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esteban Moyer" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Foray" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/jeb.251743" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-05532672v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Br&#233;a Raynaud-Berton" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;ghan Boulembert" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Chabrerie" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Couty" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/brv.70148" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-04920324v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordy Larges" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Ulmer" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Le Bris" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1744-7917.13494" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04589869v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Henri" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laureen Beaugeard" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10340-023-01739-w" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04589876v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Eslin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bonis" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11829-024-10073-6" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03613728v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrine Attia" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Renoz" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Pons" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lou&#226;pre" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1127/entomologia/2021/1274" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03780806v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Clav&#233;" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akiko Sugio" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Morli&#232;re" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Pincebourde" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Simon" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2435.14157" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620220v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Iltis" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Tougeron" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Hance" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Louapre" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.15826" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03327541v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germain Chevignon" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mercedes Maria P&#233;rez-Jim&#233;nez" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Libro" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Chung" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pntd.0008935" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03562628v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mey Jerbi-Elayed" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaouthar Grissa-Lebdi" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/insects12100852" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02796899v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Noel" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaouthar Lebdi-Grissa" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14411/eje.2020.017" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02333821v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Vanderpoorten" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenna&#235;l Bataille" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine No&#235;l" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00248-018-1265-2" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01872980v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mercedes M. P&#233;rez-Jim&#233;nez" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour Fattouh" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Landmann" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.devcel.2018.03.017" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02333834v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Fakhour" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Ambroise" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Gala" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsec/fiy003" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01959651v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer A.-L. M. Pirotte" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ange Lorenzi" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/jeb.185645" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02333826v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alina Grigorescu" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Sabri" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00248-017-1092-x" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02333847v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Champagne" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Degand" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Faber" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Morsomme" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7717/peerj.3291" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02333852v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Muratori" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eea.12273" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-BNTW8HQH-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02333855v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelmounaim Errachid" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0122099" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02333860v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Grigorescu" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sabri" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Haubruge" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lognay" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.00767-14" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-01921773v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Martinez" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Gibert" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Desouhant" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00766585v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Voituron" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Larvor" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Renault" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cbpa.2012.10.018" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6PHKNB8F-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02333295v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Amat" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Besnard" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Pelosse" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Bernstein" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2311.2012.01388.x" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-MJZ39PST-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00769257v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Fran&#231;ois Pelisson" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Bel-Venner" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Venner" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-3032.2012.00831.x" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-W2Q1CK21-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01917029v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00114-011-0818-8" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-KK4B7PL6-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00662533v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Chardonnet" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Delava" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Multeau" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Vigneron" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00379271.2011.10697745" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643034v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095720v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095733v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04295207v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04295219v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03726525v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03827196v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>