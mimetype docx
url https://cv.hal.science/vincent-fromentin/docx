--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -2876,178 +2876,178 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02537715v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luxembourg’s Financial Service Cluster and Cross-Border Workers : Propositions for Theoretical and Econometric Analyses</w:t>
+                <w:t xml:space="preserve">Cross-border Workers and Financial Instability: A Frequency Domain Causality Analysis Applied to the Luxembourg Financial Center</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Fromentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yamina Tadjeddine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Association for Borderlands Studies 2nd World Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2018, Vienna, Austria</w:t>
+              <w:t xml:space="preserve">World Finance &amp; Banking Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2018, Taiwan, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02512243v1</w:t>
+                <w:t xml:space="preserve">hal-02512235v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cross-border Workers and Financial Instability: A Frequency Domain Causality Analysis Applied to the Luxembourg Financial Center</w:t>
+                <w:t xml:space="preserve">Luxembourg’s Financial Service Cluster and Cross-Border Workers : Propositions for Theoretical and Econometric Analyses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Fromentin</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yamina Tadjeddine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">World Finance &amp; Banking Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2018, Taiwan, China</w:t>
+              <w:t xml:space="preserve">Association for Borderlands Studies 2nd World Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Vienna, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02512235v1</w:t>
+                <w:t xml:space="preserve">hal-02512243v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Migrant’s remittances and Financial Development in Latin America and the Caribbean countries: A dynamic approach</w:t>
               </w:r>
@@ -4391,51 +4391,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05165676v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Cieply" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Fromentin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Moroz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Peltre" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slim Souissi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ecofi.158.0259" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700875v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Maroun" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.qref.2024.05.001" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700853v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gunther Capelle-Blancard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesse Grabowski" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0308518X241269363" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04530296v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Pecchioli" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.frl.2024.105345" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206763v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azhar Mohamad" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eneco.2023.107001" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04076250v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Tahar Benkhodja" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaofei Ma" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2023.137166" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206765v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.frl.2022.103073" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03451701v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13504851.2021.1987378" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062681v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Weber" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joris Michel" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03159166v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062468v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00036846.2021.1877251" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02131192v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Leon" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ribaf.2018.12.010" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02131186v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yamina Tadjeddine" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13504851.2019.1613496" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02152596v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/rode.12368" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02152600v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.qref.2017.02.006" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02152608v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Damette" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benteng Zou" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/twec.12394" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02512222v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yiwen Chen" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioana Salagean" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15609/annaeconstat2009.135.0069" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01369850v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10168737.2014.894550" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01370242v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reco.pr2.0044" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01369862v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Louargant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01369788v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/med.168.0129" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01369723v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0313-5926(13)50003-8" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01369146v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Komivi Afawubo" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5897/AJBM2015.7861" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01369297v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00036846.2012.661400" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01380863v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01380719v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04641906v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04641933v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04641942v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02512231v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02537715v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Salesina" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02512243v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02512235v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02512262v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02512256v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Dongmo" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01375699v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01375611v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01375674v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Neuberg" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Chauvet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05458374v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Lelievre" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://Routledge international studies in money and banking" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003307846" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03709914v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64628/AAK.7x3tr76fr" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03359998v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03192569v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Belkacem" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64628/AAK.99eturgmg" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03013927v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319781v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Beine" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01752738v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2010NAN20016" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03592468v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05165676v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Cieply" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Fromentin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Moroz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Peltre" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slim Souissi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ecofi.158.0259" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700875v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Maroun" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.qref.2024.05.001" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700853v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gunther Capelle-Blancard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesse Grabowski" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0308518X241269363" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04530296v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Pecchioli" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.frl.2024.105345" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206763v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azhar Mohamad" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eneco.2023.107001" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04076250v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Tahar Benkhodja" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaofei Ma" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2023.137166" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206765v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.frl.2022.103073" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03451701v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13504851.2021.1987378" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062681v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Weber" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joris Michel" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03159166v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062468v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00036846.2021.1877251" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02131192v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Leon" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ribaf.2018.12.010" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02131186v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yamina Tadjeddine" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13504851.2019.1613496" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02152596v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/rode.12368" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02152600v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.qref.2017.02.006" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02152608v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Damette" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benteng Zou" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/twec.12394" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02512222v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yiwen Chen" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioana Salagean" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15609/annaeconstat2009.135.0069" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01369850v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10168737.2014.894550" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01370242v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reco.pr2.0044" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01369862v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Louargant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01369788v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/med.168.0129" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01369723v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0313-5926(13)50003-8" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01369146v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Komivi Afawubo" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5897/AJBM2015.7861" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01369297v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00036846.2012.661400" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01380863v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01380719v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04641906v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04641933v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04641942v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02512231v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02537715v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Salesina" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02512235v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02512243v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02512262v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02512256v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Dongmo" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01375699v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01375611v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01375674v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Neuberg" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Chauvet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05458374v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Lelievre" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://Routledge international studies in money and banking" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003307846" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03709914v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64628/AAK.7x3tr76fr" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03359998v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03192569v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Belkacem" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64628/AAK.99eturgmg" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03013927v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319781v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Beine" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01752738v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2010NAN20016" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03592468v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>