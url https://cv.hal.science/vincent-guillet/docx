--- v0 (2026-03-05)
+++ v1 (2026-03-28)
@@ -472,542 +472,542 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04531554v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fast methods to track grain coagulation and ionization. III. Protostellar collapse with non-ideal MHD</w:t>
+                <w:t xml:space="preserve">Frequency dependence of the thermal dust $E/B$ ratio and $EB$ correlation: insights from the spin-moment expansion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Marchand</w:t>
+                <w:t xml:space="preserve">Léo Vacher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ugo Lebreuilly</w:t>
+                <w:t xml:space="preserve">Jonathan Aumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mordecai-Mark Mac Low</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Francois Boulanger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Montier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Guillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 670, pp.A61. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202244291⟩</w:t>
+              <w:t xml:space="preserve">, 2023, 672, pp.A146. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202245292⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03926347v1</w:t>
+                <w:t xml:space="preserve">hal-03862343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dust polarization spectral dependence from Planck HFI data. Turning point on CMB polarization foregrounds modelling</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Protostellar collapse simulations in spherical geometry with dust coagulation and fragmentation.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francois Boulanger</w:t>
+                <w:t xml:space="preserve">Ugo Lebreuilly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Vallucci-Goy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Loup Puget</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Maxime Lombart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Marchand</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202244269⟩</w:t>
+              <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 518 (3), pp.3326-3343. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/mnras/stac3220⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03710233v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-03867373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frequency dependence of the thermal dust $E/B$ ratio and $EB$ correlation: insights from the spin-moment expansion</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Léo Vacher</w:t>
+                <w:t xml:space="preserve">Fast methods to track grain coagulation and ionization. III. Protostellar collapse with non-ideal MHD</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Marchand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ugo Lebreuilly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jonathan Aumont</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mordecai-Mark Mac Low</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Guillet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 672, pp.A146. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202245292⟩</w:t>
+              <w:t xml:space="preserve">, 2023, 670, pp.A61. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202244291⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03862343v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03926347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Protostellar collapse simulations in spherical geometry with dust coagulation and fragmentation.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ugo Lebreuilly</w:t>
+                <w:t xml:space="preserve">Dust polarization spectral dependence from Planck HFI data. Turning point on CMB polarization foregrounds modelling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessia Ritacco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Boulanger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valentin Vallucci-Goy</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Vincent Guillet</w:t>
+                <w:t xml:space="preserve">Jean-Marc Delouis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime Lombart</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jean-Loup Puget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 518 (3), pp.3326-3343. </w:t>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 670, pp.A163. </w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/mnras/stac3220⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202244269⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-03867373v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03710233v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Performance of the polarization leakage correction in the PILOT data</w:t>
               </w:r>
@@ -1127,90 +1127,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fast methods to track grain coagulation and ionization. II. Extension to thermal ionization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ugo Lebreuilly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mordecai-Mark Mac Low</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 666, pp.A27. </w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1355,546 +1355,546 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03552893v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A statistical analysis of dust polarization properties in ALMA observations of Class 0 protostellar cores</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dust coagulation feedback on magnetohydrodynamic resistivities in protostellar collapse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Guillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. J. M. Le Gouellec</w:t>
+                <w:t xml:space="preserve">P. Hennebelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. J. Maury</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">V. Guillet</w:t>
+                <w:t xml:space="preserve">G. Pineau Des Forêts</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. L. H. Hull</w:t>
+                <w:t xml:space="preserve">Alexandre Marcowith</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. M. Girart</w:t>
+                <w:t xml:space="preserve">B. Commerçon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 644, pp.A11. </w:t>
+              <w:t xml:space="preserve">, 2020, 643, pp.A17. </w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202038404⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201937387⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03022872v1</w:t>
+                <w:t xml:space="preserve">hal-03034835v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polarized emission by aligned grains in the Mie regime: Application to protoplanetary disks observed by ALMA</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Planck 2018 results XII. Galactic astrophysics using polarized dust emission</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. O. Alves</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">N. Aghanim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yashar Akrami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. I. R. Alves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Ashdown</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Aumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 634, pp.L15. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/201937314⟩</w:t>
+              <w:t xml:space="preserve">, 2020, 641, pp.A12. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201833885⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-02487863v1</w:t>
+                <w:t xml:space="preserve">cea-02936943v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dust coagulation feedback on magnetohydrodynamic resistivities in protostellar collapse</w:t>
+                <w:t xml:space="preserve">Polarized emission by aligned grains in the Mie regime: Application to protoplanetary disks observed by ALMA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. M. Girart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. J. Maury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. O. Alves</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 643, pp.A17. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/201937387⟩</w:t>
+              <w:t xml:space="preserve">, 2020, 634, pp.L15. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201937314⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03034835v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-02487863v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Planck 2018 results XII. Galactic astrophysics using polarized dust emission</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A statistical analysis of dust polarization properties in ALMA observations of Class 0 protostellar cores</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Ashdown</w:t>
+                <w:t xml:space="preserve">V. J. M. Le Gouellec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. J. Maury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Aumont</w:t>
+                <w:t xml:space="preserve">C. L. H. Hull</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. M. Girart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 641, pp.A12. </w:t>
+              <w:t xml:space="preserve">, 2020, 644, pp.A11. </w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/201833885⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202038404⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-02936943v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03022872v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A systematic study of radiative torque grain alignment in the diffuse interstellar medium</w:t>
               </w:r>
@@ -1932,51 +1932,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Brauer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Levrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Boulanger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 640, pp.A118. </w:t>
@@ -2014,77 +2014,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Planck 2018 results XI. Polarized dust foregrounds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yashar Akrami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Ashdown</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Aumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Baccigalupi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2295,51 +2295,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The geometry of the magnetic field in the central molecular zone measured by PILOT</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Mangilli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Aumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-Ph. Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2710,51 +2710,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Fanciullo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Boulanger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Jones</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2795,831 +2795,831 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02022165v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Planck intermediate results. XXIX. All-sky dust modelling with Planck, IRAS, and WISE observations</w:t>
+                <w:t xml:space="preserve">Planck intermediate results XXXV. Probing the role of the magnetic field in the formation of structure in molecular clouds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P.A.R. Ade</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId75" w:history="1">
+                <w:t xml:space="preserve">Planck Collaboration</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. A. R. Ade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Aghanim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. I. R. Alves</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">G. Aniano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 586, pp.A132. </w:t>
+              <w:t xml:space="preserve">, 2016, 586, pp.A138. </w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/201424945⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201525896⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-01067245v1</w:t>
+                <w:t xml:space="preserve">hal-02137621v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Planck intermediate results. XXX. The angular power spectrum of polarized dust emission at intermediate and high Galactic latitudes</w:t>
+                <w:t xml:space="preserve">Planck intermediate results. XXIX. All-sky dust modelling with Planck, IRAS, and WISE observations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Adam</w:t>
+                <w:t xml:space="preserve">P.A.R. Ade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Aghanim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. I. R. Alves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. A. R. Ade</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">N. Aghanim</w:t>
+                <w:t xml:space="preserve">G. Aniano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Arnaud</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">J. Aumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 586, pp.A133. </w:t>
+              <w:t xml:space="preserve">, 2016, 586, pp.A132. </w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/201425034⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201424945⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-01067254v1</w:t>
+                <w:t xml:space="preserve">in2p3-01067245v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magnetic field morphology in nearby molecular clouds as revealed by starlight and submillimetre polarization</w:t>
+                <w:t xml:space="preserve">Planck intermediate results. XXX. The angular power spectrum of polarized dust emission at intermediate and high Galactic latitudes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. D. Soler</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">E. Falgarone</w:t>
+                <w:t xml:space="preserve">R. Adam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. A. R. Ade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Aghanim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Arnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Aumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 596, pp.A93. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/201628996⟩</w:t>
+              <w:t xml:space="preserve">, 2016, 586, pp.A133. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201425034⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01465843v1</w:t>
+                <w:t xml:space="preserve">in2p3-01067254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Planck intermediate results. XLIV. Structure of the Galactic magnetic field from dust polarization maps of the southern Galactic cap</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">M. I. R. Alves</w:t>
+                <w:t xml:space="preserve">Magnetic field morphology in nearby molecular clouds as revealed by starlight and submillimetre polarization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. D. Soler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Alves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Boulanger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bracco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Arzoumanian</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">C. Baccigalupi</w:t>
+                <w:t xml:space="preserve">E. Falgarone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 596, pp.A105. </w:t>
+              <w:t xml:space="preserve">, 2016, 596, pp.A93. </w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/201628636⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201628996⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03645030v1</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01465843v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Planck intermediate results. XXXIII. Signature of the magnetic field geometry of interstellar filaments in dust polarization maps</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Planck intermediate results. XLIV. Structure of the Galactic magnetic field from dust polarization maps of the southern Galactic cap</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Aghanim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. I. R. Alves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Planck Collaboration</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">M. Arnaud</w:t>
+                <w:t xml:space="preserve">D. Arzoumanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Aumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Baccigalupi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 586, pp.A136. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/201425305⟩</w:t>
+              <w:t xml:space="preserve">, 2016, 596, pp.A105. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201628636⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02022195v1</w:t>
+                <w:t xml:space="preserve">hal-03645030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Planck intermediate results XXXV. Probing the role of the magnetic field in the formation of structure in molecular clouds</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId135" w:history="1">
+                <w:t xml:space="preserve">Planck intermediate results. XXXIII. Signature of the magnetic field geometry of interstellar filaments in dust polarization maps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Planck Collaboration</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Ade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Aghanim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">M. I. R. Alves</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Alves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 586, pp.A138. </w:t>
+              <w:t xml:space="preserve">, 2016, 586, pp.A136. </w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/201525896⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201425305⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02137621v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02022195v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Planck intermediate results. XXXVIII. E- and B-modes of dust polarization from the magnetized filamentary structure of the interstellar medium</w:t>
               </w:r>
@@ -3837,351 +3837,351 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02022163v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Planck intermediate results. XXXII. The relative orientation between the magnetic field and structures traced by interstellar dust</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Planck intermediate results. XXXIV. The magnetic field structure in the Rosette Nebula</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Aghanim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. I. R. Alves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Arnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Planck Collaboration</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">R. Alves</w:t>
+                <w:t xml:space="preserve">D. Arzoumanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Aumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 586, pp.A135. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/201425044⟩</w:t>
+              <w:t xml:space="preserve">, 2016, 586, pp.A137. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201525616⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02022197v1</w:t>
+                <w:t xml:space="preserve">hal-03645222v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Planck intermediate results. XXXIV. The magnetic field structure in the Rosette Nebula</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId75" w:history="1">
+                <w:t xml:space="preserve">Planck intermediate results. XXXII. The relative orientation between the magnetic field and structures traced by interstellar dust</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Planck Collaboration</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Adam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Ade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Aghanim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">J. Aumont</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Alves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 586, pp.A137. </w:t>
+              <w:t xml:space="preserve">, 2016, 586, pp.A135. </w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/201525616⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201425044⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03645222v1</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02022197v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Planck intermediate results. XXII. Frequency dependence of thermal emission from Galactic dust in intensity and polarization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. A. R. Ade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. I. R. Alves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Aniano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Armitage-Caplan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4239,230 +4239,230 @@
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-01000147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Planck intermediate results. XIX. An overview of the polarized thermal emission from Galactic dust</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dust models post- Planck : constraining the far-infrared opacity of dust in the diffuse interstellar medium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Fanciullo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Guillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. A. R. Ade</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">C. Armitage-Caplan</w:t>
+                <w:t xml:space="preserve">G. Aniano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Jones</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Ysard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 576, pp.A104. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/201424082⟩</w:t>
+              <w:t xml:space="preserve">, 2015, 580, pp.A136. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201525677⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-01000103v1</w:t>
+                <w:t xml:space="preserve">hal-02022386v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Planck intermediate results. XXI. Comparison of polarized thermal emission from Galactic dust at 353 GHz with interstellar polarization in the visible</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. A. R. Ade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Aghanim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Alina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Aniano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Armitage-Caplan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4477,260 +4477,260 @@
               <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 576, pp.A106. </w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1051/0004-6361/201424087⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-01000134v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dust models post- Planck : constraining the far-infrared opacity of dust in the diffuse interstellar medium</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Planck intermediate results. XIX. An overview of the polarized thermal emission from Galactic dust</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Aniano</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">N. Ysard</w:t>
+                <w:t xml:space="preserve">P. A. R. Ade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Aghanim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Alina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. I. R. Alves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Armitage-Caplan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 580, pp.A136. </w:t>
+              <w:t xml:space="preserve">, 2015, 576, pp.A104. </w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/201525677⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201424082⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02022386v1</w:t>
+                <w:t xml:space="preserve">in2p3-01000103v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Planck intermediate results. XX. Comparison of polarized thermal emission from Galactic dust with simulations of MHD turbulence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. A. R. Ade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Aghanim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. I. R. Alves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Aniano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Armitage-Caplan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4833,51 +4833,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Levrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Tristram</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Alina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 574, pp.A136. </w:t>
@@ -4909,295 +4909,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-01076567v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Planck intermediate results. XVII. Emission of dust in the diffuse interstellar medium from the far-infrared to microwave frequencies</w:t>
+                <w:t xml:space="preserve">Planck 2013 results. XI. All-sky model of thermal dust emission</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Abergel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. A. R. Ade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Aghanim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Alina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. I. R. Alves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 566, pp.A55. </w:t>
+              <w:t xml:space="preserve">, 2014, 571, pp.A11. </w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/201323270⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201323195⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00921372v1</w:t>
+                <w:t xml:space="preserve">in2p3-00914508v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Planck 2013 results. XI. All-sky model of thermal dust emission</w:t>
+                <w:t xml:space="preserve">Planck intermediate results. XVII. Emission of dust in the diffuse interstellar medium from the far-infrared to microwave frequencies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Abergel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. A. R. Ade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Aghanim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Alina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. I. R. Alves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 571, pp.A11. </w:t>
+              <w:t xml:space="preserve">, 2014, 566, pp.A55. </w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/201323195⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201323270⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00914508v1</w:t>
+                <w:t xml:space="preserve">in2p3-00921372v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The cycling of carbon into and out of dust</w:t>
               </w:r>
@@ -5477,51 +5477,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Anderl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Pineau Des Forêts</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Flower</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5836,90 +5836,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Planck early results. XXV. Thermal dust in nearby molecular clouds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Planck Collaboration</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Abergel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. A. R. Ade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Aghanim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5983,51 +5983,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shocks in dense clouds. III. Dust processing and feedback effects in C-type shocks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Pineau Des Forêts</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Jones</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6204,51 +6204,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Jones</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Pineau Des Forêts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EAS Publications Series</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 35, pp.219-241. </w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6320,51 +6320,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Jones</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Pineau Des Forêts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 497 (1), pp.145-153. </w:t>
             </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6411,51 +6411,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shocks in dense clouds. I. Dust dynamics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Pineau Des Forêts</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Jones</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6586,51 +6586,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Roussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Choubani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Alina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -6939,51 +6939,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="89033212"/>
+    <w:nsid w:val="10EE051D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7170,51 +7170,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/vincent-guillet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8881-3094" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/143086464" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128070v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Callies" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Guillet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Marcowith" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Meliani" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lesaffre" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202554074" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531554v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Ysard" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony P. Jones" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Guillet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Demyk" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Decleir" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202348391" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03926347v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Marchand" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugo Lebreuilly" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mordecai-Mark Mac Low" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202244291" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03710233v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessia Ritacco" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Boulanger" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Delouis" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Loup Puget" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202244269" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03862343v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Vacher" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Aumont" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Montier" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202245292" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03867373v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Vallucci-Goy" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Lombart" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stac3220" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04246868v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-Ph. Bernard" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Bernard" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Roussel" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilyes Choubani" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dana Alina" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10686-022-09882-5" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03587594v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202142551" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03552893v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Marchand" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U. Lebreuilly" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.M. Mac Low" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202040077" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03022872v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. J. M. Le Gouellec" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. J. Maury" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. L. H. Hull" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. M. Girart" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202038404" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02487863v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. O. Alves" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201937314" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03034835v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Hennebelle" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Pineau Des For&#234;ts" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Marcowith" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Commer&#231;on" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201937387" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02936943v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Aghanim" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yashar Akrami" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. I. R. Alves" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ashdown" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Aumont" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201833885" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02939896v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Reissl" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Brauer" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Levrier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201937177" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02936944v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Baccigalupi" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ballardini" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201832618" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02290782v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeska Valdivia" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#235;lle Maury" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Hennebelle" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Galametz" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stz2056" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02294959v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mangilli" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-Ph. Bernard" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Buzzelli" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. de Gasperis" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201935072" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022166v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Fanciullo" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Verstraete" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Boulanger" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Jones" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201630271" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02907068v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mika Juvela" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tie T. Liu" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Ristorcelli" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veli-Matti Pelkonen" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201833245" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022165v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201630373" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01067245v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.A.R. Ade" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Aniano" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Arnaud" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201424945" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01067254v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Adam" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. A. R. Ade" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201425034" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01465843v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. D. Soler" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Alves" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bracco" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Falgarone" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201628996" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03645030v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Arzoumanian" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201628636" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022195v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Planck Collaboration" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ade" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Alves" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201425305" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02137621v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201525896" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03645220v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Zonca" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Zacchei" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Yvon" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. K. Wehus" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. D. Wandelt" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201526506" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022163v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Even" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Balland" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0143-0807/37/6/065707" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022197v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ade" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Alves" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201425044" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03645222v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201525616" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01000147v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Armitage-Caplan" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201424088" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01000103v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Alina" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201424082" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01000134v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201424087" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022386v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201525677" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01000126v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201424086" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01076567v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Montier" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Plaszczynski" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Levrier" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Tristram" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201424451" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00921372v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Abergel" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201323270" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00914508v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201323195" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02137728v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Ysard" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie K&#246;hler" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lapo Fanciullo" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Bocchio" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C3FD00128H" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02137731v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. P. Jones" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. K&#246;hler" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201321686" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022154v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Anderl" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Flower" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201321399" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022157v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Juvela" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201118420" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022158v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Stepnik" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201218975" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/in2p3-00644571v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201116483" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022153v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201015973" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022155v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201016379" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022131v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/eas/0935012" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/9848E757899EF604FEB76EC735F4C1A04C6C9345/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022152v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/200811115" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022128v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361:20078094" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03780616v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bernard" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Roussel" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Choubani" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00332738v2" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02022595v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/vincent-guillet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8881-3094" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/143086464" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128070v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Callies" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Guillet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Marcowith" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Meliani" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lesaffre" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202554074" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531554v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Ysard" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony P. Jones" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Guillet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Demyk" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Decleir" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202348391" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03862343v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Vacher" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Aumont" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Boulanger" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Montier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202245292" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03867373v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugo Lebreuilly" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Vallucci-Goy" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Lombart" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Marchand" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stac3220" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03926347v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mordecai-Mark Mac Low" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202244291" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03710233v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessia Ritacco" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Delouis" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Loup Puget" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202244269" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04246868v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-Ph. Bernard" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Bernard" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Roussel" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilyes Choubani" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dana Alina" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10686-022-09882-5" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03587594v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202142551" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03552893v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Marchand" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U. Lebreuilly" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.M. Mac Low" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202040077" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03034835v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Hennebelle" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Pineau Des For&#234;ts" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Marcowith" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Commer&#231;on" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201937387" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02936943v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Aghanim" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yashar Akrami" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. I. R. Alves" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ashdown" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Aumont" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201833885" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02487863v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. M. Girart" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. J. Maury" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. O. Alves" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201937314" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03022872v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. J. M. Le Gouellec" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. L. H. Hull" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202038404" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02939896v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Reissl" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Brauer" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Levrier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201937177" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02936944v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Baccigalupi" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ballardini" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201832618" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02290782v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeska Valdivia" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#235;lle Maury" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Hennebelle" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Galametz" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stz2056" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02294959v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mangilli" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-Ph. Bernard" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Buzzelli" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. de Gasperis" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201935072" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022166v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Fanciullo" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Verstraete" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Boulanger" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Jones" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201630271" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02907068v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mika Juvela" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tie T. Liu" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Ristorcelli" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veli-Matti Pelkonen" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201833245" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022165v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201630373" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02137621v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Planck Collaboration" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. A. R. Ade" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Arnaud" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201525896" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01067245v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.A.R. Ade" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Aniano" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201424945" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01067254v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Adam" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201425034" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01465843v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. D. Soler" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Alves" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bracco" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Falgarone" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201628996" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03645030v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Arzoumanian" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201628636" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022195v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ade" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Alves" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201425305" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03645220v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Zonca" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Zacchei" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Yvon" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. K. Wehus" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. D. Wandelt" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201526506" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022163v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Even" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Balland" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0143-0807/37/6/065707" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03645222v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201525616" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022197v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ade" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Alves" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201425044" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01000147v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Armitage-Caplan" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201424088" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022386v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201525677" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01000134v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Alina" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201424087" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01000103v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201424082" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01000126v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201424086" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01076567v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Montier" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Plaszczynski" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Levrier" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Tristram" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201424451" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00914508v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Abergel" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201323195" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00921372v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201323270" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02137728v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Ysard" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie K&#246;hler" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lapo Fanciullo" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Bocchio" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C3FD00128H" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02137731v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. P. Jones" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. K&#246;hler" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201321686" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022154v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Anderl" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Flower" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201321399" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022157v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Juvela" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201118420" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022158v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Stepnik" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201218975" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/in2p3-00644571v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201116483" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022153v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201015973" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022155v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201016379" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022131v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/eas/0935012" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/9848E757899EF604FEB76EC735F4C1A04C6C9345/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022152v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/200811115" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022128v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361:20078094" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03780616v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bernard" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Roussel" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Choubani" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00332738v2" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02022595v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>