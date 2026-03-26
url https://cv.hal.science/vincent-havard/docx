--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -841,51 +841,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04305917v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A VR training scenario editor for operation in construction based on BIM 4D and domain expert authoring</w:t>
+                <w:t xml:space="preserve">BIM data flow architecture with AR/VR technologies: Use cases in architecture, engineering and construction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Schiavi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Havard</w:t>
@@ -903,106 +903,106 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Karim Beddiar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Baudry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Smart and Sustainable Built Environment</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, </w:t>
+              <w:t xml:space="preserve">Automation in Construction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 134, pp.104054. </w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1108/SASBE-06-2022-0125⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.autcon.2021.104054⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04070418v1</w:t>
+                <w:t xml:space="preserve">hal-03967321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">BIM data flow architecture with AR/VR technologies: Use cases in architecture, engineering and construction</w:t>
+                <w:t xml:space="preserve">A VR training scenario editor for operation in construction based on BIM 4D and domain expert authoring</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Schiavi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Havard</w:t>
@@ -1020,82 +1020,82 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Karim Beddiar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Baudry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Automation in Construction</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 134, pp.104054. </w:t>
+              <w:t xml:space="preserve">Smart and Sustainable Built Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.autcon.2021.104054⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1108/SASBE-06-2022-0125⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03967321v1</w:t>
+                <w:t xml:space="preserve">hal-04070418v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Data architecture and model design for Industry 4.0 components integration in cyber-physical production systems</w:t>
               </w:r>
@@ -3757,265 +3757,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04095715v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">UV-Robot supervision system design and development</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">M'Hammed Sahnoun</w:t>
+                <w:t xml:space="preserve">Co-simulation Architecture Between a Digital Twin and a Virtual Reality Environment in an Industrial Context</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Lacomblez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Jeanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Havard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Baudry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">25ème colloque des Sciences de la conception et de l'innovation</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Advances in Manufacturing Technology XXXII</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Peter Thorvald; Keith Case, Sep 2018, Skövde, Sweden. pp.429 - 434, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3233/978-1-61499-902-7-429⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02053320v1</w:t>
+                <w:t xml:space="preserve">hal-04095779v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Co-simulation Architecture Between a Digital Twin and a Virtual Reality Environment in an Industrial Context</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Benoit Jeanne</w:t>
+                <w:t xml:space="preserve">UV-Robot supervision system design and development</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chawki El Zant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Klement</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Belgacem Bettayeb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M'Hammed Sahnoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Havard</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">David Baudry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advances in Manufacturing Technology XXXII</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">25ème colloque des Sciences de la conception et de l'innovation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Budapest, Hungary</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04095779v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02053320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude de cas sur une maintenance complexe: comparatif entre un support tablette PDF et un support tablette en réalité augmentée</w:t>
               </w:r>
@@ -5470,51 +5470,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05056077v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Feddoul" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Ragot" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Duval" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Havard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Baudry" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aei.2025.103450" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05175930v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toufik Benmessabih" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rim Slama" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engappai.2025.111710" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04397379v2" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engappai.2024.107850" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04402202v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Marie Kamdjou" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Ouchani" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OJCOMS.2024.3356508" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04064208v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mejdi Dallel" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohan Dupuis" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engappai.2022.105655" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04305917v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00170-023-12291-3" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04070418v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Schiavi" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Beddiar" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/SASBE-06-2022-0125" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03967321v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.autcon.2021.104054" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04069993v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#8217;hammed Sahnoun" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belgacem Bettayeb" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0954405420979463" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095479v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Killian Richard" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan His" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aei.2021.101425" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095489v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Jeanne" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Louis" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Savatier" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10055-020-00493-z" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095516v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51257/a-v1-sf610" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095532v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Lacomblez" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21693277.2019.1660283" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05364587v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sunil Choudhary" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON58223.2025.11221686" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05056403v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04702442v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIEA61579.2024.10664975" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04108079v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Courallet" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Delalin" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2139/ssrn.4457032" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04080307v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Bounhar" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zaher Yamak" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VRW55335.2022.00045" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03998451v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3529399.3529425" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04065625v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Noblecourt" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Bourgoin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3489849.3489918" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04110553v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Badets" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Blandin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098107v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04070473v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-90739-6_8" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095505v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-87595-4_38" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095508v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICHMS49158.2020.9209531" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098131v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04065208v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahlem Assila" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taisa Guidini Gon&#231;alves" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amira Dhouib" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-49695-1_25" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093920v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Briant" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Pillon" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04108287v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Denais" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095737v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M'hammed Sahnoun" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/ATDE190015" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095715v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anirudh Trigunayat" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2019.04.016" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02053320v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chawki El Zant" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Klement" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M'Hammed Sahnoun" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095779v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/978-1-61499-902-7-429" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04108283v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04108285v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Killian" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04109457v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04108086v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oulimatou Thiam" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098059v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CoDIT.2017.8102608" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05048829v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.32040/2242-122X.2024.T432" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04592968v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Maillard" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098079v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;lahc&#232;ne Mazari" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VR.2015.7223429" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05175960v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-92591-7_11" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02092958v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-40621-3_22" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01713362v2" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018NORMR001" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05056077v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Feddoul" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Ragot" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Duval" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Havard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Baudry" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aei.2025.103450" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05175930v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toufik Benmessabih" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rim Slama" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engappai.2025.111710" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04397379v2" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engappai.2024.107850" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04402202v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Marie Kamdjou" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Ouchani" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OJCOMS.2024.3356508" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04064208v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mejdi Dallel" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohan Dupuis" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engappai.2022.105655" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04305917v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00170-023-12291-3" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03967321v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Schiavi" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Beddiar" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.autcon.2021.104054" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04070418v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/SASBE-06-2022-0125" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04069993v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#8217;hammed Sahnoun" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belgacem Bettayeb" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0954405420979463" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095479v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Killian Richard" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan His" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aei.2021.101425" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095489v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Jeanne" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Louis" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Savatier" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10055-020-00493-z" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095516v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51257/a-v1-sf610" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095532v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Lacomblez" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21693277.2019.1660283" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05364587v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sunil Choudhary" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON58223.2025.11221686" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05056403v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04702442v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIEA61579.2024.10664975" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04108079v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Courallet" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Delalin" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2139/ssrn.4457032" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04080307v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Bounhar" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zaher Yamak" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VRW55335.2022.00045" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03998451v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3529399.3529425" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04065625v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Noblecourt" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Bourgoin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3489849.3489918" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04110553v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Badets" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Blandin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098107v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04070473v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-90739-6_8" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095505v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-87595-4_38" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095508v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICHMS49158.2020.9209531" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098131v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04065208v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahlem Assila" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taisa Guidini Gon&#231;alves" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amira Dhouib" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-49695-1_25" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093920v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Briant" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Pillon" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04108287v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Denais" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095737v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M'hammed Sahnoun" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/ATDE190015" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095715v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anirudh Trigunayat" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2019.04.016" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095779v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/978-1-61499-902-7-429" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02053320v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chawki El Zant" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Klement" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M'Hammed Sahnoun" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04108283v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04108285v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Killian" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04109457v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04108086v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oulimatou Thiam" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098059v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CoDIT.2017.8102608" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05048829v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.32040/2242-122X.2024.T432" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04592968v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Maillard" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098079v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;lahc&#232;ne Mazari" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VR.2015.7223429" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05175960v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-92591-7_11" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02092958v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-40621-3_22" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01713362v2" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018NORMR001" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>