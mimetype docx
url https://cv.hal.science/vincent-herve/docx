--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Vincent Hervé </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Chargé de recherche INRAE</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">vincent-herve</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-3495-561X</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">180084577</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">I am a microbial ecologist working on microbial diversity (taxonomic and functional) and on the contribution of microorganisms to biogeochemical cycles. I am also interested in related fields such as bioinformatics, statistics, community ecology and biogeosciences.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (52)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beyond species means – the intraspecific contribution to global wood density variation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabian Jörg Fischer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Chave</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amy Zanne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tommaso Jucker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Fajardo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Phytologist</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 249 (6), pp.2630-2651. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/nph.70860⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05463866v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iron fortification modifies the microbial community structure and metabolome of a model surface-ripened cheese</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahtab Shoukat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Sarthou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Claire Peron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Danel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Food Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 427, pp.110971. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijfoodmicro.2024.110971⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04878181v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microbiome Notes—Building a Library of Descriptive Microbial Ecology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gareth Jenkins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric S Boyd</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Danchin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Microbiology Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 17 (2), </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/1758-2229.70085⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05009644v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Together throughout the year: seasonal patterns of bacterial and eukaryotic microbial communities in a macrotidal estuary</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Morelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josie Lambourdière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Jean Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Claquin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Microbiome</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 20 (1), pp.8. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s40793-025-00664-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04903207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Novel Lineage of Endosymbiotic Actinomycetales : Genome Reduction and Acquisition of New Functions in Bifidobacteriaceae Associated With Termite Gut Flagellates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Kästle Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Undine S Mies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katja Platt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreas Brune</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 27 (1), </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/1462-2920.70010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04908819v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sailing together: A review of the pelagic Sargassum microbiome</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D D Cox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A K Stiffler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Léger-Pigout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L C Powers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Harmful Algae</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 148, pp.102904. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.hal.2025.102904⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05137213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Environmental Microbiology and Environmental Microbiology Reports : Two Journals, One Goal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gareth Jenkins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Boyd</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Danchin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Megan Huggett</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 27 (5), pp.e70078. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/1462-2920.70078⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05060033v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metagenomic Profiling and Genome‐Centric Analysis Reveal Iron Acquisition Systems in Cheese‐Associated Bacteria and Fungi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sibylle Tabuteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francoise Irlinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Monnet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 27 (12), </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/1462-2920.70218⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05430755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iron-based microbial interactions: the role of iron metabolism in the cheese ecosystem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rina Mekuli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahtab Shoukat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Dugat-Bony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Bonnarme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Landaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Bacteriology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 207 (5), pp.e00539-24. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1128/jb.00539-24⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05036938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phylogeny, morphology, and ultrastructure of sessilid peritrich ciliates in termite guts, Termitophrya africana and Doliophrys denislynni gen. nov., sp. nov.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renate Radek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Janneke Hassler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katja Platt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hisar Ahmad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Fromm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Protistology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 99, pp.126140. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ejop.2025.126140⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05009632v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genome reduction in novel, obligately methyl-reducing Methanosarcinales isolated from arthropod guts ( Methanolapillus gen. nov. and Methanimicrococcus )</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evgenii Protasov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanna Reeh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pengfei Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anja Poehlein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katja Platt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FEMS Microbiology Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 100 (9), </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/femsec/fiae111⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04760829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unveiling lignocellulolytic potential: a genomic exploration of bacterial lineages within the termite gut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">João Felipe M. Salgado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel a G Vera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaku Tokuda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreas Brune</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microbiome</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 12 (1), pp.201. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s40168-024-01917-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04760839v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genome reduction and horizontal gene transfer in the evolution of Endomicrobia—rise and fall of an intracellular symbiosis with termite gut flagellates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Undine S Mies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tom Kropp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katja Platt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Sillam-Dussès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">mBio</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 15 (6), </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1128/mbio.00826-24⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04760820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pesticide upsurge, cross-contamination and biodiversity: case studies from the Caribbean Coast Human-Environment Observatory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josie Lambourdière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Raymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Foulquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Géoscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 356 (S3), pp.1-22. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5802/crgeos.236⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04288861v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Succession of the microbiota in the gut of reproductives of Macrotermes subhyalinus (Termitidae) at colony foundation gives insights into symbionts transmission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Diouf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Fréchault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josie Lambourdière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdoulaye Baïla Ndiaye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Ecology and Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 10:1055382, </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fevo.2022.1055382⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04019259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abundance, perceptions and utilizations of termite mounds in Cambodia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ratha Muon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chenda Lai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rainer Zaiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ève Bureau-Point</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soil Use and Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 39 (3), pp.1172-1184. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/sum.12893⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04161047v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SnakeMAGs: a simple, efficient, flexible and scalable workflow to reconstruct prokaryotic genomes from metagenomes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nachida Tadrent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dedeine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">F1000Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 11, </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.12688/f1000research.128091.2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04019277v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diversity and taxonomic revision of methanogens and other archaea in the intestinal tract of terrestrial arthropods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evgenii Protasov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James O Nonoh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana M Kästle Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Undine S Mies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 14, </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fmicb.2023.1281628⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04381483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temporal pesticide dynamics alter specific eukaryotic taxa in a coastal transition zone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josie Lambourdière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Poulenard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Jean Lopez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 866, pp.161205. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2022.161205⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03940564v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changes in Bacterial Community Structure Across the Different Life Stages of Black Soldier Fly (Hermetia illucens)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marina Querejeta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elfie Perdereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorène Marchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth A Herniou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microbial ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 86, pp.1254-1267. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00248-022-02146-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03876368v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Termite constructions as patches of soil fertility in Cambodian paddy fields</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ratha Muon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pinnara Ket</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Sebag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanane Aroui Boukbida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Podwojewski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geoderma Régional</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 33, pp.e00640. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.geodrs.2023.e00640⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04098870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MIxS-SA: a MIxS extension defining the minimum information standard for sequence data from symbiont-associated micro-organisms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fátima Jorge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jaelle Brealey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Brindley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Buysse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cinzia Cantacessi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISME Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 2 (1), pp.9. </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s43705-022-00092-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03701954v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The functional evolution of termite gut microbiota</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jigyasa Arora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yukihiro Kinjo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Šobotník</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aleš Buček</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crystal Clitheroe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microbiome</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 10 (1), pp.78. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s40168-022-01258-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03701924v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The impact of termites on soil sheeting properties is better explained by environmental factors than by their feeding and building strategies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Jouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ajay Harit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hemanth Moger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiago Carrijo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geoderma</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 412, pp.115706. </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.geoderma.2022.115706⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03540881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Termite graveyards : Hidden geochemical patches ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Jouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angélique Bultelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irina Djouraev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Caquineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soil Biology and Biochemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 170, pp.108678. </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.soilbio.2022.108678⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03701957v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative Analysis of Brucepastera parasyntrophica gen. nov., sp. nov. and Teretinema zuelzerae gen. nov., comb. nov. ( Treponemataceae ) Reveals the Importance of Interspecies Hydrogen Transfer in the Energy Metabolism of Spirochetes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yulin Song</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Pfeiffer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renate Radek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cameron Hearne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied and Environmental Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 88 (14), </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1128/aem.00503-22⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03794744v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Widespread bacterial diversity within the bacteriome of fungi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aaron J Robinson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey L House</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demosthenes P Morales</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia M Kelliher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Verne Gallegos-Graves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communications Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 4 (1), pp.1168. </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s42003-021-02693-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03701885v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bioturbation and soil resistance to wind erosion in Southern Tunisia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Jouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Henry-Des-Tureaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Bouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Labiadh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Caquineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geoderma</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 403, pp.115198. </w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.geoderma.2021.115198⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03319692v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Long rDNA amplicon sequencing of insect-infecting nephridiophagids reveals their affiliation to the Chytridiomycota and a potential to switch between hosts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jürgen Strassert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Wurzbacher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taraha Antany</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreas Brune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 11 (1), pp.396. </w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-020-79842-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03701902v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Functional Diversity of the Litter-Associated Fungi from an Oxalate-Carbonate Pathway Ecosystem in Madagascar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaële Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Finaritra Randevoson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Cailleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabrielle Rajoelison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microorganisms</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 9 (5), pp.985. </w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/microorganisms9050985⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03701753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sargassum Differentially Shapes the Microbiota Composition and Diversity at Coastal Tide Sites and Inland Storage Sites on Caribbean Islands</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josie Lambourdière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malika René-Trouillefou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Alain Devault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Jean Lopez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 12, pp.701155. </w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fmicb.2021.701155⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03408556v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metabolic Potential for Reductive Acetogenesis and a Novel Energy-Converting [NiFe] Hydrogenase in Bathyarchaeia From Termite Guts – A Genome-Centric Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hui Qi Loh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreas Brune</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 11, </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fmicb.2020.635786⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03701837v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization and phylogenomic analysis of Breznakiella homolactica gen. nov. sp. nov. indicate that termite gut treponemes evolved from non‐acetogenic spirochetes in cockroaches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yulin Song</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renate Radek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Pfeiffer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hao Zheng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 23 (8), pp.4228-4245. </w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/1462-2920.15600⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03701894v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biotic and abiotic factors shape arbuscular mycorrhizal fungal communities associated with the roots of the widespread fern Botrychium lunaria (Ophioglossaceae)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Alexandre Sandoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saskia Bindschedler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dauphin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Farinelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jason Grant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Microbiology Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 12 (3), pp.342-354. </w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/1758-2229.12840⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03701741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phylogenomic analysis of 589 metagenome-assembled genomes encompassing all major prokaryotic lineages from the gut of higher termites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pengfei Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carsten Dietrich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Sillam-Dussès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petr Stiblik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PeerJ</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 8, pp.e8614. </w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7717/peerj.8614⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03701727v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of interdomain taxonomic patterns in urban street mats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Jean Lopez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/1462-2920.14933⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02481152v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient but occasionally imperfect vertical transmission of gut mutualistic protists in a wood‐feeding termite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Michaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géraldine Dubreuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Bézier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 29, pp.308-324. </w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/mec.15322⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02439757v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evidence from the gut microbiota of swarming alates of a vertical transmission of the bacterial symbionts in Nasutitermes arborum (Termitidae, Nasutitermitinae)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Diouf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Mora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Frechault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Antonie van Leeuwenhoek</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 111 (4), pp.573-587. </w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10482-017-0978-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03701688v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aquatic urban ecology at the scale of a capital: community structure and interactions in street gutters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albert da Silva Pires</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Jean Lopez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The International Society of Microbiologial Ecology Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 12 (1), pp.253 - 266. </w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/ismej.2017.166⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01761460v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carbonate Accumulation in the Bark of Terminalia bellirica : A New Habitat for the Oxalate-Carbonate Pathway</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Clerc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Cailleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Bueche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Junier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geomicrobiology Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 35 (1), pp.31-39. </w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/01490451.2017.1309087⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03701715v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variations in the relative abundance of Wolbachia in the gut of Nasutitermes arborum across life stages and castes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Diouf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edouard Miambi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Mora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Frechault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FEMS Microbiology Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 365 (7), </w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/femsle/fny046⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03701683v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bacterial-fungal interactions: ecology, mechanisms and challenges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Deveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Bonito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessie Uehling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Paoletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthias Becker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FEMS Microbiology Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 42 (3), pp.335-352. </w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/femsre/fuy008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01954717v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring the diversity of the root-associated microbiome of Ilex paraguariensis St. Hil. (Yerba Mate)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V.M. Bergottini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.A. Sosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.B. Otegui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.D. Zapata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Soil Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 109, pp.23-31. </w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apsoil.2016.09.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03701678v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The complete mitochondrial genomes of the higher termites Labiotermes labralis and Embiratermes neotenicus (Termitidae: Syntermitinae)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreas Brune</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mitochondrial DNA Part B Resources</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 2 (1), pp.109-110. </w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/23802359.2017.1289349⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03695665v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diversity and ecology of oxalotrophic bacteria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Junier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saskia Bindschedler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Verrecchia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pilar Junier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">World Journal of Microbiology and Biotechnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 32 (2), pp.28. </w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11274-015-1982-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03695697v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of Phanerochaete chrysosporium on the Functional Diversity of Bacterial Communities Associated with Decaying Wood</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Ketter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Pierrat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Gelhaye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Frey-Klett</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 11 (1), pp.1-17. </w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0147100⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01579573v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An in situ inventory of fungi and their associated migrating bacteria in forest soils using fungal highway columns</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaele Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrej Al-Dourobi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Verrecchia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pilar Junier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FEMS Microbiology Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 93 (1), pp.fiw217. </w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/femsec/fiw217⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03701681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MLgsc: A Maximum-Likelihood General Sequence Classifier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Junier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tina Wunderlin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pilar Junier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 10 (7), pp.e0129384. </w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0129384⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03695692v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Profiling the Succession of Bacterial Communities throughout the Life Stages of a Higher Termite Nasutitermes arborum (Termitidae, Nasutitermitinae) Using 16S rRNA Gene Pyrosequencing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Diouf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Roy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Mora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Frechault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 10 (10), </w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0140014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01269349v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diversity and structure of bacterial communities associated with Phanerochaete chrysosporium during wood decay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Le Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Uroz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Gelhaye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Frey-Klett</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 16 (7), </w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/1462-2920.12347⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01010621v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Density mapping of decaying wood using X-ray computed tomography.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Mothe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charline Freyburger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Gelhaye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Frey-Klett</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Biodeterioration and Biodegradation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 86, pp.358 - 363. </w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ibiod.2013.10.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01195092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiparametric Analyses Reveal the pH-Dependence of Silicon Biomineralization in Diatoms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Derr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Douady</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michelle Quinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Moisan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 7 (10), pp.e46722. </w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0046722⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02142495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genome-centric analysis reveals key bacterial and fungal players for iron acquisition in cheese</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sibylle Tabuteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francoise Irlinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Monnet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st International Conference on Fermented Foods</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Bolzano, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05461581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iron acquisition mechanisms as a factor in structuring microbial communities on cheese surfaces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sibylle Tabuteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Irlinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Monnet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Dairy Federation - World Dairy Summit</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05461559v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iron acquisition mechanisms as a factor in structuring microbial communities on cheese surfaces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sibylle Tabuteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Irlinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Monnet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st Interdisciplinary MICROBES symposium by young researchers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2024, Palaiseau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05461549v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deciphering and cataloging the genomic and functional diversity of the French cheese microbiota</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Gardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Irlinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Delbès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Dugat-Bony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Gendre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WDS 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05288574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of the ability of smear-ripened cheese microbial communities to colonize pea-protein matrix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahtab Shoukat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Dugat-Bony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Swennen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjon H.J. Wells-Bennik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International ISEKI-Food Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04160030v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agricultural uses, continental inputs and temporal dynamics of eukaryotic taxa in a marine critical transition zone of the Petit Cul-de-Sac Marin (Guadeloupe)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josie Lambourdière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Poulenard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Jean Lopez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium of LabEx DRIIHM 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Nantes, France. , </w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.34972/driihm-390cde⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03754597v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of iron on structuration & functioning of cheese microbial communities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahtab Shoukat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Dugat-Bony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Swennen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Bonnarme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food Micro 2022 (Next Generation Challenges in Food Microbiology)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Athens, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03986314v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microbial community assembly and metabolic diversity in a legume-based matrix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ayité Adama Hondegla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Bonnarme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Dugat-Bony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucia Espinosa-Brisset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Saint-Eve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Congres of Nutrition (IUNS-ICN 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Union of Nutritional Sciences, Aug 2025, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05262916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Next-gen fermented food: Harnessing gut microbiome diversity and functions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Tap</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Landaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dalal Werner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Helene Desmonts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics &amp; Fermented Foods</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Netherlands Metabolomics Centre, Feb 2024, Utrecht, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04489205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Communautés microbiennes des mangroves Guadeloupéennes et Anthropisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvina Gonzalez-Rizzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire annuel de l’Observatoire Hommes-Milieux Littoral Caraïbe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, Pointe-à-Pitre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04638031v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quels sont les impacts des sargasses, ces envahisseurs de l'Atlantique ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Jean Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Prazuck Christophe. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30 questions sur l'océan</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sorbonne Université/Presses, pp.136-140, 2022, Sorbonne essais, 979-10-231-0734-D</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03859782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bacterial-fungal interactions in wood decay: from wood physicochemical properties to taxonomic and functional diversity of Phanerochaete chrysosporium-associated bacterial communities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Silviculture, forestry. Université de Lorraine, 2014. English. </w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2014LORR0041⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01750743v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId301"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Vincent Hervé </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Chargé de recherche INRAE</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">vincent-herve</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-3495-561X</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">180084577</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">I am a microbial ecologist working on microbial diversity (taxonomic and functional) and on the contribution of microorganisms to biogeochemical cycles. I am also interested in related fields such as bioinformatics, statistics, community ecology and biogeosciences.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (52)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beyond species means – the intraspecific contribution to global wood density variation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabian Jörg Fischer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Chave</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amy Zanne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tommaso Jucker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Fajardo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Phytologist</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 249 (6), pp.2630-2651. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/nph.70860⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05463866v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iron fortification modifies the microbial community structure and metabolome of a model surface-ripened cheese</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahtab Shoukat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Sarthou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Claire Peron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Danel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Food Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 427, pp.110971. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijfoodmicro.2024.110971⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04878181v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microbiome Notes—Building a Library of Descriptive Microbial Ecology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gareth Jenkins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric S Boyd</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Danchin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Microbiology Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 17 (2), </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/1758-2229.70085⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05009644v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Together throughout the year: seasonal patterns of bacterial and eukaryotic microbial communities in a macrotidal estuary</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Morelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josie Lambourdière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Jean Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Claquin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Microbiome</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 20 (1), pp.8. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s40793-025-00664-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04903207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Novel Lineage of Endosymbiotic Actinomycetales : Genome Reduction and Acquisition of New Functions in Bifidobacteriaceae Associated With Termite Gut Flagellates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Kästle Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Undine S Mies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katja Platt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreas Brune</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 27 (1), </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/1462-2920.70010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04908819v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sailing together: A review of the pelagic Sargassum microbiome</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D D Cox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A K Stiffler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Léger-Pigout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L C Powers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Harmful Algae</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 148, pp.102904. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.hal.2025.102904⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05137213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metagenomic Profiling and Genome‐Centric Analysis Reveal Iron Acquisition Systems in Cheese‐Associated Bacteria and Fungi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sibylle Tabuteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francoise Irlinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Monnet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 27 (12), </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/1462-2920.70218⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05430755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Environmental Microbiology and Environmental Microbiology Reports : Two Journals, One Goal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gareth Jenkins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Boyd</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Danchin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Megan Huggett</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 27 (5), pp.e70078. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/1462-2920.70078⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05060033v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iron-based microbial interactions: the role of iron metabolism in the cheese ecosystem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rina Mekuli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahtab Shoukat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Dugat-Bony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Bonnarme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Landaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Bacteriology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 207 (5), pp.e00539-24. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1128/jb.00539-24⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05036938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phylogeny, morphology, and ultrastructure of sessilid peritrich ciliates in termite guts, Termitophrya africana and Doliophrys denislynni gen. nov., sp. nov.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renate Radek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Janneke Hassler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katja Platt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hisar Ahmad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Fromm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Protistology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 99, pp.126140. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ejop.2025.126140⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05009632v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genome reduction in novel, obligately methyl-reducing Methanosarcinales isolated from arthropod guts ( Methanolapillus gen. nov. and Methanimicrococcus )</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evgenii Protasov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanna Reeh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pengfei Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anja Poehlein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katja Platt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FEMS Microbiology Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 100 (9), </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/femsec/fiae111⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04760829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unveiling lignocellulolytic potential: a genomic exploration of bacterial lineages within the termite gut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">João Felipe M. Salgado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel a G Vera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaku Tokuda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreas Brune</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microbiome</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 12 (1), pp.201. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s40168-024-01917-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04760839v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genome reduction and horizontal gene transfer in the evolution of Endomicrobia—rise and fall of an intracellular symbiosis with termite gut flagellates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Undine S Mies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tom Kropp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katja Platt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Sillam-Dussès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">mBio</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 15 (6), </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1128/mbio.00826-24⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04760820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pesticide upsurge, cross-contamination and biodiversity: case studies from the Caribbean Coast Human-Environment Observatory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josie Lambourdière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Raymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Foulquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Géoscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 356 (S3), pp.1-22. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5802/crgeos.236⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04288861v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Succession of the microbiota in the gut of reproductives of Macrotermes subhyalinus (Termitidae) at colony foundation gives insights into symbionts transmission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Diouf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Fréchault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josie Lambourdière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdoulaye Baïla Ndiaye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Ecology and Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 10:1055382, </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fevo.2022.1055382⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04019259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abundance, perceptions and utilizations of termite mounds in Cambodia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ratha Muon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chenda Lai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rainer Zaiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ève Bureau-Point</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soil Use and Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 39 (3), pp.1172-1184. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/sum.12893⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04161047v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SnakeMAGs: a simple, efficient, flexible and scalable workflow to reconstruct prokaryotic genomes from metagenomes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nachida Tadrent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dedeine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">F1000Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 11, </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.12688/f1000research.128091.2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04019277v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diversity and taxonomic revision of methanogens and other archaea in the intestinal tract of terrestrial arthropods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evgenii Protasov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James O Nonoh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana M Kästle Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Undine S Mies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 14, </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fmicb.2023.1281628⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04381483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changes in Bacterial Community Structure Across the Different Life Stages of Black Soldier Fly (Hermetia illucens)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marina Querejeta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elfie Perdereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorène Marchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth A Herniou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microbial ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 86, pp.1254-1267. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00248-022-02146-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03876368v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temporal pesticide dynamics alter specific eukaryotic taxa in a coastal transition zone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josie Lambourdière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Poulenard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Jean Lopez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 866, pp.161205. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2022.161205⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03940564v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Termite constructions as patches of soil fertility in Cambodian paddy fields</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ratha Muon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pinnara Ket</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Sebag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanane Aroui Boukbida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Podwojewski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geoderma Régional</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 33, pp.e00640. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.geodrs.2023.e00640⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04098870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MIxS-SA: a MIxS extension defining the minimum information standard for sequence data from symbiont-associated micro-organisms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fátima Jorge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jaelle Brealey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Brindley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Buysse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cinzia Cantacessi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISME Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 2 (1), pp.9. </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s43705-022-00092-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03701954v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The functional evolution of termite gut microbiota</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jigyasa Arora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yukihiro Kinjo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Šobotník</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aleš Buček</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crystal Clitheroe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microbiome</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 10 (1), pp.78. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s40168-022-01258-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03701924v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The impact of termites on soil sheeting properties is better explained by environmental factors than by their feeding and building strategies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Jouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ajay Harit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hemanth Moger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiago Carrijo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geoderma</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 412, pp.115706. </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.geoderma.2022.115706⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03540881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Termite graveyards : Hidden geochemical patches ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Jouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angélique Bultelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irina Djouraev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Caquineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soil Biology and Biochemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 170, pp.108678. </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.soilbio.2022.108678⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03701957v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative Analysis of Brucepastera parasyntrophica gen. nov., sp. nov. and Teretinema zuelzerae gen. nov., comb. nov. ( Treponemataceae ) Reveals the Importance of Interspecies Hydrogen Transfer in the Energy Metabolism of Spirochetes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yulin Song</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Pfeiffer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renate Radek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cameron Hearne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied and Environmental Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 88 (14), </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1128/aem.00503-22⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03794744v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Widespread bacterial diversity within the bacteriome of fungi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aaron J Robinson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey L House</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demosthenes P Morales</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia M Kelliher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Verne Gallegos-Graves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communications Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 4 (1), pp.1168. </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s42003-021-02693-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03701885v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Long rDNA amplicon sequencing of insect-infecting nephridiophagids reveals their affiliation to the Chytridiomycota and a potential to switch between hosts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jürgen Strassert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Wurzbacher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taraha Antany</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreas Brune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 11 (1), pp.396. </w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-020-79842-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03701902v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Functional Diversity of the Litter-Associated Fungi from an Oxalate-Carbonate Pathway Ecosystem in Madagascar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaële Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Finaritra Randevoson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Cailleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabrielle Rajoelison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microorganisms</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 9 (5), pp.985. </w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/microorganisms9050985⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03701753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bioturbation and soil resistance to wind erosion in Southern Tunisia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Jouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Henry Des Tureaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Bouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Labiadh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Caquineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geoderma</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 403, pp.115198. </w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.geoderma.2021.115198⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03319692v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sargassum Differentially Shapes the Microbiota Composition and Diversity at Coastal Tide Sites and Inland Storage Sites on Caribbean Islands</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josie Lambourdière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malika René-Trouillefou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Alain Devault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Jean Lopez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 12, pp.701155. </w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fmicb.2021.701155⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03408556v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metabolic Potential for Reductive Acetogenesis and a Novel Energy-Converting [NiFe] Hydrogenase in Bathyarchaeia From Termite Guts – A Genome-Centric Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hui Qi Loh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreas Brune</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 11, </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fmicb.2020.635786⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03701837v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization and phylogenomic analysis of Breznakiella homolactica gen. nov. sp. nov. indicate that termite gut treponemes evolved from non‐acetogenic spirochetes in cockroaches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yulin Song</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renate Radek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Pfeiffer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hao Zheng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 23 (8), pp.4228-4245. </w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/1462-2920.15600⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03701894v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biotic and abiotic factors shape arbuscular mycorrhizal fungal communities associated with the roots of the widespread fern Botrychium lunaria (Ophioglossaceae)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Alexandre Sandoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saskia Bindschedler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dauphin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Farinelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jason Grant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Microbiology Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 12 (3), pp.342-354. </w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/1758-2229.12840⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03701741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phylogenomic analysis of 589 metagenome-assembled genomes encompassing all major prokaryotic lineages from the gut of higher termites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pengfei Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carsten Dietrich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Sillam-Dussès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petr Stiblik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PeerJ</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 8, pp.e8614. </w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7717/peerj.8614⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03701727v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of interdomain taxonomic patterns in urban street mats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Jean Lopez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/1462-2920.14933⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02481152v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient but occasionally imperfect vertical transmission of gut mutualistic protists in a wood‐feeding termite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Michaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géraldine Dubreuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Bézier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 29, pp.308-324. </w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/mec.15322⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02439757v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aquatic urban ecology at the scale of a capital: community structure and interactions in street gutters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albert da Silva Pires</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Jean Lopez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The International Society of Microbiologial Ecology Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 12 (1), pp.253 - 266. </w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/ismej.2017.166⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01761460v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evidence from the gut microbiota of swarming alates of a vertical transmission of the bacterial symbionts in Nasutitermes arborum (Termitidae, Nasutitermitinae)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Diouf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Mora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Frechault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Antonie van Leeuwenhoek</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 111 (4), pp.573-587. </w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10482-017-0978-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03701688v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carbonate Accumulation in the Bark of Terminalia bellirica : A New Habitat for the Oxalate-Carbonate Pathway</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Clerc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Cailleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Bueche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Junier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geomicrobiology Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 35 (1), pp.31-39. </w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/01490451.2017.1309087⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03701715v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variations in the relative abundance of Wolbachia in the gut of Nasutitermes arborum across life stages and castes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Diouf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edouard Miambi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Mora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Frechault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FEMS Microbiology Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 365 (7), </w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/femsle/fny046⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03701683v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bacterial-fungal interactions: ecology, mechanisms and challenges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Deveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Bonito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessie Uehling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Paoletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthias Becker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FEMS Microbiology Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 42 (3), pp.335-352. </w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/femsre/fuy008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01954717v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring the diversity of the root-associated microbiome of Ilex paraguariensis St. Hil. (Yerba Mate)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V.M. Bergottini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.A. Sosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.B. Otegui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.D. Zapata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Soil Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 109, pp.23-31. </w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apsoil.2016.09.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03701678v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The complete mitochondrial genomes of the higher termites Labiotermes labralis and Embiratermes neotenicus (Termitidae: Syntermitinae)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreas Brune</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mitochondrial DNA Part B Resources</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 2 (1), pp.109-110. </w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/23802359.2017.1289349⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03695665v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diversity and ecology of oxalotrophic bacteria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Junier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saskia Bindschedler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Verrecchia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pilar Junier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">World Journal of Microbiology and Biotechnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 32 (2), pp.28. </w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11274-015-1982-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03695697v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of Phanerochaete chrysosporium on the Functional Diversity of Bacterial Communities Associated with Decaying Wood</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Ketter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Pierrat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Gelhaye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Frey-Klett</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 11 (1), pp.1-17. </w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0147100⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01579573v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An in situ inventory of fungi and their associated migrating bacteria in forest soils using fungal highway columns</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaele Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrej Al-Dourobi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Verrecchia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pilar Junier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FEMS Microbiology Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 93 (1), pp.fiw217. </w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/femsec/fiw217⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03701681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MLgsc: A Maximum-Likelihood General Sequence Classifier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Junier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tina Wunderlin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pilar Junier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 10 (7), pp.e0129384. </w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0129384⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03695692v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Profiling the Succession of Bacterial Communities throughout the Life Stages of a Higher Termite Nasutitermes arborum (Termitidae, Nasutitermitinae) Using 16S rRNA Gene Pyrosequencing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Diouf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Roy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Mora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Frechault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 10 (10), </w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0140014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01269349v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diversity and structure of bacterial communities associated with Phanerochaete chrysosporium during wood decay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Le Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Uroz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Gelhaye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Frey-Klett</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 16 (7), </w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/1462-2920.12347⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01010621v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Density mapping of decaying wood using X-ray computed tomography.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Mothe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charline Freyburger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Gelhaye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Frey-Klett</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Biodeterioration and Biodegradation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 86, pp.358 - 363. </w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ibiod.2013.10.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01195092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiparametric Analyses Reveal the pH-Dependence of Silicon Biomineralization in Diatoms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Derr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Douady</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michelle Quinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Moisan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 7 (10), pp.e46722. </w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0046722⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02142495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genome-centric analysis reveals key bacterial and fungal players for iron acquisition in cheese</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sibylle Tabuteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francoise Irlinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Monnet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st International Conference on Fermented Foods</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Bolzano, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05461581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iron acquisition mechanisms as a factor in structuring microbial communities on cheese surfaces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sibylle Tabuteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Irlinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Monnet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Dairy Federation - World Dairy Summit</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05461559v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iron acquisition mechanisms as a factor in structuring microbial communities on cheese surfaces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sibylle Tabuteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Irlinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Monnet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st Interdisciplinary MICROBES symposium by young researchers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2024, Palaiseau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05461549v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deciphering and cataloging the genomic and functional diversity of the French cheese microbiota</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Gardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Irlinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Delbès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Dugat-Bony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Gendre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WDS 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05288574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of the ability of smear-ripened cheese microbial communities to colonize pea-protein matrix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahtab Shoukat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Dugat-Bony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Swennen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjon H.J. Wells-Bennik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International ISEKI-Food Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04160030v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agricultural uses, continental inputs and temporal dynamics of eukaryotic taxa in a marine critical transition zone of the Petit Cul-de-Sac Marin (Guadeloupe)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Sabatier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josie Lambourdière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Poulenard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Jean Lopez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium of LabEx DRIIHM 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Nantes, France. , </w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.34972/driihm-390cde⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03754597v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of iron on structuration & functioning of cheese microbial communities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahtab Shoukat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Dugat-Bony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Swennen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Bonnarme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food Micro 2022 (Next Generation Challenges in Food Microbiology)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Athens, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03986314v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microbial community assembly and metabolic diversity in a legume-based matrix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ayité Adama Hondegla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Bonnarme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Dugat-Bony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucia Espinosa-Brisset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Saint-Eve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Congres of Nutrition (IUNS-ICN 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Union of Nutritional Sciences, Aug 2025, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05262916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Next-gen fermented food: Harnessing gut microbiome diversity and functions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Tap</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Landaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dalal Werner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Helene Desmonts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics &amp; Fermented Foods</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Netherlands Metabolomics Centre, Feb 2024, Utrecht, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04489205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Communautés microbiennes des mangroves Guadeloupéennes et Anthropisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvina Gonzalez-Rizzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire annuel de l’Observatoire Hommes-Milieux Littoral Caraïbe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, Pointe-à-Pitre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04638031v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quels sont les impacts des sargasses, ces envahisseurs de l'Atlantique ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Jean Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Prazuck Christophe. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30 questions sur l'océan</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sorbonne Université/Presses, pp.136-140, 2022, Sorbonne essais, 979-10-231-0734-D</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03859782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bacterial-fungal interactions in wood decay: from wood physicochemical properties to taxonomic and functional diversity of Phanerochaete chrysosporium-associated bacterial communities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Hervé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Silviculture, forestry. Université de Lorraine, 2014. English. </w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2014LORR0041⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01750743v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId301"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="81E80859"/>
+    <w:nsid w:val="83039011"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -337,51 +337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/vincent-herve" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3495-561X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/180084577" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05463866v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian J&#246;rg Fischer" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Chave" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amy Zanne" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommaso Jucker" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Fajardo" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.70860" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04878181v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahtab Shoukat" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Herv&#233;" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Sarthou" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Claire Peron" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Danel" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2024.110971" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05009644v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gareth Jenkins" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric S Boyd" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Danchin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1758-2229.70085" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903207v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Morelle" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josie Lambourdi&#232;re" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Jean Lopez" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Claquin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40793-025-00664-y" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04908819v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joana K&#228;stle Silva" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Undine S Mies" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katja Platt" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Brune" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.70010" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05137213v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D D Cox" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A K Stiffler" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M L&#233;ger-Pigout" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L C Powers" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.hal.2025.102904" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05060033v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Boyd" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Megan Huggett" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.70078" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05430755v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sibylle Tabuteau" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Irlinger" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Monnet" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.70218" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05036938v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rina Mekuli" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Dugat-Bony" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bonnarme" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Landaud" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/jb.00539-24" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05009632v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renate Radek" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janneke Hassler" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hisar Ahmad" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Fromm" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejop.2025.126140" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04760829v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evgenii Protasov" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanna Reeh" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pengfei Liu" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anja Poehlein" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsec/fiae111" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04760839v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o Felipe M. Salgado" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel a G Vera" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaku Tokuda" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40168-024-01917-7" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04760820v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Kropp" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Sillam-Duss&#232;s" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mbio.00826-24" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04288861v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sabatier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Raymond" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Foulquier" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crgeos.236" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04019259v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Diouf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Fr&#233;chault" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoulaye Ba&#239;la Ndiaye" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fevo.2022.1055382" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04161047v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ratha Muon" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chenda Lai" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rainer Zaiss" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#200;ve Bureau-Point" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sum.12893" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04019277v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nachida Tadrent" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Dedeine" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12688/f1000research.128091.2" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04381483v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James O Nonoh" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joana M K&#228;stle Silva" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2023.1281628" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03940564v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Poulenard" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2022.161205" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03876368v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Querejeta" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elfie Perdereau" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lor&#232;ne Marchal" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth A Herniou" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00248-022-02146-x" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098870v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pinnara Ket" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Sebag" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanane Aroui Boukbida" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Podwojewski" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geodrs.2023.e00640" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701954v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#225;tima Jorge" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaelle Brealey" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Brindley" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Buysse" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cinzia Cantacessi" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43705-022-00092-w" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701924v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jigyasa Arora" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yukihiro Kinjo" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan &#352;obotn&#237;k" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ale&#353; Bu&#269;ek" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Crystal Clitheroe" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40168-022-01258-3" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03540881v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Jouquet" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ajay Harit" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hemanth Moger" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiago Carrijo" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2022.115706" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701957v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Bultelle" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina Djouraev" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Caquineau" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soilbio.2022.108678" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03794744v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yulin Song" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Pfeiffer" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cameron Hearne" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/aem.00503-22" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701885v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aaron J Robinson" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey L House" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Demosthenes P Morales" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia M Kelliher" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La Verne Gallegos-Graves" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-021-02693-y" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03319692v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Henry-Des-Tureaux" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Bouet" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Labiadh" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2021.115198" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701902v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#252;rgen Strassert" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Wurzbacher" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taraha Antany" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-79842-6" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701753v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#235;le Simon" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Finaritra Randevoson" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Cailleau" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Rajoelison" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms9050985" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03408556v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika Ren&#233;-Trouillefou" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Alain Devault" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2021.701155" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701837v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hui Qi Loh" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2020.635786" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701894v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hao Zheng" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.15600" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701741v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Alexandre Sandoz" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saskia Bindschedler" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Dauphin" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Farinelli" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Grant" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1758-2229.12840" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701727v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carsten Dietrich" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petr Stiblik" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7717/peerj.8614" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-02481152v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.14933" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-02439757v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Michaud" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Dupont" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Dubreuil" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie B&#233;zier" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.15322" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701688v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Mora" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Robert" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Frechault" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10482-017-0978-4" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01761460v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Leroy" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert da Silva Pires" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ismej.2017.166" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701715v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Clerc" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Bueche" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Junier" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01490451.2017.1309087" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701683v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Miambi" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsle/fny046" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954717v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Deveau" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Bonito" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessie Uehling" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Paoletti" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Becker" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsre/fuy008" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701678v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.M. Bergottini" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.A. Sosa" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.B. Otegui" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.D. Zapata" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsoil.2016.09.013" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03695665v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23802359.2017.1289349" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03695697v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Verrecchia" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pilar Junier" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11274-015-1982-3" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01579573v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Ketter" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Pierrat" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Gelhaye" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Frey-Klett" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0147100" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701681v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anaele Simon" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrej Al-Dourobi" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsec/fiw217" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03695692v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tina Wunderlin" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0129384" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269349v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Roy" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lefebvre" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0140014" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01010621v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Le Roux" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Uroz" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.12347" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-595MJG92-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195092v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Mothe" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Freyburger" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ibiod.2013.10.009" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7SPXRTCD-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02142495v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Derr" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Douady" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Quinet" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Moisan" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0046722" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05461581v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05461559v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Irlinger" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05461549v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05288574v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Gardon" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Delb&#232;s" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Dugat-Bony" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Gendre" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04160030v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Swennen" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjon H.J. Wells-Bennik" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03754597v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34972/driihm-390cde" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03986314v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05262916v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayit&#233; Adama Hondegla" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Espinosa-Brisset" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Saint-Eve" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04489205v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Tap" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalal Werner" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Helene Desmonts" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04638031v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvina Gonzalez-Rizzo" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03859782v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01750743v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2014LORR0041" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/vincent-herve" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3495-561X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/180084577" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05463866v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian J&#246;rg Fischer" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Chave" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amy Zanne" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommaso Jucker" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Fajardo" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.70860" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04878181v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahtab Shoukat" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Herv&#233;" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Sarthou" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Claire Peron" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Danel" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2024.110971" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05009644v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gareth Jenkins" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric S Boyd" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Danchin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1758-2229.70085" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903207v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Morelle" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josie Lambourdi&#232;re" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Jean Lopez" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Claquin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40793-025-00664-y" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04908819v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joana K&#228;stle Silva" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Undine S Mies" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katja Platt" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Brune" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.70010" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05137213v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D D Cox" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A K Stiffler" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M L&#233;ger-Pigout" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L C Powers" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.hal.2025.102904" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05430755v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sibylle Tabuteau" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Irlinger" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Monnet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.70218" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05060033v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Boyd" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Megan Huggett" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.70078" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05036938v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rina Mekuli" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Dugat-Bony" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bonnarme" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Landaud" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/jb.00539-24" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05009632v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renate Radek" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janneke Hassler" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hisar Ahmad" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Fromm" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejop.2025.126140" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04760829v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evgenii Protasov" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanna Reeh" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pengfei Liu" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anja Poehlein" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsec/fiae111" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04760839v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o Felipe M. Salgado" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel a G Vera" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaku Tokuda" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40168-024-01917-7" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04760820v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Kropp" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Sillam-Duss&#232;s" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mbio.00826-24" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04288861v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sabatier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Raymond" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Foulquier" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crgeos.236" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04019259v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Diouf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Fr&#233;chault" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoulaye Ba&#239;la Ndiaye" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fevo.2022.1055382" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04161047v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ratha Muon" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chenda Lai" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rainer Zaiss" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#200;ve Bureau-Point" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sum.12893" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04019277v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nachida Tadrent" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Dedeine" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12688/f1000research.128091.2" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04381483v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James O Nonoh" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joana M K&#228;stle Silva" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2023.1281628" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03876368v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Querejeta" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elfie Perdereau" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lor&#232;ne Marchal" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth A Herniou" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00248-022-02146-x" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03940564v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Poulenard" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2022.161205" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098870v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pinnara Ket" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Sebag" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanane Aroui Boukbida" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Podwojewski" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geodrs.2023.e00640" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701954v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#225;tima Jorge" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaelle Brealey" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Brindley" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Buysse" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cinzia Cantacessi" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43705-022-00092-w" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701924v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jigyasa Arora" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yukihiro Kinjo" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan &#352;obotn&#237;k" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ale&#353; Bu&#269;ek" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Crystal Clitheroe" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40168-022-01258-3" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03540881v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Jouquet" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ajay Harit" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hemanth Moger" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiago Carrijo" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2022.115706" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701957v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Bultelle" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina Djouraev" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Caquineau" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soilbio.2022.108678" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03794744v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yulin Song" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Pfeiffer" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cameron Hearne" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/aem.00503-22" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701885v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aaron J Robinson" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey L House" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Demosthenes P Morales" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia M Kelliher" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La Verne Gallegos-Graves" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-021-02693-y" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701902v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#252;rgen Strassert" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Wurzbacher" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taraha Antany" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-79842-6" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701753v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#235;le Simon" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Finaritra Randevoson" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Cailleau" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Rajoelison" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms9050985" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03319692v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Henry Des Tureaux" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Bouet" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Labiadh" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2021.115198" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03408556v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika Ren&#233;-Trouillefou" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Alain Devault" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2021.701155" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701837v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hui Qi Loh" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2020.635786" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701894v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hao Zheng" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.15600" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701741v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Alexandre Sandoz" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saskia Bindschedler" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Dauphin" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Farinelli" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Grant" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1758-2229.12840" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701727v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carsten Dietrich" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petr Stiblik" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7717/peerj.8614" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-02481152v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.14933" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-02439757v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Michaud" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Dupont" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Dubreuil" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie B&#233;zier" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.15322" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01761460v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Leroy" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert da Silva Pires" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ismej.2017.166" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701688v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Mora" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Robert" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Frechault" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10482-017-0978-4" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701715v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Clerc" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Bueche" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Junier" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01490451.2017.1309087" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701683v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Miambi" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsle/fny046" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954717v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Deveau" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Bonito" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessie Uehling" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Paoletti" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Becker" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsre/fuy008" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701678v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.M. Bergottini" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.A. Sosa" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.B. Otegui" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.D. Zapata" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsoil.2016.09.013" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03695665v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23802359.2017.1289349" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03695697v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Verrecchia" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pilar Junier" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11274-015-1982-3" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01579573v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Ketter" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Pierrat" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Gelhaye" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Frey-Klett" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0147100" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701681v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anaele Simon" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrej Al-Dourobi" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsec/fiw217" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03695692v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tina Wunderlin" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0129384" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269349v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Roy" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lefebvre" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0140014" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01010621v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Le Roux" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Uroz" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.12347" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-595MJG92-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195092v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Mothe" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Freyburger" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ibiod.2013.10.009" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7SPXRTCD-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02142495v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Derr" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Douady" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Quinet" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Moisan" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0046722" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05461581v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05461559v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Irlinger" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05461549v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05288574v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Gardon" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Delb&#232;s" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Dugat-Bony" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Gendre" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04160030v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Swennen" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjon H.J. Wells-Bennik" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03754597v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34972/driihm-390cde" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03986314v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05262916v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayit&#233; Adama Hondegla" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Espinosa-Brisset" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Saint-Eve" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04489205v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Tap" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalal Werner" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Helene Desmonts" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04638031v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvina Gonzalez-Rizzo" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03859782v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01750743v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2014LORR0041" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>