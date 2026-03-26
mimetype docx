--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -384,222 +384,222 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04230474v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From Custom to Culture: The Archeology of Two Identification Terms Among Bolivian and Mexican Amerindians</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Introduction: The Terms of Culture: Idioms of Reflexivity Among Indigenous Peoples in Latin America</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Hirtzel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anath Ariel de Vidas</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Dominic Horsfall</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Anthropological Quarterly</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, The Terms of Culture, 95 (3), pp.557-586. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1353/anq.2022.0032⟩</w:t>
+              <w:t xml:space="preserve">, 2022, The Terms of Culture, 95 (3), pp.513-532. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1353/anq.2022.0030⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03799382v1</w:t>
+                <w:t xml:space="preserve">hal-03908820v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction: The Terms of Culture: Idioms of Reflexivity Among Indigenous Peoples in Latin America</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">From Custom to Culture: The Archeology of Two Identification Terms Among Bolivian and Mexican Amerindians</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anath Ariel de Vidas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Hirtzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Anath Ariel de Vidas</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominic Horsfall</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Anthropological Quarterly</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, The Terms of Culture, 95 (3), pp.513-532. </w:t>
+              <w:t xml:space="preserve">, 2022, The Terms of Culture, 95 (3), pp.557-586. </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1353/anq.2022.0030⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1353/anq.2022.0032⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03908820v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03799382v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Entre política identitaria y narrativas autobiográficas. Restituciones digitales de un proyecto de documentación lingüística en Bolivia (Proyecto DoBeS Yurakaré 2006-2011)</w:t>
               </w:r>
@@ -2859,51 +2859,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="B76D6F78"/>
+    <w:nsid w:val="E1BF1B30"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3090,51 +3090,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/vincent-hirtzel" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9160-2266" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/112979181" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/7700246" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05337378v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Hirtzel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Erikson" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/152a2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04230474v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Rivi&#232;re" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/jsa.21590" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03799382v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anath Ariel de Vidas" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominic Horsfall" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/anq.2022.0032" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03908820v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/anq.2022.0030" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03425686v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/jsa.19553" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03425702v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/gradhiva.4806" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04016958v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asifa Majid" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Se&#225;n Roberts" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludy Cilissen" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Emmorey" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brenda Nicodemus" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1720419115" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03425734v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nuevomundo.70104" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03425725v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bifea.7950" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03425704v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/jsa.12876" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427172v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5771/0257-9774-2011-2-636" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04014153v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rik van Gijn" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1548-1395.2010.01061.x" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-N41F3L80-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03505511v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rik Van Gijn" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonja Gipper" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.langcom.2010.02.002" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03425912v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bifea.2903" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03505400v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cas.003.0065" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03505520v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04436795v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04014124v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05280728v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julen Villarreal Moreno" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05185437v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://societe-ethnologie.fr/collections-recherches-americaines.php" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426152v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tautem.fr/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02000848v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03425918v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03505515v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823115v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Selmi" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cas.003.0009" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01984217v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05216080v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Sepulveda" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kexin Zhang" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03425695v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/vincent-hirtzel" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9160-2266" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/112979181" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/7700246" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05337378v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Hirtzel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Erikson" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/152a2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04230474v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Rivi&#232;re" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/jsa.21590" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03908820v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anath Ariel de Vidas" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/anq.2022.0030" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03799382v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominic Horsfall" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/anq.2022.0032" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03425686v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/jsa.19553" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03425702v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/gradhiva.4806" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04016958v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asifa Majid" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Se&#225;n Roberts" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludy Cilissen" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Emmorey" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brenda Nicodemus" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1720419115" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03425734v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nuevomundo.70104" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03425725v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bifea.7950" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03425704v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/jsa.12876" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427172v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5771/0257-9774-2011-2-636" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04014153v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rik van Gijn" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1548-1395.2010.01061.x" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-N41F3L80-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03505511v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rik Van Gijn" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonja Gipper" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.langcom.2010.02.002" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03425912v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bifea.2903" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03505400v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cas.003.0065" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03505520v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04436795v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04014124v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05280728v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julen Villarreal Moreno" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05185437v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://societe-ethnologie.fr/collections-recherches-americaines.php" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426152v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tautem.fr/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02000848v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03425918v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03505515v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823115v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Selmi" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cas.003.0009" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01984217v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05216080v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Sepulveda" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kexin Zhang" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03425695v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>