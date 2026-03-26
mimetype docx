--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -428,913 +428,913 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05042029v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Changes in the Plasma Sheet Conditions at Europa's Orbit Retrieved From Lead Angle of the Satellite Auroral Footprints</w:t>
+                <w:t xml:space="preserve">Author Correction: Evidence for auroral influence on Jupiter’s nitrogen and oxygen chemistry revealed by ALMA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shinnosuke Satoh</w:t>
+                <w:t xml:space="preserve">T Cavalié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fuminori Tsuchiya</w:t>
+                <w:t xml:space="preserve">L Rezac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shotaro Sakai</w:t>
+                <w:t xml:space="preserve">R Moreno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yasumasa Kasaba</w:t>
+                <w:t xml:space="preserve">E Lellouch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jonathan D. Nichols</w:t>
+                <w:t xml:space="preserve">T Fouchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 51, </w:t>
+              <w:t xml:space="preserve">Nature Astronomy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 8, pp.1206. </w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1029/2024GL110079⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41550-024-02348-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-04726430v1</w:t>
+                <w:t xml:space="preserve">insu-04764081v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Auroral 3D structure retrieval from the Juno/UVS data</w:t>
+                <w:t xml:space="preserve">Properties of Electrons Accelerated by the Ganymede-Magnetosphere Interaction: Survey of Juno High-Latitude Observations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Benmahi</w:t>
+                <w:t xml:space="preserve">J. Rabia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Hue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Bonfond</w:t>
+                <w:t xml:space="preserve">N. André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Benne</w:t>
+                <w:t xml:space="preserve">Q. Nénon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Hue</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">D. Grodent</w:t>
+                <w:t xml:space="preserve">J. R. Szalay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202451439⟩</w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research Space Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 129 (5), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2024JA032604⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-04836791v1</w:t>
+                <w:t xml:space="preserve">insu-04726502v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Author Correction: Evidence for auroral influence on Jupiter’s nitrogen and oxygen chemistry revealed by ALMA</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Overview of a large observing campaign of Jupiter's aurora with the Hubble Space Telescope combined with Juno-UVS data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Palmaerts</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T Cavalié</w:t>
+                <w:t xml:space="preserve">D. Grodent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L Rezac</w:t>
+                <w:t xml:space="preserve">B. Bonfond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R Moreno</w:t>
+                <w:t xml:space="preserve">Z.H. Yao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E Lellouch</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">T Fouchet</w:t>
+                <w:t xml:space="preserve">R.L. Guo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Astronomy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41550-024-02348-y⟩</w:t>
+              <w:t xml:space="preserve">Icarus</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 408, pp.115815. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.icarus.2023.115815⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-04764081v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04505661v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Properties of Electrons Accelerated by the Ganymede-Magnetosphere Interaction: Survey of Juno High-Latitude Observations</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Europa Ultraviolet Spectrograph (Europa-UVS)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. D. Retherford</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Rabia</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">V. Hue</w:t>
+                <w:t xml:space="preserve">T. M. Becker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. André</w:t>
+                <w:t xml:space="preserve">G. R. Gladstone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Q. Nénon</w:t>
+                <w:t xml:space="preserve">T. K. Greathouse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. R. Szalay</w:t>
+                <w:t xml:space="preserve">M. W. Davis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research Space Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 129 (5), </w:t>
+              <w:t xml:space="preserve">Space Science Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 220 (8), pp.89. </w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1029/2024JA032604⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11214-024-01121-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-04726502v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-04846469v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Europa Ultraviolet Spectrograph (Europa-UVS)</w:t>
+                <w:t xml:space="preserve">Changes in the Plasma Sheet Conditions at Europa's Orbit Retrieved From Lead Angle of the Satellite Auroral Footprints</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K. D. Retherford</w:t>
+                <w:t xml:space="preserve">Shinnosuke Satoh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. M. Becker</w:t>
+                <w:t xml:space="preserve">Fuminori Tsuchiya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. R. Gladstone</w:t>
+                <w:t xml:space="preserve">Shotaro Sakai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. K. Greathouse</w:t>
+                <w:t xml:space="preserve">Yasumasa Kasaba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. W. Davis</w:t>
+                <w:t xml:space="preserve">Jonathan D. Nichols</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Space Science Reviews</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 220 (8), pp.89. </w:t>
+              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 51, </w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11214-024-01121-x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1029/2024GL110079⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-04846469v1</w:t>
+                <w:t xml:space="preserve">insu-04726430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Overview of a large observing campaign of Jupiter's aurora with the Hubble Space Telescope combined with Juno-UVS data</w:t>
+                <w:t xml:space="preserve">Auroral 3D structure retrieval from the Juno/UVS data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Palmaerts</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
+                <w:t xml:space="preserve">B. Benmahi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Bonfond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Benne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Hue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Grodent</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">R.L. Guo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Icarus</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 408, pp.115815. </w:t>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 691, </w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.icarus.2023.115815⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202451439⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04505661v1</w:t>
+                <w:t xml:space="preserve">insu-04836791v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of magnetospheric conditions on the morphology of Jupiter's ultraviolet main auroral emission as observed by Juno-UVS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. A. Head</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Grodent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Bonfond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Moirano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Benmahi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 688, </w:t>
@@ -1634,161 +1634,161 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04761603v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Infrared Auroral Footprint Tracks of Io, Europa and Ganymede at Jupiter Observed by Juno-JIRAM</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">L. A. Head</w:t>
+                <w:t xml:space="preserve">Temperature and Composition Disturbances in the Southern Auroral Region of Jupiter Revealed by JWST/MIRI</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Rodríguez-Ovalle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Fouchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Guerlet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Cavalié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Hue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Geophysical Research. Planets</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 129, </w:t>
+              <w:t xml:space="preserve">, 2024, 129 (6), pp.e2024JE008299. </w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1029/2023JE008130⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1029/2024JE008299⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-04726536v1</w:t>
+                <w:t xml:space="preserve">hal-04644175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Polar Stratosphere of Jupiter</w:t>
               </w:r>
@@ -1826,51 +1826,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. A. Sinclair</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Benmahi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Space Science Reviews</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 220, </w:t>
@@ -1902,161 +1902,161 @@
                 </w:rPr>
                 <w:t xml:space="preserve">insu-04846470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Temperature and Composition Disturbances in the Southern Auroral Region of Jupiter Revealed by JWST/MIRI</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Vincent Hue</w:t>
+                <w:t xml:space="preserve">The Infrared Auroral Footprint Tracks of Io, Europa and Ganymede at Jupiter Observed by Juno-JIRAM</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Moirano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Mura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Hue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Bonfond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. A. Head</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Geophysical Research. Planets</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 129 (6), pp.e2024JE008299. </w:t>
+              <w:t xml:space="preserve">, 2024, 129, </w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1029/2024JE008299⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1029/2023JE008130⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04644175v1</w:t>
+                <w:t xml:space="preserve">insu-04726536v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catalog of Ultraviolet Bright Stars: Strategies for UV Occultation Measurements, Planetary Illumination Modeling, and Sky Map Analyses Using Hybrid IUE-Kurucz Spectra</w:t>
               </w:r>
@@ -2068,51 +2068,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael A. Velez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kurt D. Retherford</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Hue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joshua A. Kammer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2438,377 +2438,377 @@
                 </w:rPr>
                 <w:t xml:space="preserve">insu-04726419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of the Jovian Current Sheet Models on the Mapping of the UV Auroral Footprints of Io, Europa, and Ganymede</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">N. André</w:t>
+                <w:t xml:space="preserve">Energy mapping of Jupiter's auroral electrons from Juno/UVS data using a new H&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; UV emission model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Benmahi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Bonfond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Benne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Grodent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Hue</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">D. Santos-Costa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research Space Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2023JA032041⟩</w:t>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 685, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202348634⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-04726554v1</w:t>
+                <w:t xml:space="preserve">insu-04726510v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Energy mapping of Jupiter's auroral electrons from Juno/UVS data using a new H&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; UV emission model</w:t>
+                <w:t xml:space="preserve">Influence of the Jovian Current Sheet Models on the Mapping of the UV Auroral Footprints of Io, Europa, and Ganymede</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Benmahi</w:t>
+                <w:t xml:space="preserve">J. Rabia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Q. Nénon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Bonfond</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">D. Grodent</w:t>
+                <w:t xml:space="preserve">N. André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Hue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Santos-Costa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 685, </w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research Space Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 129 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202348634⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1029/2023JA032041⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-04726510v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-04726554v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dawn-dusk asymmetry in the main auroral emissions at Jupiter observed with Juno-UVS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Groulard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Bonfond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Grodent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. -C. Gérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. K. Greathouse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Icarus</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 413, </w:t>
@@ -2840,645 +2840,645 @@
                 </w:rPr>
                 <w:t xml:space="preserve">insu-04726503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A High Spatial and Spectral Resolution Study of Jupiter’s Mid-infrared Auroral Emissions and Their Response to a Solar Wind Compression</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Evidence for Non‐Monotonic and Broadband Electron Distributions in the Europa Footprint Tail Revealed by Juno In Situ Measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Rabia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Hue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">James Sinclair</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Julianne Moses</w:t>
+                <w:t xml:space="preserve">J R Szalay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Q. Nénon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Planetary Science Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3847/PSJ/accb95⟩</w:t>
+              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 50 (12), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2023GL103131⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04236027v1</w:t>
+                <w:t xml:space="preserve">insu-04155050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evidence for Non‐Monotonic and Broadband Electron Distributions in the Europa Footprint Tail Revealed by Juno In Situ Measurements</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">J. Rabia</w:t>
+                <w:t xml:space="preserve">Juno's Multi‐Instruments Observations During the Flybys of Auroral Bright Spots in Jupiter's Polar Aurorae</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Haewsantati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Bonfond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Wannawichian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Gladstone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Hue</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Q. Nénon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2023GL103131⟩</w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research Space Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 128 (8), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2023JA031396⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-04155050v1</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04505719v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juno's Multi‐Instruments Observations During the Flybys of Auroral Bright Spots in Jupiter's Polar Aurorae</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Poynting Fluxes, Field-Aligned Current Densities, and the Efficiency of the Io-Jupiter Electrodynamic Interaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. H. Sulaiman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. R. Szalay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Clark</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K. Haewsantati</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">B. Bonfond</w:t>
+                <w:t xml:space="preserve">F. Allegrini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Wannawichian</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">V. Hue</w:t>
+                <w:t xml:space="preserve">F. Bagenal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research Space Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2023JA031396⟩</w:t>
+              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 50, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2023GL103456⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04505719v1</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-04505577v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Poynting Fluxes, Field-Aligned Current Densities, and the Efficiency of the Io-Jupiter Electrodynamic Interaction</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A High Spatial and Spectral Resolution Study of Jupiter’s Mid-infrared Auroral Emissions and Their Response to a Solar Wind Compression</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">James Sinclair</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. H. Sulaiman</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">J. R. Szalay</w:t>
+                <w:t xml:space="preserve">Thomas Greathouse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Clark</w:t>
+                <w:t xml:space="preserve">Rohini Giles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Allegrini</w:t>
+                <w:t xml:space="preserve">John Lacy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Bagenal</w:t>
+                <w:t xml:space="preserve">Julianne Moses</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 50, </w:t>
+              <w:t xml:space="preserve">The Planetary Science Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 4 (4), pp.76. </w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1029/2023GL103456⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3847/PSJ/accb95⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-04505577v1</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04236027v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evidence for auroral influence on Jupiter’s nitrogen and oxygen chemistry revealed by ALMA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T Cavalié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L Rezac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R Moreno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E Lellouch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T Fouchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Astronomy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 7, pp.1048-1055. </w:t>
@@ -3516,77 +3516,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enhanced C 2 H 2 Absorption Within Jupiter's Southern Auroral Oval From Juno UVS Observations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rohini Giles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Hue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Greathouse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Randall Gladstone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3836,51 +3836,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Collet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Al Saati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J R Szalay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Geophysical Research Space Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, </w:t>
@@ -3931,90 +3931,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Io, Europa, and Ganymede Auroral Footprints at Jupiter in the Ultraviolet: Positions and Equatorial Lead Angles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Hue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. R. Gladstone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. K. Louis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. K. Greathouse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Bonfond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Geophysical Research Space Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 128 (5), </w:t>
@@ -4065,90 +4065,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">First absolute wind measurements in Saturn's stratosphere from ALMA observations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B Benmahi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T Cavalié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T Fouchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R Moreno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E Lellouch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, </w:t>
@@ -4199,90 +4199,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loss of Energetic Ions Comprising the Ring Current Populations of Jupiter's Middle and Inner Magnetosphere</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. H. Mauk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Allegrini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Bagenal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. J. Bolton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Clark</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Geophysical Research Space Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 127, </w:t>
@@ -4333,77 +4333,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Comprehensive Set of Juno In Situ and Remote Sensing Observations of the Ganymede Auroral Footprint</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Hue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. R. Szalay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. K. Greathouse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Bonfond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Kotsiaros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4454,51 +4454,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mapping the zonal winds of Jupiter’s stratospheric equatorial oscillation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Benmahi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Cavalié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4601,90 +4601,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simultaneous UV Images and High-Latitude Particle and Field Measurements During an Auroral Dawn Storm at Jupiter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. W. Ebert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. K. Greathouse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Clark</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Hue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Allegrini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Geophysical Research Space Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 126, </w:t>
@@ -4716,628 +4716,628 @@
                 </w:rPr>
                 <w:t xml:space="preserve">insu-03672338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">One dimension photochemical models in global mean conditions in question: Application to Titan</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">First direct measurement of auroral and equatorial jets in the stratosphere of Jupiter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Cavalié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Dobrijevic</w:t>
+                <w:t xml:space="preserve">Bilal Benmahi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Hue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.C. Loison</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Raphael Moreno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Lellouch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Icarus</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 364, pp.114477. </w:t>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 647, pp.L8. </w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.icarus.2021.114477⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202140330⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03358182v1</w:t>
+                <w:t xml:space="preserve">hal-03174108v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First direct measurement of auroral and equatorial jets in the stratosphere of Jupiter</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">One dimension photochemical models in global mean conditions in question: Application to Titan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bilal Benmahi</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Vincent Hue</w:t>
+                <w:t xml:space="preserve">M. Dobrijevic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raphael Moreno</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">J.C. Loison</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Hue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Cavalié</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 647, pp.L8. </w:t>
+              <w:t xml:space="preserve">Icarus</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 364, pp.114477. </w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202140330⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.icarus.2021.114477⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03174108v1</w:t>
+                <w:t xml:space="preserve">hal-03358182v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monitoring of the evolution of H2O vapor in the stratosphere of Jupiter over an 18-yr period with the Odin space telescope</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">M. Dobrijevic</w:t>
+                <w:t xml:space="preserve">Spatial Distribution of the Pedersen Conductance in the Jovian Aurora From Juno-UVS Spectral Images</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. -C. Gérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Biver</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">K. Bermudez-Diaz</w:t>
+                <w:t xml:space="preserve">L. Gkouvelis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Bonfond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Grodent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. R. Gladstone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202038188⟩</w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research Space Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 125, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2020JA028142⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02948645v1</w:t>
+                <w:t xml:space="preserve">insu-03673131v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatial Distribution of the Pedersen Conductance in the Jovian Aurora From Juno-UVS Spectral Images</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">J. -C. Gérard</w:t>
+                <w:t xml:space="preserve">Monitoring of the evolution of H2O vapor in the stratosphere of Jupiter over an 18-yr period with the Odin space telescope</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Benmahi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Cavalié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Dobrijevic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Biver</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Gkouvelis</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">G. R. Gladstone</w:t>
+                <w:t xml:space="preserve">K. Bermudez-Diaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research Space Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 125, </w:t>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 641, pp.A140. </w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1029/2020JA028142⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202038188⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-03673131v1</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02948645v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">First Report of Electron Measurements During a Europa Footprint Tail Crossing by Juno</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Allegrini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. R. Gladstone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Hue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Clark</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. R. Szalay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geophysical Research Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 47, </w:t>
@@ -5375,103 +5375,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spatial Variations in the Altitude of the CH 4 Homopause at Jupiter’s Mid-to-high Latitudes, as Constrained from IRTF-TEXES Spectra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James Sinclair</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Greathouse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rohini Giles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arrate Antuñano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julianne Moses</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Planetary Science Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 1 (3), pp.85. </w:t>
@@ -5669,51 +5669,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Dobrijevic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Loison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Hue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Cavalié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5773,90 +5773,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Energy Flux and Characteristic Energy of Electrons Over Jupiter's Main Auroral Emission</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Allegrini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Mauk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Clark</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. R. Gladstone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Hue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5933,77 +5933,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Ebert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Greathouse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Clark</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Allegrini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Bagenal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geophysical Research Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 46 (1), pp.19-27. </w:t>
@@ -6348,51 +6348,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Hersant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Cavalié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Dobrijevic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.A. Sinclair</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6439,90 +6439,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In Situ Observations Connected to the Io Footprint Tail Aurora</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. R. Szalay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Bonfond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Allegrini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Bagenal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Bolton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6586,64 +6586,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spatial Distribution and Properties of 0.1-100 keV Electrons in Jupiter's Polar Auroral Region</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. W. Ebert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Allegrini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Bagenal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. J. Bolton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6746,51 +6746,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. K., Greathouse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Cavalié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Dobrijevic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Hersant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6850,51 +6850,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Photochemical response to the variation of temperature in the 2011−2012 stratospheric vortex of Saturn</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Cavalié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Dobrijevic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. N. Fletcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6971,77 +6971,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The neutral photochemistry of nitriles, amines and imines in the atmosphere of Titan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.C. Loison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Hébrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Dobrijevic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K.M. Hickson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7143,51 +7143,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Hue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Cavalié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Dobrijevic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Hersant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7292,51 +7292,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Composition and Chemistry of the Atmospheres of Jupiter, Saturn, Uranus, and Neptune</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Cavalié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Hue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Handbook of Exoplanets</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.1 - 30, 2024, </w:t>
             </w:r>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7402,77 +7402,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juno-UVS Observations of Io during the PJ58 Flyby</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Greathouse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Randy Gladstone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Hue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maarten Versteeg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7789,484 +7789,484 @@
                 </w:rPr>
                 <w:t xml:space="preserve">insu-03834668v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the location of the CH4 homopause at Jupiter's mid-to-high latitudes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Auroral stratospheric jets in Jupiter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bilal Benmahi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">James A. Sinclair</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Leigh N. Fletcher</w:t>
+                <w:t xml:space="preserve">Thibault Cavalie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Hue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphael Moreno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Lellouch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">43rd COSPAR Scientific Assembly.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2021, Sydney, Australia, Australia. pp.467</w:t>
+              <w:t xml:space="preserve">AGU Fall Meeting 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2021, Nouvelle-Orléans, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03804840v1</w:t>
+                <w:t xml:space="preserve">obspm-03903751v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spatial and temporal variations in the CH4 homopause altitude at Jupiters mid-to-high latitudes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James Sinclair</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Greathouse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rohini Giles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthew Richter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maisie Rashman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AGU Fall Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2021, Nouvelle-Orléans, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">obspm-03903788v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Auroral stratospheric jets in Jupiter</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bilal Benmahi</w:t>
+                <w:t xml:space="preserve">On the location of the CH4 homopause at Jupiter's mid-to-high latitudes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">James A. Sinclair</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick G. J. Irwin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thibault Cavalie</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Lellouch</w:t>
+                <w:t xml:space="preserve">Bruno Bézard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Fouchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leigh N. Fletcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AGU Fall Meeting 2021</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2021, Nouvelle-Orléans, United States</w:t>
+              <w:t xml:space="preserve">43rd COSPAR Scientific Assembly.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2021, Sydney, Australia, Australia. pp.467</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId265" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">obspm-03903751v1</w:t>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03804840v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monitoring of the Temporal Evolution of Water Vapor in the Stratosphere of Jupiter with the Odin Space Telescope Between 2002 and 2019</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Benmahi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Cavalié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Dobrijevic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Biver</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Bermudez-Diaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">52nd Lunar and Planetary Science Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2021, Online, United States. pp.1472</w:t>
@@ -8308,51 +8308,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Direct detection of auroral and equatorial jets in the stratosphere of Jupiter with ALMA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Cavalié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Benmahi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Hue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8420,103 +8420,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monitoring of the temporal evolution of water vapor in the stratosphere of Jupiter with the Odin space telescope between 2002 and 2019</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Benmahi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Cavalié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Dobrijevic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Biver</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Bermudez-Diaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Planetary Science Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2020, Online, France. pp.EPSC2020-87</w:t>
@@ -8558,51 +8558,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">First Direct Wind Measurements in the Stratosphere of Jupiter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Cavalié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Benmahi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Moreno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8683,90 +8683,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The source of Saturn's stratospheric water</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Cavalié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Hue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Hartogh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Lellouch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphael Moreno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">American Astronomical Society, DPS meeting #50, id.500.04 held 21-26 October 2018 - Knoxville, Tenessee US</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2018, Knoxville, Tenessee, United States</w:t>
@@ -8933,90 +8933,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ALMA spectral imaging of SL9 species in Jupiter’s stratosphere</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Cavalié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphael Moreno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Lellouch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Fouchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Hue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">American Astronomical Society, DPS meeting #49, id.#209.08 </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2017, Provo, UTA, United States</w:t>
@@ -9084,51 +9084,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Hersant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Cavalié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Dobrijevic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2015DPS..4731115H - American Astronomical Society, DPS meeting #47, #311.15 held in Washington, DC, 8-13 November 2015</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2015, Washington, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9192,51 +9192,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Cavalié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Hersant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Dobrijevic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas, Greathouse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9310,51 +9310,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisations photochimiques saisonnières des stratosphères de Jupiter et Saturne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Hue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Astrophysique [astro-ph]. Université de Bordeaux, 2015. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2015BORD0155⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -9471,51 +9471,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="00B59658"/>
+    <w:nsid w:val="2810C05C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9702,51 +9702,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/vincent-hue" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/MCJ-9605-2025" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05486778v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mura" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Moirano" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Hue" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Castagnoli" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Migliorini" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/PSJ/ada6aa" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05042029v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Rodriguez-Ovalle" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Fouchet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Cavali&#233;" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Lellouch" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leigh N. Fletcher" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202453575" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04726430v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shinnosuke Satoh" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fuminori Tsuchiya" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shotaro Sakai" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasumasa Kasaba" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan D. Nichols" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024GL110079" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04836791v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Benmahi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bonfond" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Benne" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Hue" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Grodent" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202451439" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04764081v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Cavali&#233;" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Rezac" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Moreno" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Lellouch" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Fouchet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41550-024-02348-y" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04726502v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Rabia" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Andr&#233;" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. N&#233;non" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. R. Szalay" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024JA032604" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04846469v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. D. Retherford" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. M. Becker" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. R. Gladstone" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. K. Greathouse" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. W. Davis" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11214-024-01121-x" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505661v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Palmaerts" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z.H. Yao" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.L. Guo" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2023.115815" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04726435v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. A. Head" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202450253" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04644183v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Mousis" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Lunine" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathleen Mandt" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Hueso" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11214-024-01071-4" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04761603v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Rodr&#237;guez-Ovalle" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Guerlet" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jake Harkett" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202451453" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04726536v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023JE008130" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04846470v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Cavali&#233;" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. A. Sinclair" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Zhang" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11214-024-01119-5" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04644175v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024JE008299" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04726511v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael A. Velez" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kurt D. Retherford" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joshua A. Kammer" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tracy M. Becker" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/PSJ/ad0e70" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04582088v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Bouquet" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#237;ntia Aparecida Pires da Costa" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Boduch" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hermann Rothard" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicja Domaracka" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/PSJ/ad3204" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04726419v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Schneeberger" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathleen E. Mandt" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artyom Aguichine" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/PSJ/ad58d8" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04726554v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Santos-Costa" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023JA032041" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04726510v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202348634" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04726503v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Groulard" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. -C. G&#233;rard" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2024.116005" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04236027v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Sinclair" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Greathouse" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rohini Giles" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Lacy" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julianne Moses" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/PSJ/accb95" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04155050v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J R Szalay" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023GL103131" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505719v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Haewsantati" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Wannawichian" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gladstone" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023JA031396" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04505577v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. H. Sulaiman" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Clark" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Allegrini" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bagenal" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023GL103456" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04168735v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41550-023-02016-7" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505857v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Randall Gladstone" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joshua Kammer" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022JE007610" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251777v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agust&#237;n S&#225;nchez-Lavega" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imke de Pater" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arrate Antu&#241;ano" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41550-023-02099-2" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04350609v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C K Louis" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Louarn" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Collet" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Al Saati" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023JA031985" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04473199v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. K. Louis" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023JA031363" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03817598v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Benmahi" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202244200" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03867494v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. H. Mauk" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. J. Bolton" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022JA030293" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03667435v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Kotsiaros" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2021GL096994" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03358143v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Greathouse" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Giles" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202141523" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03672338v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. W. Ebert" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2021JA029679" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03358182v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dobrijevic" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Loison" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2021.114477" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03174108v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bilal Benmahi" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Moreno" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202140330" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02948645v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Biver" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Bermudez-Diaz" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202038188" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03673131v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gkouvelis" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020JA028142" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03673124v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020GL089732" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03238851v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/PSJ/abc887" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02559251v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Venot" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yamila Miguel" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Wurz" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11214-020-00677-8" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03107518v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Dobrijevic" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Loison" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Hickson" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2019.07.009" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03673156v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Mauk" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2019JA027693" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367819v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ebert" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2018GL081129" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02282405v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Hartogh" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Moreno" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lellouch" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201935954" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01582556v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Mousis" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. H. Atkinson" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. N. Fletcher" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. J. Amato" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pss.2017.10.005" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01729087v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Hersant" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.A. Sinclair" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2018.02.018" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03678159v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bolton" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2018JE005752" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03676954v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. E. P. Connerney" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2017GL075106" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01241179v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. K., Greathouse" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2015.12.007" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192841v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. Loison" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. M. Hickson" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201425444" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00998583v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric H&#233;brard" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.M. Hickson" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Caralp" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2014.09.039" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SMNV1M65-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01141465v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas K. Greathouse" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2015.04.001" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357965v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-30648-3_46-1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04726517v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Randy Gladstone" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maarten Versteeg" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-10142" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04501879v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Chaufray" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lamy" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Leblanc" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Hue" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Montmessin" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03834668v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ladislav Rezac" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Moreno" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc2022-355" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03804840v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James A. Sinclair" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick G. J. Irwin" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno B&#233;zard" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-obspm.ccsd.cnrs.fr/obspm-03903788v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Richter" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maisie Rashman" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-obspm.ccsd.cnrs.fr/obspm-03903751v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Cavalie" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03804587v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Biver" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03743644v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03734077v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03743766v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01904649v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Hartogh" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03803291v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01619151v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01229418v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01082264v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas, Greathouse" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01226888v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015BORD0155" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/vincent-hue" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/MCJ-9605-2025" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05486778v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mura" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Moirano" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Hue" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Castagnoli" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Migliorini" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/PSJ/ada6aa" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05042029v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Rodriguez-Ovalle" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Fouchet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Cavali&#233;" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Lellouch" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leigh N. Fletcher" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202453575" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04764081v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Cavali&#233;" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Rezac" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Moreno" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Lellouch" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Fouchet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41550-024-02348-y" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04726502v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Rabia" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Andr&#233;" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. N&#233;non" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. R. Szalay" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024JA032604" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505661v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Palmaerts" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Grodent" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bonfond" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z.H. Yao" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.L. Guo" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2023.115815" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04846469v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. D. Retherford" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. M. Becker" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. R. Gladstone" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. K. Greathouse" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. W. Davis" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11214-024-01121-x" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04726430v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shinnosuke Satoh" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fuminori Tsuchiya" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shotaro Sakai" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasumasa Kasaba" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan D. Nichols" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024GL110079" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04836791v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Benmahi" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Benne" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Hue" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202451439" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04726435v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. A. Head" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202450253" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04644183v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Mousis" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Lunine" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathleen Mandt" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Hueso" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11214-024-01071-4" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04761603v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Rodr&#237;guez-Ovalle" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Guerlet" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jake Harkett" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202451453" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04644175v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024JE008299" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04846470v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Cavali&#233;" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. A. Sinclair" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Zhang" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11214-024-01119-5" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04726536v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023JE008130" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04726511v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael A. Velez" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kurt D. Retherford" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joshua A. Kammer" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tracy M. Becker" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/PSJ/ad0e70" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04582088v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Bouquet" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#237;ntia Aparecida Pires da Costa" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Boduch" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hermann Rothard" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicja Domaracka" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/PSJ/ad3204" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04726419v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Schneeberger" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathleen E. Mandt" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artyom Aguichine" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/PSJ/ad58d8" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04726510v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202348634" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04726554v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Santos-Costa" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023JA032041" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04726503v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Groulard" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. -C. G&#233;rard" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2024.116005" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04155050v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J R Szalay" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023GL103131" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505719v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Haewsantati" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Wannawichian" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gladstone" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023JA031396" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04505577v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. H. Sulaiman" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Clark" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Allegrini" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bagenal" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023GL103456" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04236027v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Sinclair" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Greathouse" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rohini Giles" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Lacy" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julianne Moses" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/PSJ/accb95" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04168735v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41550-023-02016-7" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505857v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Randall Gladstone" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joshua Kammer" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022JE007610" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251777v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agust&#237;n S&#225;nchez-Lavega" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imke de Pater" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arrate Antu&#241;ano" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41550-023-02099-2" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04350609v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C K Louis" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Louarn" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Collet" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Al Saati" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023JA031985" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04473199v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. K. Louis" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023JA031363" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03817598v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Benmahi" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202244200" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03867494v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. H. Mauk" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. J. Bolton" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022JA030293" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03667435v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Kotsiaros" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2021GL096994" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03358143v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Greathouse" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Giles" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202141523" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03672338v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. W. Ebert" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2021JA029679" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03174108v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bilal Benmahi" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Moreno" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202140330" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03358182v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dobrijevic" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Loison" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2021.114477" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03673131v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gkouvelis" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020JA028142" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02948645v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Biver" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Bermudez-Diaz" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202038188" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03673124v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020GL089732" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03238851v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/PSJ/abc887" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02559251v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Venot" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yamila Miguel" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Wurz" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11214-020-00677-8" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03107518v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Dobrijevic" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Loison" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Hickson" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2019.07.009" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03673156v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Mauk" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2019JA027693" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367819v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ebert" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2018GL081129" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02282405v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Hartogh" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Moreno" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lellouch" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201935954" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01582556v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Mousis" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. H. Atkinson" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. N. Fletcher" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. J. Amato" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pss.2017.10.005" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01729087v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Hersant" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.A. Sinclair" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2018.02.018" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03678159v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bolton" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2018JE005752" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03676954v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. E. P. Connerney" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2017GL075106" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01241179v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. K., Greathouse" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2015.12.007" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192841v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. Loison" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. M. Hickson" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201425444" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00998583v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric H&#233;brard" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.M. Hickson" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Caralp" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2014.09.039" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SMNV1M65-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01141465v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas K. Greathouse" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2015.04.001" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357965v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-30648-3_46-1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04726517v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Randy Gladstone" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maarten Versteeg" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-10142" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04501879v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Chaufray" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lamy" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Leblanc" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Hue" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Montmessin" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03834668v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ladislav Rezac" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Moreno" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/epsc2022-355" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-obspm.ccsd.cnrs.fr/obspm-03903751v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Cavalie" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-obspm.ccsd.cnrs.fr/obspm-03903788v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Richter" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maisie Rashman" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03804840v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James A. Sinclair" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick G. J. Irwin" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno B&#233;zard" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03804587v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Biver" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03743644v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03734077v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03743766v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01904649v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Hartogh" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03803291v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01619151v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01229418v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01082264v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas, Greathouse" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01226888v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015BORD0155" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>