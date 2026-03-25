--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -3477,616 +3477,730 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03778586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pré-publication, Document de travail (5)</w:t>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (6)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pick the Largest Margin for Robust Detection of Splicing</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Rony Abecidan</w:t>
+                <w:t xml:space="preserve">Better Inversion of Diffusion Models for Generative Steganography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Noirault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tomáš Pevný</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan Butora</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Itier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Bas</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...11 lines deleted...]
-            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04688185v3</w:t>
+                <w:t xml:space="preserve">hal-05547305v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ERROR REDUCTION FOR GEN-AI STEGANOGRAPHY BY ADJUSTMENTS IN THE LATENT SPACE</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jan Butora</w:t>
+                <w:t xml:space="preserve">Pick the Largest Margin for Robust Detection of Splicing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Simon de Kergunic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rony Abecidan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Bas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Itier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">2025</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05271776v1</w:t>
+                <w:t xml:space="preserve">hal-04688185v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DinoLizer: Learning from the Best for Generative Inpainting Localization</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Minh Thong Doi</w:t>
+                <w:t xml:space="preserve">ERROR REDUCTION FOR GEN-AI STEGANOGRAPHY BY ADJUSTMENTS IN THE LATENT SPACE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelien Noirault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tomas Pevny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan Butora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Itier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Bas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05377107v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05271776v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Blind Data Adaptation to tackle Covariate Shift in Operational Steganalysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rony Abecidan</w:t>
+                <w:t xml:space="preserve">DinoLizer: Learning from the Best for Generative Inpainting Localization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Minh Thong Doi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan Butora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Itier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Boulanger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Bas</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">2024</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04587809v2</w:t>
+                <w:t xml:space="preserve">hal-05377107v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Blind Data Adaptation to tackle Covariate Shift in Operational Steganalysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rony Abecidan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Itier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Boulanger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Bas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tomáš Pevný</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04587809v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Tucker Decomposition Based on a Tensor Train of Coupled and Constrained CP Cores</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxence Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Itier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Remy Boyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yassine Zniyed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André de Almeida</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
-              <w:r>
-[...76 lines deleted...]
-            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04112156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4096,114 +4210,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nouvelles méthodes de synchronisation de nuages de points 3D pour l'insertion de données cachées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Itier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cryptographie et sécurité [cs.CR]. Université Montpellier, 2015. Français. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨NNT : 2015MONTS017⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thèse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01333048v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId104"/>
+      <w:footerReference w:type="default" r:id="rId105"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -4350,51 +4464,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-03475299v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Itier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Strauss" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Morel" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Puech" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11042-020-10326-5" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02023980v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Puteaux" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tcsvt.2019.2894520" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01707217v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11042-016-4163-y" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01233558v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Tournier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Subsol" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Pedeboy" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cad.2015.02.005" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05145087v2" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh Thong Doi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Butora" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Boulanger" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bas" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05147284v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Noirault" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05186835v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Simon de Kergunic" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rony Abecidan" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-05204343v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ikram Messadi" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Cervia" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04751177v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sahar Masmoudi" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Garnier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Savard" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Sauvage" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04494006v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Modesar Shakoor" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Mennesson" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04789039v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krushna Shinde" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmytro Vasiukov" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04166647v2" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229257v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom&#225;&#353; Pevn&#253;" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03704712v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840926v2" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WIFS55849.2022.9975430" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160123v2" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EUSIPCO54536.2021.9616041" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03374780v2" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02023959v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Destruel" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MMSP.2018.8547093" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02023204v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noe Le Philippe" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIP.2017.8297103" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02023964v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florentin Kucharczak" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IPTA.2018.8608122" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01535056v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent L&#233;on" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bonneel" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lavou&#233;" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Vandeborre" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01774171v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2352/ISSN.2470-1173.2017.7.MWSF-323" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01379552v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian G. Bors" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2352/ISSN.2470-1173.2016.21.3DIPM-396" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01379566v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIP.2015.7351673" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01379554v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Gesqui&#232;re" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2076763" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01379584v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIP.2014.7025967" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01339264v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MMSP.2013.6659272" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03778589v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119987390.ch4" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03601274v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Beugnon" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119901808.ch7" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03778586v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51926/ISTE.9027.ch4" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04688185v3" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05271776v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Noirault" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomas Pevny" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377107v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04587809v2" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04112156v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Giraud" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Boyer" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Zniyed" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; de Almeida" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01333048v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015MONTS017" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-03475299v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Itier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Strauss" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Morel" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Puech" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11042-020-10326-5" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02023980v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Puteaux" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tcsvt.2019.2894520" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01707217v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11042-016-4163-y" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01233558v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Tournier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Subsol" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Pedeboy" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cad.2015.02.005" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05145087v2" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh Thong Doi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Butora" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Boulanger" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bas" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05147284v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Noirault" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05186835v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Simon de Kergunic" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rony Abecidan" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-05204343v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ikram Messadi" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Cervia" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04751177v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sahar Masmoudi" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Garnier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Savard" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Sauvage" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04494006v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Modesar Shakoor" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Mennesson" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04789039v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krushna Shinde" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmytro Vasiukov" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04166647v2" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229257v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom&#225;&#353; Pevn&#253;" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03704712v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840926v2" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WIFS55849.2022.9975430" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160123v2" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EUSIPCO54536.2021.9616041" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03374780v2" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02023959v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Destruel" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MMSP.2018.8547093" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02023204v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noe Le Philippe" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIP.2017.8297103" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02023964v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florentin Kucharczak" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IPTA.2018.8608122" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01535056v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent L&#233;on" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bonneel" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lavou&#233;" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Vandeborre" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01774171v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2352/ISSN.2470-1173.2017.7.MWSF-323" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01379552v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian G. Bors" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2352/ISSN.2470-1173.2016.21.3DIPM-396" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01379566v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIP.2015.7351673" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01379554v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Gesqui&#232;re" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2076763" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-01379584v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIP.2014.7025967" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01339264v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MMSP.2013.6659272" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03778589v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119987390.ch4" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03601274v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Beugnon" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119901808.ch7" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03778586v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51926/ISTE.9027.ch4" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05547305v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04688185v3" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05271776v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Noirault" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomas Pevny" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377107v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04587809v2" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04112156v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Giraud" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Boyer" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Zniyed" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; de Almeida" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01333048v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015MONTS017" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>