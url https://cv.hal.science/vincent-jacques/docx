--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -753,308 +753,308 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03525758v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The essential role of surface pinning in the dynamics of charge density waves submitted to external dc fields</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Evidence of charge density wave transverse pinning by x-ray microdiffraction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jonathan Caillaux</w:t>
+                <w:t xml:space="preserve">E. Bellec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Le Bolloc'H</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">I. Gonzalez-Vallejo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V.L.R. Jacques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Sinchenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Orlov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The European Physical Journal B: Condensed Matter and Complex Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1140/epjb/e2020-10211-6⟩</w:t>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 101 (12), pp.125122. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.101.125122⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03088687v1</w:t>
+                <w:t xml:space="preserve">hal-03085984v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evidence of charge density wave transverse pinning by x-ray microdiffraction</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">I. Gonzalez-Vallejo</w:t>
+                <w:t xml:space="preserve">The essential role of surface pinning in the dynamics of charge density waves submitted to external dc fields</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ewen Bellec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Jacques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V.L.R. Jacques</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">A. Sinchenko</w:t>
+                <w:t xml:space="preserve">Jonathan Caillaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Orlov</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">David Le Bolloc'H</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 101 (12), pp.125122. </w:t>
+              <w:t xml:space="preserve">The European Physical Journal B: Condensed Matter and Complex Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 93 (9), </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.101.125122⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1140/epjb/e2020-10211-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03085984v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03088687v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New long-range sub-structure found in the tetragonal phase of CH3NH3PbI3 single crystals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V.L.R. Jacques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Gallo-Frantz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1183,51 +1183,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Weis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Caillaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Nilforoushan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1406,395 +1406,395 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01631614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laser-Induced Charge-Density-Wave Transient Depinning in Chromium</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId46" w:history="1">
+                <w:t xml:space="preserve">Collective transport of charges in charge density wave systems based on traveling soliton lattices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Rojo-Bravo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V.L.R. Jacques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Le Bolloc'H</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.117.156401⟩</w:t>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 94 (20), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.94.201120⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04944820v1</w:t>
+                <w:t xml:space="preserve">hal-04944822v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Collective transport of charges in charge density wave systems based on traveling soliton lattices</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Narrow Linewidth Excitonic Emission in Organic-Inorganic Lead Iodide Perovskite Single Crystals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hiba Diab</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaelle Trippe-Allard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ferdinand Lédée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Rojo-Bravo</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Khaoula Jemli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christèle Vilar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.94.201120⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 7 (24), pp.5093-5100. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpclett.6b02261⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04944822v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01405439v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Narrow Linewidth Excitonic Emission in Organic-Inorganic Lead Iodide Perovskite Single Crystals</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hiba Diab</w:t>
+                <w:t xml:space="preserve">Laser-Induced Charge-Density-Wave Transient Depinning in Chromium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V.L.R. Jacques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaelle Trippe-Allard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Ferdinand Lédée</w:t>
+                <w:t xml:space="preserve">C. Laulhé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Khaoula Jemli</w:t>
+                <w:t xml:space="preserve">N. Moisan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christèle Vilar</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">S. Ravy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Le Bolloc'H</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 7 (24), pp.5093-5100. </w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 117 (15), </w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.jpclett.6b02261⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.117.156401⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01405439v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04944820v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Surface Effects on the Mott-Hubbard Transition in Archetypal V2 O3</w:t>
               </w:r>
@@ -1819,51 +1819,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Hajlaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Papalazarou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V.L.R. Jacques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Mazzotti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2087,51 +2087,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Chahine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Grifone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V.L.R. Jacques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.W. Spalenka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2176,343 +2176,343 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04944819v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Creep, flow, and phase slippage regimes: An extensive view of the sliding charge-density wave revealed by coherent x-ray diffraction</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Estimation of coherence properties of an undulator-generated x-ray beam from near-field and far-field slit diffraction visibilities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V.L.R. Jacques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Le Bolloc'H</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Pinsolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Kirova</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">D. Le Bolloc'H</w:t>
+                <w:t xml:space="preserve">F.-E. Picca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Ravy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.109.256402⟩</w:t>
+              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 86 (14), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.86.144117⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04883091v1</w:t>
+                <w:t xml:space="preserve">hal-04944818v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estimation of coherence properties of an undulator-generated x-ray beam from near-field and far-field slit diffraction visibilities</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId46" w:history="1">
+                <w:t xml:space="preserve">Creep, flow, and phase slippage regimes: An extensive view of the sliding charge-density wave revealed by coherent x-ray diffraction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Pinsolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Kirova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V.L.R. Jacques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.A. Sinchenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Le Bolloc'H</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">S. Ravy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 86 (14), </w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 109 (25), </w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.86.144117⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.109.256402⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04944818v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04883091v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution of a large-periodicity soliton lattice in a current-driven electronic crystal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V.L.R. Jacques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Le Bolloc'H</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Ravy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2589,90 +2589,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pinning and depinning process of an incommensurate CDW as revealed by coherent X-ray diffraction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Pinsolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Le Bolloc'H</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Kirova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V.L.R. Jacques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.A. Sinchenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physica B: Condensed Matter</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 407 (11), pp.1848-1851. </w:t>
@@ -2716,295 +2716,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00966444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comment on &amp;quot;Bulk Dislocation Core Dissociation Probed by Coherent X Rays in Silicon&amp;quot; Reply.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId46" w:history="1">
+                <w:t xml:space="preserve">Bulk Dislocation Core Dissociation Probed by Coherent X Rays in Silicon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V.L.R. Jacques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Ravy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Le Bolloc'H</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Pinsolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Sauvage-Simkin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 107 (19), </w:t>
+              <w:t xml:space="preserve">, 2011, 106 (6), </w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.107.199602⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.106.065502⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00664714v1</w:t>
+                <w:t xml:space="preserve">hal-00640187v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bulk Dislocation Core Dissociation Probed by Coherent X Rays in Silicon</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId46" w:history="1">
+                <w:t xml:space="preserve">Comment on &amp;quot;Bulk Dislocation Core Dissociation Probed by Coherent X Rays in Silicon&amp;quot; Reply.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V.L.R. Jacques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Ravy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Le Bolloc'H</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Pinsolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Sauvage-Simkin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 106 (6), </w:t>
+              <w:t xml:space="preserve">, 2011, 107 (19), </w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.106.065502⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.107.199602⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00640187v1</w:t>
+                <w:t xml:space="preserve">hal-00664714v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coherent scattering from silicon monocrystal surface</w:t>
               </w:r>
@@ -3137,64 +3137,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Observation of correlations up to the micrometer scale in sliding charge-density waves</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Jacques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Le Bolloc'H</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Kirova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Ravy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3254,77 +3254,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spin density wave dislocation in chromium probed by coherent X-ray diffraction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V.L.R. Jacques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Le Bolloc'H</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Ravy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Giles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3388,77 +3388,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Density wave defects in chromium probed by coherent X-rays</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V.L.R. Jacques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Le Bolloc'H</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Ravy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physica B: Condensed Matter</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 404 (3-4), pp.573-575. </w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3657,702 +3657,702 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Excitonic emission of hybrid lead iodide perovskite single crystals.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hiba Diab</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaelle Trippe-Allard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ferdinand Lédée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khaoula Jemli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Bouchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICFSI-16, 16th International Conference on the Formation of Semiconductr Interfaces</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2017, Hanovre, Germany</w:t>
+              <w:t xml:space="preserve">SSI-21, 21st International Conference on Solid State Ionics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Padoue, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01556305v1</w:t>
+                <w:t xml:space="preserve">hal-01556301v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Excitonic emission of hybrid lead iodide perovskite single crystals.</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">k-resolved band structure of CH3NH3PbI3 hybrid organic-inorganic perovskite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Bouchez</w:t>
+                <w:t xml:space="preserve">Min-I Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Barragan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maya N Nair</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Jacques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Le Bolloc 'H</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SSI-21, 21st International Conference on Solid State Ionics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2017, Padoue, Italy</w:t>
+              <w:t xml:space="preserve">3èmes Journées des Pérovskites Hybrides</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Angers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01556301v1</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01572181v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">k-resolved band structure of CH3NH3PbI3 hybrid organic-inorganic perovskite</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId144" w:history="1">
+                <w:t xml:space="preserve">Effet de la transition de phase structurelle sur la structure de bande résolue en k de la pérovskite hybride organique-inorganique CH3NH3PbI3</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Min-I Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maya N Nair</w:t>
+                <w:t xml:space="preserve">A. Barragan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.N. Nair</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Jacques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">David Le Bolloc 'H</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Le Bolloc'H</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3èmes Journées des Pérovskites Hybrides</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2017, Angers, France</w:t>
+              <w:t xml:space="preserve">Journée Surfaces et Interfaces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2017, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01572181v1</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01451013v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effet de la transition de phase structurelle sur la structure de bande résolue en k de la pérovskite hybride organique-inorganique CH3NH3PbI3</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Min-I Lee</w:t>
+                <w:t xml:space="preserve">Excitonic Emission and Electron-Phonon coupling in Organic-Inorganic Lead Iodide Perovskite single crystals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hiba Diab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Barragan</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">D. Le Bolloc'H</w:t>
+                <w:t xml:space="preserve">Gaelle Trippé-Allard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ferdinand Lédée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khaoula Jemli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Bouchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée Surfaces et Interfaces</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2017, Rennes, France</w:t>
+              <w:t xml:space="preserve">1st International MOMENTOM Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2017, Cachan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01451013v1</w:t>
+                <w:t xml:space="preserve">hal-01668284v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Excitonic Emission and Electron-Phonon coupling in Organic-Inorganic Lead Iodide Perovskite single crystals</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId78" w:history="1">
+                <w:t xml:space="preserve">Excitonic emission of hybrid lead iodide perovskite single crystals.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Deleporte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hiba Diab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaelle Trippé-Allard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ferdinand Lédée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Bouchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1st International MOMENTOM Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2017, Cachan, France</w:t>
+              <w:t xml:space="preserve">ICFSI-16, 16th International Conference on the Formation of Semiconductr Interfaces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, Hanovre, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01668284v1</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01556305v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electronic band structure and structural periodicities on MAPI hybrid perovskite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Min-I Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Barragan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.N. Nair</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Fertey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4401,277 +4401,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01450977v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Excitonic Emission in Organic-Inorganic Lead Iodide Perovskite single crystals</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId78" w:history="1">
+                <w:t xml:space="preserve">Optical properties of 3D hybrid organic perovskites monocrystals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hiba Diab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaëlle Trippé-Allard</w:t>
+                <w:t xml:space="preserve">Gaëlle Allard-Trippé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ferdinand Lédée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaoula Jemli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Bouchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd International Conference on Perovskite Solar Cells and Optoelectronics </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2016, Genova, Italy</w:t>
+              <w:t xml:space="preserve">33rd International Conference on the Physics of Semiconductors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2016, Beijing, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01420961v1</w:t>
+                <w:t xml:space="preserve">hal-01420944v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optical properties of 3D hybrid organic perovskites monocrystals</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId78" w:history="1">
+                <w:t xml:space="preserve">Excitonic Emission in Organic-Inorganic Lead Iodide Perovskite single crystals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hiba Diab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaëlle Allard-Trippé</w:t>
+                <w:t xml:space="preserve">Gaëlle Trippé-Allard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ferdinand Lédée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaoula Jemli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Bouchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">33rd International Conference on the Physics of Semiconductors</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2016, Beijing, China</w:t>
+              <w:t xml:space="preserve">2nd International Conference on Perovskite Solar Cells and Optoelectronics </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Genova, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01420944v1</w:t>
+                <w:t xml:space="preserve">hal-01420961v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4689,103 +4689,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Excitonic Emission and Electron-Phonon coupling in Organic-Inorganic Lead Iodide Perovskite single crystals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hiba Diab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaelle Trippé-Allard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ferdinand Lédée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaoula Jemli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Bouchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Perovskite Thin Film Photovoltaics (ABXPV17)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2017, Valence, Spain. pp.4593, 2017</w:t>
@@ -5086,51 +5086,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04864367v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Le Bolloc&#8217;h" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ewen Bellec" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darine Ghoneim" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Gallo-Frantz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pawel Wzietek" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.adr6034" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04569145v2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Gallo--Frantz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Jacques" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sinchenko" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ghoneim" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Ortega" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-47626-5" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251860v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Le Bolloc'h" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Kirova" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent L R Jacques" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/sym15071449" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04077873v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Subodh SK Gautam" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minjin Kim" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Geffroy" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milo Boirot" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Jacques" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adom.202300577" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03525758v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Jarnac" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Cario" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Janod" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven L Johnson" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crphys.89" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03088687v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Caillaux" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Le Bolloc'H" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjb/e2020-10211-6" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03085984v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bellec" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Gonzalez-Vallejo" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.L.R. Jacques" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Orlov" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.101.125122" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02384710v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Gallo-Frantz" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Tejeda" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Le Bolloc&#8217;h" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferdinand L&#233;d&#233;e" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6463/ab202e" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-02457642v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Boschetto" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Weis" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Zhang" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Nilforoushan" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-019-11744-2" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01631614v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zailan Zhang" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Denis" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blair W. Lebert" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Bertran" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Le F&#232;vre" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physb.2017.10.096" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04944820v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Laulh&#233;" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Moisan" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ravy" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Le Bolloc'H" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.117.156401" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04944822v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rojo-Bravo" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.94.201120" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01405439v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiba Diab" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Trippe-Allard" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaoula Jemli" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christ&#232;le Vilar" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpclett.6b02261" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04944821v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lantz" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hajlaoui" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Papalazarou" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mazzotti" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.115.236802" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01572784v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanja Etzelstorfer" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin J. Sueess" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustav L. Schiefler" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent L. R. Jacques" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dina Carbone" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S1600577513025459" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04944819v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.G. Evans" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Chahine" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Grifone" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.W. Spalenka" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4829629" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04883091v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Pinsolle" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Kirova" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.A. Sinchenko" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.109.256402" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04944818v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.-E. Picca" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.86.144117" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00941993v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Dumas" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Colin" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.85.035113" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00966444v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physb.2012.01.046" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-98X0984R-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00664714v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sauvage-Simkin" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.107.199602" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00640187v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.106.065502" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00602227v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Livet" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Beutier" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc de Boissieu" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Ravy" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric-Emmanuel Picca" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.susc.2010.11.006" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00990211v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physb.2008.11.046" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00445226v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Giles" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Livet" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjb/e2009-00231-3" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04944823v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physb.2008.11.088" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04050713v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01556305v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Deleporte" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Tripp&#233;-Allard" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bouchez" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01556301v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01572181v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Min-I Lee" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Barragan" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya N Nair" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Le Bolloc 'H" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01451013v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Barragan" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.N. Nair" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668284v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01450977v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Fertey" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Taleb-Ibrahimi" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01420961v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Tripp&#233;-Allard" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01420944v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Allard-Tripp&#233;" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01556199v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00463496v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04864367v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Le Bolloc&#8217;h" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ewen Bellec" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darine Ghoneim" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Gallo-Frantz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pawel Wzietek" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.adr6034" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04569145v2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Gallo--Frantz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Jacques" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sinchenko" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ghoneim" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Ortega" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-47626-5" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251860v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Le Bolloc'h" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Kirova" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent L R Jacques" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/sym15071449" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04077873v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Subodh SK Gautam" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minjin Kim" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Geffroy" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milo Boirot" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Jacques" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adom.202300577" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03525758v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Jarnac" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Cario" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Janod" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven L Johnson" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crphys.89" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03085984v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bellec" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Gonzalez-Vallejo" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.L.R. Jacques" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Orlov" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.101.125122" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03088687v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Caillaux" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Le Bolloc'H" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjb/e2020-10211-6" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02384710v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Gallo-Frantz" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Tejeda" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Le Bolloc&#8217;h" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferdinand L&#233;d&#233;e" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6463/ab202e" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-02457642v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Boschetto" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Weis" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Zhang" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Nilforoushan" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-019-11744-2" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01631614v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zailan Zhang" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Denis" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blair W. Lebert" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Bertran" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Le F&#232;vre" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physb.2017.10.096" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04944822v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rojo-Bravo" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Le Bolloc'H" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.94.201120" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01405439v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiba Diab" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Trippe-Allard" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaoula Jemli" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christ&#232;le Vilar" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpclett.6b02261" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04944820v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Laulh&#233;" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Moisan" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ravy" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.117.156401" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04944821v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lantz" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hajlaoui" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Papalazarou" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mazzotti" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.115.236802" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01572784v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanja Etzelstorfer" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin J. Sueess" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustav L. Schiefler" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent L. R. Jacques" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dina Carbone" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S1600577513025459" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04944819v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.G. Evans" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Chahine" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Grifone" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.W. Spalenka" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4829629" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04944818v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Pinsolle" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.-E. Picca" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.86.144117" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04883091v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Kirova" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.A. Sinchenko" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.109.256402" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00941993v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Dumas" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Colin" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.85.035113" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00966444v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physb.2012.01.046" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-98X0984R-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00640187v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sauvage-Simkin" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.106.065502" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00664714v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.107.199602" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00602227v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Livet" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Beutier" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc de Boissieu" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Ravy" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric-Emmanuel Picca" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.susc.2010.11.006" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00990211v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physb.2008.11.046" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00445226v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Giles" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Livet" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjb/e2009-00231-3" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04944823v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physb.2008.11.088" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04050713v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01556301v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bouchez" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01572181v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Min-I Lee" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Barragan" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya N Nair" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Le Bolloc 'H" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01451013v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Barragan" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.N. Nair" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668284v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Tripp&#233;-Allard" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01556305v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Deleporte" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01450977v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Fertey" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Taleb-Ibrahimi" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01420944v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Allard-Tripp&#233;" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01420961v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Tripp&#233;-Allard" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01556199v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00463496v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>