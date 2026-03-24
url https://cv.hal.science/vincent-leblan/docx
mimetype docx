--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -100,417 +100,417 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Animals in anthropology: From objects of ethnography to ethnographic subjects?</w:t>
+                <w:t xml:space="preserve">“Conservation” and “Coexistence” in Primatology: Antagonisms and Overlaps</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Leblan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mélanie Roustan</w:t>
+                <w:t xml:space="preserve">Papa Ibnou Ndiaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Narat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ethnography</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/14661381251357072⟩</w:t>
+              <w:t xml:space="preserve">Revue de Primatologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 15, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/13y04⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05478170v1</w:t>
+                <w:t xml:space="preserve">halshs-05111454v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">“Conservation” and “Coexistence” in Primatology: Antagonisms and Overlaps</w:t>
+                <w:t xml:space="preserve">Animals in anthropology: From objects of ethnography to ethnographic subjects?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Leblan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Victor Narat</w:t>
+                <w:t xml:space="preserve">Mélanie Roustan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue de Primatologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 15, </w:t>
+              <w:t xml:space="preserve">Ethnography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/13y04⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1177/14661381251357072⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-05111454v1</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05478170v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Political ecology survey of human-chimpanzee coexistence within postwar Mabi-Yaya Nature Reserve, Côte d’Ivoire</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Trop de One Health ! Pas assez de One Health ! [éditorial]</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Leblan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sasha Pruvost</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Vincent Leblan</w:t>
+                <w:t xml:space="preserve">Pascal Handschumacher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Fontenille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue de Primatologie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/12p0s⟩</w:t>
+              <w:t xml:space="preserve">Natures Sciences Sociétés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 32 (4), pp.391-392. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/nss/2025023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-05111471v1</w:t>
+                <w:t xml:space="preserve">halshs-05111489v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trop de One Health ! Pas assez de One Health ! [éditorial]</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Political ecology survey of human-chimpanzee coexistence within postwar Mabi-Yaya Nature Reserve, Côte d’Ivoire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sasha Pruvost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Leblan</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Didier Fontenille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Natures Sciences Sociétés</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 32 (4), pp.391-392. </w:t>
+              <w:t xml:space="preserve">Revue de Primatologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 15, </w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/nss/2025023⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/12p0s⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-05111489v1</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05111471v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Retour sur le colloque « L’animal à l’Anthropocène »</w:t>
               </w:r>
@@ -522,51 +522,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Leblan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Duda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Narat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Natures Sciences Sociétés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, </w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
@@ -594,182 +594,182 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04035135v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chasing after chimpanzees. The making of a primatologist [critique d'ouvrage]</w:t>
+                <w:t xml:space="preserve">L'invention du colonialisme vert : pour en finir avec le mythe de l'Éden africain par Guillaume Blanc. - Flammarion, 2020, 343 p. [compte-rendu de lecture]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Leblan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue de Primatologie</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Natures Sciences Sociétés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 30 (1), pp.105-107. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/nss/2022021⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03989096v1</w:t>
+                <w:t xml:space="preserve">hal-03887918v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'invention du colonialisme vert : pour en finir avec le mythe de l'Éden africain par Guillaume Blanc. - Flammarion, 2020, 343 p. [compte-rendu de lecture]</w:t>
+                <w:t xml:space="preserve">Chasing after chimpanzees. The making of a primatologist [critique d'ouvrage]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Leblan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Natures Sciences Sociétés</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Revue de Primatologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/nss/2022021⟩</w:t>
-[...22 lines deleted...]
-                <w:t xml:space="preserve">hal-03887918v1</w:t>
+                <w:t xml:space="preserve">hal-03989096v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Il est urgent de décloisonner la protection de la nature »</w:t>
               </w:r>
@@ -1126,51 +1126,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction au dossier Regards sur le passé : 30 ans de la Société Francophone de Primatologie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Leblan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Narat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de Primatologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 8, </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1217,51 +1217,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les animaux en anthropologie : enjeux épistémologiques : introduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Leblan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Roustan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lectures anthropologiques : Revue de comptes rendus critiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1667,191 +1667,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">mnhn-03986512v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les animaux en anthropologie</w:t>
+                <w:t xml:space="preserve">Regards sur le passé : 30 ans de la Société Francophone de Primatologie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Leblan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Mélanie Roustan</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Narat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lectures anthropologiques : Revue de comptes rendus critiques</w:t>
+              <w:t xml:space="preserve">Revue de Primatologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03989174v1</w:t>
+                <w:t xml:space="preserve">hal-03989160v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Regards sur le passé : 30 ans de la Société Francophone de Primatologie</w:t>
+                <w:t xml:space="preserve">Les animaux en anthropologie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Leblan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Victor Narat</w:t>
+                <w:t xml:space="preserve">Mélanie Roustan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue de Primatologie</w:t>
+              <w:t xml:space="preserve">Lectures anthropologiques : Revue de comptes rendus critiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03989160v1</w:t>
+                <w:t xml:space="preserve">hal-03989174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2465,113 +2465,96 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04694560v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Bio-impérialismes d'hier et d'aujourd'hui : postface</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Leblan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le spécimen et le collecteur. Savoirs naturalistes, pouvoirs et altérités (XVIIIe-XXe siècles)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 27, Muséum national d'histoire naturelle, pp.7-29, 2018, Archives, 978-2-85653-829-6</w:t>
+              <w:t xml:space="preserve">, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01919813v1</w:t>
+                <w:t xml:space="preserve">hal-03989139v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les spécimens naturalistes : une histoire renouvelée, un patrimoine à questionner</w:t>
               </w:r>
@@ -2706,96 +2689,113 @@
                 </w:rPr>
                 <w:t xml:space="preserve">ird-02280989v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bio-impérialismes d'hier et d'aujourd'hui : postface</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Juhé-Beaulaton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Leblan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Dominique Juhé-Beaulaton; Vincent Leblan. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le spécimen et le collecteur. Savoirs naturalistes, pouvoirs et altérités (XVIIIe-XXe siècles)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018</w:t>
+              <w:t xml:space="preserve">, 27, Muséum national d'histoire naturelle, pp.7-29, 2018, Archives, 978-2-85653-829-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03989139v1</w:t>
+                <w:t xml:space="preserve">halshs-01919813v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les disciplines mènent à tout à condition d’en sortir. Jeunes chercheurs interdisciplinaires dans le triptyque Natures Sciences Sociétés</w:t>
               </w:r>
@@ -2953,51 +2953,51 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mobilisation de la FRB par les pouvoirs publics français sur les liens entre Covid-19 et biodiversité</w:t>
+                <w:t xml:space="preserve">The Link Between Covid-19 and Biodiversity: A Report Commissioned by the French Public Authorities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Silvain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robin Goffaux</w:t>
@@ -3029,97 +3029,97 @@
                 <w:t xml:space="preserve">Francois Sarrazin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Abbadie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[0] FRB. 2021, 63 p</w:t>
+              <w:t xml:space="preserve">[0] French Foundation for Biodiversity Research (FRB). 2021, pp.60</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04179836v1</w:t>
+                <w:t xml:space="preserve">hal-04179861v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Link Between Covid-19 and Biodiversity: A Report Commissioned by the French Public Authorities</w:t>
+                <w:t xml:space="preserve">Mobilisation de la FRB par les pouvoirs publics français sur les liens entre Covid-19 et biodiversité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Silvain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robin Goffaux</w:t>
@@ -3151,73 +3151,73 @@
                 <w:t xml:space="preserve">Francois Sarrazin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Abbadie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[0] French Foundation for Biodiversity Research (FRB). 2021, pp.60</w:t>
+              <w:t xml:space="preserve">[0] FRB. 2021, 63 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04179861v1</w:t>
+                <w:t xml:space="preserve">hal-04179836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Link Between Covid-19 and Biodiversity : A Report Commissioned by the French Public Authorities</w:t>
               </w:r>
@@ -3494,51 +3494,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05478170v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Leblan" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Roustan" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/14661381251357072" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05111454v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Papa Ibnou Ndiaye" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Narat" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13y04" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05111471v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sasha Pruvost" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12p0s" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05111489v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Handschumacher" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Fontenille" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2025023" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04035135v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Duda" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2023011" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03989096v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03887918v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2022021" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04167883v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Barri&#232;re" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Barot" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie M. Carri&#232;re" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Durieux" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Emperaire" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03324216v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.P.K. Soiret" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/csp2.496" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03989011v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02536357v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02159229v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/primatologie.2856" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02277302v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01394941v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Borderon" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Buchs" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Vecchione" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2015060" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01274879v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03986512v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarik Dahou" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Benabou" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Duvail" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2022032" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03989174v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03989160v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05111427v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atta Kouam&#233;" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/catalogue/livre/de-la-conservation-aux-politiques-eco-sanitaires-en-cote-d-ivoire/78115?srsltid=AfmBOopv7gmjdF3Kr27wU0uJYKT3Rj99HV7p-yYkSZKAv0SidalbaRhy" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01919461v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Juh&#233;-Beaulaton" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01841923v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05111836v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05111520v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05111540v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fulbert Tra" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04694560v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Stoll" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Lyautey" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiago Muniz" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01919813v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01919762v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-02280989v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03989139v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845818v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845817v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04179836v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Silvain" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Goffaux" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Soubelet" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Sarrazin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Abbadie" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04179861v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04179849v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05111454v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Leblan" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Papa Ibnou Ndiaye" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Narat" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13y04" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05478170v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Roustan" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/14661381251357072" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05111489v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Handschumacher" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Fontenille" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2025023" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05111471v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sasha Pruvost" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12p0s" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04035135v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Duda" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2023011" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03887918v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2022021" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03989096v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04167883v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Barri&#232;re" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Barot" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie M. Carri&#232;re" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Durieux" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Emperaire" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03324216v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.P.K. Soiret" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/csp2.496" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03989011v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02536357v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02159229v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/primatologie.2856" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02277302v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01394941v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Borderon" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Buchs" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Vecchione" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2015060" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01274879v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03986512v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarik Dahou" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Benabou" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Duvail" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2022032" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03989160v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03989174v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05111427v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atta Kouam&#233;" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/catalogue/livre/de-la-conservation-aux-politiques-eco-sanitaires-en-cote-d-ivoire/78115?srsltid=AfmBOopv7gmjdF3Kr27wU0uJYKT3Rj99HV7p-yYkSZKAv0SidalbaRhy" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01919461v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Juh&#233;-Beaulaton" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01841923v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05111836v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05111520v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05111540v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fulbert Tra" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04694560v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Stoll" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Lyautey" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiago Muniz" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03989139v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01919762v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-02280989v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01919813v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845818v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845817v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04179861v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Silvain" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Goffaux" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Soubelet" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Sarrazin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Abbadie" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04179836v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04179849v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>