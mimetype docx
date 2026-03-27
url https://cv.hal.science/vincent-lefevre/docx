--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -1276,51 +1276,51 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00673156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (8)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (7)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -1435,690 +1435,565 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05533142v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The intertwined connection between the suburban sites of Mahasthangarh(Bangladesh) and the environment: How to deal with a ‘biased’ landscape?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Modelling urban settlement in Early Historical and Early Medieval South Asia: the case of Mahasthangarh, Bangladesh</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Lefèvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coline Lefrancq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nahid Sultana</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">World Archaeological Congress 10</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, WAC-10, Jun 2025, Darwin, Australia, Australia</w:t>
+              <w:t xml:space="preserve">The 26th International Conference of the European Society for South Asian Archaeology and Art</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EASAA; Saxon Academy of Sciences and Humanities; Monika Zin, Sep 2024, Leipzig (DE), Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05306356v1</w:t>
+                <w:t xml:space="preserve">hal-04864887v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling urban settlement in Early Historical and Early Medieval South Asia: the case of Mahasthangarh, Bangladesh</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Evolution of the fluvial landscape in the Mahasthangarh region (Bangladesh) over the last 2000 years: contribution of satellite images and geomorphological studies to the history of paleoenvironment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohan Chabot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Arhan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coline Lefrancq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nahid Sultana</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 26th International Conference of the European Society for South Asian Archaeology and Art</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, EASAA; Saxon Academy of Sciences and Humanities; Monika Zin, Sep 2024, Leipzig (DE), Germany</w:t>
+              <w:t xml:space="preserve">, EASAA; Saxon Academy of Sciences and Humanities; Monica Zin, Sep 2024, Leipzig (DE), Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04864887v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04864893v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution of the fluvial landscape in the Mahasthangarh region (Bangladesh) over the last 2000 years: contribution of satellite images and geomorphological studies to the history of paleoenvironment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yohan Chabot</w:t>
+                <w:t xml:space="preserve">Trente ans de recherches en Asie du Sud : les archives de Mahasthangarh et la mémoire vivante de la mission française de coopération archéologique au Bangladesh</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coline Lefrancq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Damien Arhan</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Nahid Sultana</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Françoise Boussac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 26th International Conference of the European Society for South Asian Archaeology and Art</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, EASAA; Saxon Academy of Sciences and Humanities; Monica Zin, Sep 2024, Leipzig (DE), Germany</w:t>
+              <w:t xml:space="preserve">Archives en Réseaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Julien Aliquot; Laure Bézard; Romain Boissat, Dec 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04864893v1</w:t>
+                <w:t xml:space="preserve">hal-04386808v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trente ans de recherches en Asie du Sud : les archives de Mahasthangarh et la mémoire vivante de la mission française de coopération archéologique au Bangladesh</w:t>
+                <w:t xml:space="preserve">The religious background (Monastic institutions and “Hindu” temples) of Mahasthangarh and the Varendra region through the lens of archaeology from 6th to 13th c. CE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coline Lefrancq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Lefèvre</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marie-Françoise Boussac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archives en Réseaux</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Julien Aliquot; Laure Bézard; Romain Boissat, Dec 2023, Lyon, France</w:t>
+              <w:t xml:space="preserve">Institutionalized Religion and Asceticism in South and Southeast Asia in the Pre-Modern Period - ERC DHARMA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Annette Schmiedchen, Mar 2022, Berlin (DE), Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04386808v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03996841v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The religious background (Monastic institutions and “Hindu” temples) of Mahasthangarh and the Varendra region through the lens of archaeology from 6th to 13th c. CE</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The excavations of Mahasthan (ancient Pundravardhana), Bangladesh</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Lefèvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coline Lefrancq</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Vincent Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Institutionalized Religion and Asceticism in South and Southeast Asia in the Pre-Modern Period - ERC DHARMA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Annette Schmiedchen, Mar 2022, Berlin (DE), Germany</w:t>
+              <w:t xml:space="preserve">Kick Off Meeting du projet ERC – DHARMA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ERC project DHARMA n°809994, Sep 2019, Berlin (DE), Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03996841v1</w:t>
+                <w:t xml:space="preserve">halshs-03996931v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The excavations of Mahasthan (ancient Pundravardhana), Bangladesh</w:t>
-[...80 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Tukkacci, a Royal Cola Temple at the Beginning of the 12th Century</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">South Asian Archaology 2003</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2003, Bonn, Germany. pp.523-531</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00673144v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2128,761 +2003,761 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les arts de l'Inde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Réunion des Musées Nationaux - Grand Palais; Ecole du Louvre, 2025, Manuels de l'Ecole du Louvre, 978-2-7118-8077-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05098589v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Génie de l'art indien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Les Belles Lettres, 2023, 978-2-251-45417-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (ouvrage de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04070830v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">South Asian Archaeology and Art 2012, Vol. 1: Man and Environment in Prehistoric and Protohistoric South Asia: New Perspectives; Vol. 2: South Asian Religions and Visual Forms in their Archaeological Context</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurore Didier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurore Didier</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Benjamin Mutin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brepols, In press, 978-2-503-56803-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03626563v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Orientalismes. De l’archéologie au musée. Mélanges offerts à Jean-François Jarrige</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Baptiste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Baptiste</w:t>
+                <w:t xml:space="preserve">Ernelle Berlier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ernelle Berlier</w:t>
+                <w:t xml:space="preserve">Barbara Faticoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Françoise Boussac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vincent Lefèvre. Brepols, 9, 2012, Indicopleustoi, Jean-François Salles</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01186984v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Orientalismes. De l’archéologie au musée. Mélanges offerts à Jean-François Jarrige</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brepols, 2012, 978-2-503-54444-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03626585v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Portraiture in Early India. Between Transience and Eternity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brill, 25, 2011, Handbook of Oriental Studies - Section Two : South Asia, Johannes Bronkhorst, 978-90-04-20735-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03626597v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Portraiture in Early India</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">J. Bronkhorst. Brill, pp.219, 2011, HdO - Handbuch der Orientalistik</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00673147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Art of the Ganges Delta. Masterpieces from Bangladeshi Museums</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Françoise Boussac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Musée national des arts asiatiques Guimet; Réunion des Musées Nationaux, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01186986v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chefs-d’œuvre du delta du Gange. Collections des musées du Bangladesh</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Françoise Boussac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Réunion des Musées Nationaux; Musée national des arts asiatiques Guimet, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01186985v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Commanditaires et artistes en Inde du Sud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Presses Sorbonne Nouvelle, pp.416, 2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00673153v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2892,137 +2767,154 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">1992. Coopération archéologique au Bangladesh – Mahasthangarh</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coline Lefrancq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Françoise Boussac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Helly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Helly</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Rifat Rashid</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sabine Fourrier. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">50 histoires mondiales de la MOM</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, MOM éditions, pp.48-51, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05534625v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
@@ -4082,51 +3974,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="9DB4CBF0"/>
+    <w:nsid w:val="1A6602EE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4313,51 +4205,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/vincent-lefevre" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7758-3246" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/080135072" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04992992v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lef&#232;vre" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Pottier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203909v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Lefrancq" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/arasi.2020.2090" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626615v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626620v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626625v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01374591v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01335138v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01186989v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01186994v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00673156v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05533142v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Darchambeau" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohan Chabot" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Arhan" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05306356v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04864887v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nahid Sultana" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04864893v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04386808v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Fran&#231;oise Boussac" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03996841v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03996931v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00673144v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05098589v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04070830v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626563v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Didier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Mutin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01186984v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Baptiste" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ernelle Berlier" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Faticoni" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626585v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626597v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00673147v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01186986v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01186985v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00673153v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534625v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Helly" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626642v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626666v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626648v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04143535v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626676v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626651v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626670v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626629v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01374582v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01186990v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01186992v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00673151v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203965v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/vincent-lefevre" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7758-3246" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/080135072" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04992992v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lef&#232;vre" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Pottier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203909v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Lefrancq" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/arasi.2020.2090" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626615v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626620v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626625v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01374591v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01335138v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01186989v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01186994v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00673156v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05533142v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Darchambeau" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohan Chabot" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Arhan" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04864887v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nahid Sultana" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04864893v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04386808v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Fran&#231;oise Boussac" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03996841v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03996931v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00673144v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05098589v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04070830v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626563v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Didier" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Mutin" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01186984v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Baptiste" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ernelle Berlier" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Faticoni" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626585v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626597v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00673147v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01186986v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01186985v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00673153v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534625v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Helly" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rifat Rashid" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626642v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626666v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626648v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04143535v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626676v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626651v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626670v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626629v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01374582v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01186990v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01186992v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00673151v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203965v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>