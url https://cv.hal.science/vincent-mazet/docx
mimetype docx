--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -66,51 +66,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (30)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (42)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -1288,420 +1288,420 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01871674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulations pédagogiques en traitement du signal avec JavaScript</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Separation of delayed parameterized sources</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassan Mortada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Mazet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Soussen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Collet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXVIeme Colloque GRETSI, 5-8 septembre 2017, Juan-Les-Pins, France</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2017, Juan-Les-Pins, France</w:t>
+              <w:t xml:space="preserve">25th European Signal Processing Conference, EUSIPCO 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2017, Kos Island, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03393583v1</w:t>
+                <w:t xml:space="preserve">hal-01497248v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Séparation de sources retardées et paramétriques</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Christophe Collet</w:t>
+                <w:t xml:space="preserve">Simulations pédagogiques en traitement du signal avec JavaScript</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Mazet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">26eme Colloque GRETSI Traitement du Signal &amp; des Images (GRETSI 2017)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2017, Juan-les-Pins, France</w:t>
+              <w:t xml:space="preserve">XXVIeme Colloque GRETSI, 5-8 septembre 2017, Juan-Les-Pins, France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Juan-Les-Pins, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01872698v1</w:t>
+                <w:t xml:space="preserve">hal-03393583v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arbres de Markov triplets pour la segmentation d'images</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Vincent Mazet</w:t>
+                <w:t xml:space="preserve">Séparation de sources retardées et paramétriques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassan Mortada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mazet Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Soussen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Collet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GRETSI 2017 : XXVIème colloque</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2017, Juan Les Pins, France. pp.1 - 4</w:t>
+              <w:t xml:space="preserve">26eme Colloque GRETSI Traitement du Signal &amp; des Images (GRETSI 2017)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Juan-les-Pins, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01611540v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01872698v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Separation of delayed parameterized sources</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hassan Mortada</w:t>
+                <w:t xml:space="preserve">Arbres de Markov triplets pour la segmentation d'images</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Courbot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Monfrini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Mazet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Charles Soussen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Collet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">25th European Signal Processing Conference, EUSIPCO 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2017, Kos Island, Greece</w:t>
+              <w:t xml:space="preserve">GRETSI 2017 : XXVIème colloque</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Juan Les Pins, France. pp.1 - 4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01497248v2</w:t>
+                <w:t xml:space="preserve">hal-01611540v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DETECTION OF FAINT EXTENDED SOURCES IN HYPERSPECTRAL DATA AND APPLICATION TO HDF-S MUSE OBSERVATIONS</w:t>
               </w:r>
@@ -2658,172 +2658,176 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00777261v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unsupervised Joint Bayesian Decomposition of a Sequence of Photoelectron Spectra</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Modélisation et estimation de la PSF d'un instrument hyperspectral au sol pour l'astrophysique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emma Villeneuve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Carfantan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Jarno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Serre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Mazet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">WHISPERS 2011</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2011, Lisbonne, Portugal</w:t>
+              <w:t xml:space="preserve"> GRETSI 2011, XXIIe Colloque GRETSI - Traitement du Signal et des Images</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2011, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00656073v1</w:t>
+                <w:t xml:space="preserve">hal-01635140v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Approche bayésienne pour la décomposition conjointe d'une séquence de spectres de photoélectrons</w:t>
+                <w:t xml:space="preserve">Unsupervised Joint Bayesian Decomposition of a Sequence of Photoelectron Spectra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Mazet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Faisan</w:t>
@@ -2854,914 +2858,2197 @@
                 </w:rPr>
                 <w:t xml:space="preserve">M.-A. Gaveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Poisson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GRETSI 2011</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2011, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">WHISPERS 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2011, Lisbonne, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00656088v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00656073v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation et estimation de la PSF d'un instrument hyperspectral au sol pour l'astrophysique</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Approche bayésienne pour la décomposition conjointe d'une séquence de spectres de photoélectrons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Mazet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Faisan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Masson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.-A. Gaveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Poisson</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> GRETSI 2011, XXIIe Colloque GRETSI - Traitement du Signal et des Images</w:t>
+              <w:t xml:space="preserve">GRETSI 2011</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2011, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01635140v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00656088v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Galaxy Decomposition in Multispectral Images Using Markov Chain Monte Carlo Algorithms</w:t>
+                <w:t xml:space="preserve">New Bayesian Fusion Scheme and Visualization Tool for Astronomical Hyperspectral Data Cubes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Perret</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mazet Vincent</w:t>
+                <w:t xml:space="preserve">Matthieu Petremand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Louys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Collet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Mazet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Jalobeanu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scandinavian Conference on Image Analysis</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Astronomical and Data Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2010, Monastir, Tunisia</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00749593v1</w:t>
+                <w:t xml:space="preserve">hal-05561832v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An alternative to the RJMCMC algorithm</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Modeling the spatial PSF at the VLT focal plane for MUSE WFM data analysis purpose</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Serre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emma Villeneuve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Carfantan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Jolissaint</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Mazet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...16 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SPIE Astronomical Telescopes + Instrumentation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, San Diego, France. pp.773649, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/12.857277⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00121599v1</w:t>
+                <w:t xml:space="preserve">hal-05561829v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Décomposition et classification de composantes spectrales dans des cubes de données radio-astronomiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Mazet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Collet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernd Vollmer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">GRETSI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Dijon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05559354v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Galaxy Decomposition in Multispectral Images Using Markov Chain Monte Carlo Algorithms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Perret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mazet Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Collet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Slezak</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Scandinavian Conference on Image Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2009, Oslo, Norway. pp.209-218, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-642-02230-2_22⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00749593v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Décomposition d'images multispectrales de galaxies au moyen d'algorithmes de Monte Carlo par chaines de Markov</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Perret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Mazet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Collet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Slezak</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">GRETSI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Dijon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05559351v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Decomposition and Classification of Spectral Lines in Astronomical Radio Data Cubes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Mazet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Collet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernd Vollmer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Scandinavian Conference on Image Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2009, Oslo, Norway. pp.189-198, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-642-02230-2_20⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05561827v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Decomposition of a chemical spectrum using a marked point process and a constant dimension model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Mazet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Brie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Idier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MaxEnt Workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2006, Paris, France. pp.288-295</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00408613v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">An alternative to the RJMCMC algorithm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Mazet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Brie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Nov 2006, pp.CDROM</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00121599v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Decomposition of a Chemical Spectrum using a Marked Point Process and a Constant Dimension Model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Mazet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Brie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Idier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">26th International Workshop On Bayesian Inference and Maximum Entropy Methods In Science and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2006, Paris, France. pp.288-295, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.2423286⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05561825v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simuler une distribution normale à support positif à partir de plusieurs lois candidates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Mazet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Brie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Idier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">GRETSI 2005</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2005, Louvain-La-Neuve, Belgique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05561816v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Déconvolution impulsionnelle positive myope</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Mazet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Idier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Brie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">GRETSI 2005</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2005, Louvain-la-Neuve, Belgique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05561818v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simulation of positive normal variables using several proposal distributions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Mazet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Brie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Idier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE 13th Workshop on Statistical Signal Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2005, Bordeaux, France. pp.37-42, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/SSP.2005.1628560⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05561824v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baseline spectrum estimation using half-quadratic minimization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Mazet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Brie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Idier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">12th European Signal Processing Conference, Eupsico 2004</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2004, Vienne, Austria</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05561826v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Déconvolution impulsionnelle par filtre de Hunt et seuillage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Mazet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Brie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Caironi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">GRETSI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2003, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05561823v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estimation de l'arrière-plan de spectres par différentes méthodes dérivées des moindres carrés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Mazet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Idier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Brie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Humbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cedric Carteret</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Chimométrie 2003</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2003, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05561822v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (13)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (16)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Time Resolved Observation of the Solvation Dynamics of a Rydberg Excited Molecule Deposited on an Argon Cluster -II: DABCO at Long Time Delays</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Slim Awali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Mestdagh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc-André Gaveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Briant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Soep</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physical Chemistry A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 125 (20), pp.4341-4351. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acs.jpca.1c01942⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03245125v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pairwise Markov fields for segmentation in astronomical hyperspectral images</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Baptiste Courbot</w:t>
+                <w:t xml:space="preserve">Parameterized Source Separation For Delayed Spectroscopic Signals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassan Mortada</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Mazet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Monfrini</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Soussen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Collet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Poisson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Signal Processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 163, pp.41-48. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.sigpro.2019.05.005⟩</w:t>
+              <w:t xml:space="preserve">, 2019, 158, pp.48-60. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.sigpro.2018.12.015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02010449v1</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01847322v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Parameterized Source Separation For Delayed Spectroscopic Signals</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hassan Mortada</w:t>
+                <w:t xml:space="preserve">Pairwise Markov fields for segmentation in astronomical hyperspectral images</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Courbot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Mazet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Charles Soussen</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Monfrini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Collet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lionel Poisson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Signal Processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 158, pp.48-60. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.sigpro.2018.12.015⟩</w:t>
+              <w:t xml:space="preserve">, 2019, 163, pp.41-48. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.sigpro.2019.05.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01847322v1</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02010449v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Self-trapping relaxation decay investigated by time-resolved photoelectron spectroscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Lietard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3810,92 +5097,92 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Faisan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 20 (16), pp.11206 - 11214. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1039/C7CP06789E⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-01881652v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oriented triplet Markov fields</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Courbot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3927,697 +5214,697 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Collet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pattern Recognition Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 103, pp.16-22. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.patrec.2017.12.026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01744716v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shape-Based Building Detection in Visible Band Images Using Shadow Information</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Tran Thanh Ngo</w:t>
+                <w:t xml:space="preserve">Extended faint source detection in astronomical hyperspectral images</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Courbot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Mazet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Monfrini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Collet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Paul de Fraipont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Journal of Selected Topics in Applied Earth Observations and Remote Sensing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/JSTARS.2016.2598856⟩</w:t>
+              <w:t xml:space="preserve">Signal Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 135, pp.274 - 283. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.sigpro.2017.01.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03404972v1</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01885656v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extended faint source detection in astronomical hyperspectral images</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Baptiste Courbot</w:t>
+                <w:t xml:space="preserve">Shape-Based Building Detection in Visible Band Images Using Shadow Information</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tran Thanh Ngo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Mazet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Collet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul de Fraipont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Signal Processing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.sigpro.2017.01.013⟩</w:t>
+              <w:t xml:space="preserve">IEEE Journal of Selected Topics in Applied Earth Observations and Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 10 (3), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/JSTARS.2016.2598856⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01885656v1</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03404972v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unsupervised Joint Decomposition of a Spectroscopic Signal Sequence</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Détection simultanée de l’ombre et la végétation sur des images aériennes couleur en haute résolution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tran Thanh Ngo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Collet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Mazet</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Lionel Poisson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Signal Processing</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Traitement du Signal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 32 (2-3)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-05417080v1</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03515936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Détection simultanée de l’ombre et la végétation sur des images aériennes couleur en haute résolution</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Unsupervised Joint Decomposition of a Spectroscopic Signal Sequence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Mazet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Faisan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Slim Awali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc-André Gaveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Poisson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Traitement du Signal</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Signal Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 109, pp.193-205. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.sigpro.2014.10.032⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03515936v1</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05417080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Time resolved observation of the solvation dynamics of a Rydberg excited molecule deposited on an argon cluster-I: DABCO ☆ at short times</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Slim Awali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Poisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Soep</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Gaveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Briant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 16 (2), pp.516 - 526. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1039/C3CP53172D⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01673137v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A bayesian approach for the joint decomposition of a sequence of photoelectron spectra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Mazet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4626,467 +5913,791 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Faisan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.A. Gaveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Poisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Traitement du Signal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 30 (1-2), pp.9-34. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3166/TS.30.9-34⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00854433v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hierarchical multispectral galaxy decomposition using a MCMC algorithm with multiple temperature simulated annealing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Perret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mazet Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Collet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Slezak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pattern Recognition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 44 (6), pp.1328-1342. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.patcog.2010.11.021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00749588v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Joint Bayesian Decomposition of a Spectroscopic Signal Sequence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Mazet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE Signal Processing Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 18 (3), pp.181-184. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/LSP.2011.2106497⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05559344v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Dynamics of highly excited barium atoms deposited on large argon clusters. I. General trends</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Poisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.-A. Gaveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Soep</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-M. Mestdagh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 133 (5), 054307 (13 p.). </w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1063/1.3464489⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00520138v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Background removal from spectra by designing and minimising a non-quadratic cost function</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Mazet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Carteret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Brie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Idier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Humbert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Chemometrics and Intelligent Laboratory Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 76 (2), pp.121-133. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.chemolab.2004.10.003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05559345v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sparse Spike Train Deconvolution Using the Hunt Filter and a Thresholding Method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Mazet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Brie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Caironi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE Signal Processing Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 11 (5), pp.486-489. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/LSP.2004.826655⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05559346v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">HDR (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inférence bayésienne et représentations parcimonieuses pour la décomposition en motifs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Mazet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Traitement du signal et de l'image [eess.SP]. Université de Strasbourg, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-05478475v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5096,161 +6707,161 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'approche de l'infusion sur le développement de la pensée critique chez des étudiants de M2 en traitement d'images</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Mazet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Travaux universitaires] Université de Strasbourg. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03926376v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simulation d'une distribution gaussienne tronquée sur un intervalle fini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Mazet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport Technique] Université de Strasbourg. 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport technique)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03325503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5260,153 +6871,153 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Traitement d'images multispectrales – Applications aux images astronomiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Mazet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03325502v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Appendix to the article “Joint Bayesian Decomposition of a Spectroscopic Signal Sequence”</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Mazet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05473254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5416,223 +7027,223 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Detection and Tracking of Emission Rays in Radioastronomy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Mazet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farid Flitti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Collet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Multivariate Image Processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ISTE Ltd and John Wiley &amp; Sons, pp.169-200, 2009, 978-1-848-21139-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05488110v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Panoramic Integral-Field Spectrograph: Ultraspectral Data to Understand the History of the Universe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Collet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Perret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mazet Vincent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Christophe Collet; Jocelyn Chanussot; Kacem Chehdi. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Digital Signal and Image Processing Series</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ISTE Ltd and John Wiley &amp; Sons Inc, pp.437-450, 2009, Multivariate Image Processing, 978-1848211391</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01112885v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5642,185 +7253,185 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Développement de méthodes de traitement de signaux spectroscopiques : estimation de la ligne de base et du spectre de raies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Mazet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Informatique [cs]. Université Henri Poincaré - Nancy 1, 2005. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2005NAN10140⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01748159v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Développement de méthodes de traitement de signaux spectroscopiques : estimation de la ligne de base et du spectre de raies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Mazet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Traitement du signal et de l'image [eess.SP]. Université Henri Poincaré - Nancy I, 2005. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00011477v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId137"/>
+      <w:footerReference w:type="default" r:id="rId172"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -5967,51 +7578,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05520759v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massyl Moudoud" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Querry" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Sourty" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Meillier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Mazet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966657v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Salzenstein" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Mortada" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Flury" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05333004v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04701933v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04524173v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Portmann" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799524v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Sauter" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03959030v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Courbot" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/Eusipco47968.2020.9287383" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815562v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Monfrini" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Collet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SSP.2018.8450841" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04358130v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lietard Aude" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piani Giovanni" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Briant Marc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaveau Marc-Andr&#233;" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faisan Sylvain" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04358056v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Lietard" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Piani" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Briant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Andr&#233; Gaveau" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Faisan" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01871674v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Soussen" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WHISPERS.2018.8747032" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03393583v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01872698v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mazet Vincent" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01611540v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01497248v2" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01266333v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04561348v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WHISPERS.2016.8071755" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01421883v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05467693v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Ngo" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Collet" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Mazet" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05403427v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tran-Thanh Ngo" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIP.2014.7026020" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00988727v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05394898v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Faisan" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Poisson" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M-A. Gaveau" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-M. Mestdagh" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00916924v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El-Hadi Djermoune" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00777261v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Masson" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-A. Gaveau" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SSP.2012.6319674" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00656073v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00656088v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01635140v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Villeneuve" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Carfantan" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Jarno" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Serre" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00749593v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Perret" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Slezak" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-02230-2_22" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00121599v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Brie" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00408613v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Idier" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03245125v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slim Awali" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Mestdagh" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Soep" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpca.1c01942" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02010449v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sigpro.2019.05.005" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01847322v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Poisson" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sigpro.2018.12.015" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01881652v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7CP06789E" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744716v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.patrec.2017.12.026" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404972v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tran Thanh Ngo" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul de Fraipont" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSTARS.2016.2598856" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01885656v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sigpro.2017.01.013" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05417080v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sigpro.2014.10.032" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-15KT3Z71-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03515936v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01673137v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Gaveau" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C3CP53172D" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00854433v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Gaveau" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/TS.30.9-34" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HT0-6H3DB3G9-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00749588v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.patcog.2010.11.021" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00520138v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Soep" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Mestdagh" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3464489" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05478475v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03926376v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03325503v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03325502v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05473254v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05488110v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farid Flitti" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01112885v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01748159v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2005NAN10140" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00011477v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05520759v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massyl Moudoud" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Querry" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Sourty" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Meillier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Mazet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966657v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Salzenstein" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Mortada" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Flury" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05333004v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04701933v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04524173v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Portmann" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799524v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Sauter" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03959030v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Courbot" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/Eusipco47968.2020.9287383" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815562v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Monfrini" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Collet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SSP.2018.8450841" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04358130v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lietard Aude" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piani Giovanni" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Briant Marc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaveau Marc-Andr&#233;" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faisan Sylvain" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04358056v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Lietard" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Piani" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Briant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Andr&#233; Gaveau" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Faisan" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01871674v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Soussen" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WHISPERS.2018.8747032" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01497248v2" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03393583v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01872698v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mazet Vincent" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01611540v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01266333v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04561348v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WHISPERS.2016.8071755" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01421883v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05467693v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Ngo" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Collet" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Mazet" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05403427v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tran-Thanh Ngo" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIP.2014.7026020" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00988727v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05394898v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Faisan" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Poisson" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M-A. Gaveau" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-M. Mestdagh" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00916924v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El-Hadi Djermoune" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00777261v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Masson" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-A. Gaveau" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SSP.2012.6319674" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01635140v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Villeneuve" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Carfantan" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Jarno" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Serre" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00656073v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00656088v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05561832v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Petremand" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Louys" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Jalobeanu" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05561829v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Jolissaint" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.857277" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05559354v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernd Vollmer" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00749593v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Perret" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Slezak" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-02230-2_22" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05559351v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05561827v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-02230-2_20" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-CP0BVZSW-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00408613v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Brie" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Idier" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00121599v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05561825v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2423286" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05561816v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05561818v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05561824v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SSP.2005.1628560" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05561826v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05561823v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Caironi" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05561822v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Humbert" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Carteret" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03245125v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slim Awali" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Mestdagh" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Soep" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpca.1c01942" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01847322v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Poisson" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sigpro.2018.12.015" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02010449v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sigpro.2019.05.005" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01881652v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7CP06789E" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744716v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.patrec.2017.12.026" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01885656v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sigpro.2017.01.013" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404972v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tran Thanh Ngo" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul de Fraipont" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSTARS.2016.2598856" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03515936v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05417080v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sigpro.2014.10.032" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-15KT3Z71-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01673137v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Gaveau" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C3CP53172D" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00854433v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Gaveau" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/TS.30.9-34" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HT0-6H3DB3G9-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00749588v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.patcog.2010.11.021" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05559344v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LSP.2011.2106497" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00520138v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Soep" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Mestdagh" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3464489" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05559345v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Carteret" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemolab.2004.10.003" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RHJ3G6VC-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05559346v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Brie" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Caironi" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LSP.2004.826655" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05478475v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03926376v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03325503v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03325502v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05473254v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05488110v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farid Flitti" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01112885v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01748159v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2005NAN10140" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00011477v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>