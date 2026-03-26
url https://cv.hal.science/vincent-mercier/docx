--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Vincent Mercier </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (35)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'outil ODACE. Accompagner la réduction de l'usage des produits phytopharmaceutiques en vergers de pommiers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Borg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Grechi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Noël Aubertot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Borioli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Franck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 110, pp.69-80. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/ciag-2026-vol110-art06⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05502330v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changing gardeners’ point of view on soils with a citizen science project in Southern‑East France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Cécile Affholder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Bouvard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lauric Cecillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Cheviron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Drusch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Pollution Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 32, pp.11779-11788. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11356-025-36392-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05040584v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agro-economic performance of peach orchards under low pesticide use and organic production in a cropping system experimental network in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Plénet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Borg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Hilaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Bussi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Agronomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 148, pp.126866. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.eja.2023.126866⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04185053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suivre la contamination des fleurs par Monilinia laxa. Le développement d'un modèle phéno-climatique de contamination des fleurs d'abricotier par la moniliose va permettre d'optimiser le pilotage de la protection contre la maladie.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Tresson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Doriane Dam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Combe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma la Défense des Végétaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03500297v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suivre la contamination des fleurs par Monilinia laxa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Tresson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Doriane Dam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Combe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma la Défense des Végétaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 740, p38-42</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04901706v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Future development of apricot blossom blight under climate change in Southern France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Tresson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iñaki Garcia de Cortazar-Atauri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Audergon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Buléon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Agronomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 112, pp.125960. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.eja.2019.125960⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02361185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trace metal availability in soil horizons amended with various urban waste composts during 17 years – Monitoring and modelling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cambier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Michaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remigio Paradelo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Germain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 651 (Part 2), pp.2961-2974. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2018.10.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01901469v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EcoPêche - Conception et évaluation multisite de vergers de pêche – nectarine économes en produits phytopharmaceutiques et en intrants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Plénet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Hilaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Borg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solène Borne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 76, pp.291-310. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15454/lykahc⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02625136v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guide des sensibilités variétales aux bio-agresseurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Guillermin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Arbona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Clauzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arboriculture Fruitière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Supplément n°698</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04903219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of irrigation deprivation and ground cover (Trifolium repens) in the tree row on brown rot incidence in peach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Bussi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude-Eric Parveaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francoise Lescourret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Crop Protection</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 88, pp.37 - 44. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cropro.2016.05.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01464072v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation de systèmes de cultures arboricoles à bas niveaux d'intrants et transfert aux arboriculteurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Bussi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Laure Greil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Ricavy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 49, pp.49-58. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15454/1.4622758107225098E12⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01652938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brown rot strikes Prunus fruit: an ancient fight almost always lost</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leandro de Oliveira-Lino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Igor Pacheco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franco Faoro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniele Bassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 64 (20), pp.4029-4047. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.jafc.6b00104⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01594477v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Limiting brown rot incidence in peach with tree training and pruning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Bussi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Plénet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Merlin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Guillermin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mercier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fruits</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 70 (5), pp.303-309. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/fruits/2015030⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02641498v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monilia Laxa sur fleurs d'abricotiers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Stévenin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie-Joy Ondet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Alter Agri</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, janv-fév, pp.22-23</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02651787v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensibilité variétale aux maladies et ravageurs - Fiche n° 9 La cloque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Eric Parveaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Libourel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Warlop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arboriculture Fruitière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 669, 1 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02651197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensibilité variétale aux maladies et ravageurs. Fiche n° 5: la tavelure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Guillermin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Clauzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jm Broquaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arboriculture Fruitière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 662, 1 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02649404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensibilité variétale aux maladies et ravageurs - Fiche n° 4 La rouille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Broquaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Guillermin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Clauzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arboriculture Fruitière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 1 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02646519v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensibilité variétale aux maladies et ravageurs - Fiche n° 1 Le chancre bactérien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Guillermin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Arbona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Clauzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arboriculture Fruitière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 659, pp.41</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02648364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensibilité au Monilia sur fleur de 16 variétés d'abricot : 4 années d'observation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Clauzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Guillermin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Marc Audergon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arbo Bio Infos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 159, pp.5-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02646045v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelle sélection fruitière pour une production durable, à faible niveau d'intrants ? Méthodologie pour un réseau de sélection variétale décentralisée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Warlop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jm Broquaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Clauzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 15, pp.105-115. </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/tjwc-sq36⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02644350v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensibilité variétale aux maladies et ravageurs - Fiche n° 3 Monilioses sur fleur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude-Eric Parveaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Guillermin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arboriculture Fruitière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 661, 1 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02643268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lancement des fiches &amp;quot;sensibilité variétale&amp;quot; : une descritpion rigourouse est nécessaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude-Eric Parveaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arboriculture Fruitière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 659, pp.6-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02647974v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of winter pruning and of water restriction on fruit and vegetative growth, water potential and leaf gas exchange during the final stage of rapid growth in an early maturing peach cultivar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Bussi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francoise Lescourret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Génard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Horticultural Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 75 (1), pp.15-19</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01192185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of different irrigation regimes applied during the final stage of rapid growth on an early maturing peach cultivar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Bussi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francoise F. Lescourret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Génard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Irrigation Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 27 (4), pp.297-306. </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00271-009-0146-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02663614v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monilioses du pêcher, déterminer les espèces et évaluer leur répartition : une méthode pour différencier les trois espèces d'agents de monilioses sur pêches dès le verger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gautier Martinot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélina Deplaude</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma la Défense des Végétaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 626-627, pp.45-48</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02658460v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gamme variétale d'abricotiers : évaluation de la sensibilité au monilia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Warlop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Clauzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arboriculture Fruitière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 626-627, pp.20-23</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02666653v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effet de l'enherbement total sur le développement des monilioses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mercier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arboriculture Fruitière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 628, pp.20-23</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02664109v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of limiting irrigation and of manual pruning on brown rot incidence in peach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Bussi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Plénet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francoise F. Lescourret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Crop Protection</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 27 (3-5), pp.678-688. </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cropro.2007.09.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02656735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pêcher : une alternative pour la Production Fruitière Intégrée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Plénet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Navarro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Besset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Clauzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réussir Fruits et Légumes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, pp.24-25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02660304v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taille, irrigation et moniliose sur pêcher</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Gueldry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Néraudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Chauffour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma la Défense des Végétaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 581, pp.40-41</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02679187v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variétés de pommier résistantes à la tavelure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Combe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Brun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma la Défense des Végétaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 581, pp.12-14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02681738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monilioses: période de sensibilité des pêches au verger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Frachon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Demoulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma la Défense des Végétaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 558, pp.38-40</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02674183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les monilioses sur arbres fruitiers. L'apparition d'une nouvelle espèce : Monilia fructicola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Lichou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.F. Mandrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Breniaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Giauque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Infos CTIFL</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 3, pp.32-36</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02681728v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une nouvelle moniliose. Monilia fructicola s'attaque aux arbres fruitiers à noyaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Lichou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.F. Mandrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Breniaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Giauque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma la Défense des Végétaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 547, pp.22-25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02682271v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monilioses sur arbres fruitiers. Introduction d'une nouvelle espèce : Monilia fructicola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Lichou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Breniaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.F. Mandrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Giauque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arboriculture Fruitière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 558, pp.41-45</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02675310v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (19)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Incidence du circuit (long ou court) de commercialisation en verger de pêchers à bas niveaux d’intrants.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Le Bourvellec-Samour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Bussi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Costa-Migeon Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées de Restitution du projet ANR-ILLIAD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2016, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02798606v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A compartmental epidemiological model for brown rot spreading in stone fruits orchard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danièle Bevacqua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Génard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Quilot-Turion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leandro Oliveira Lino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hortimodel2016, 19-22 Septembre, Avignon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Avignon, France. pp.1-40</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03587185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les expérimentations système : produire des références pour (concevoir) les vergers agroécologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Charreyron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvaine S. Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mercier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres RED Agro écologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2015, Avignon, France. 40 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02795116v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessment of diseases susceptibility of peach cultivars in experimental plots and on-farm for organic and low-input systems. Baseline of french case studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Eric Parveaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johanna Brenner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie-Joy Ondet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Libourel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovation in Integrated &amp; Organic Horticulture, INNOHORT 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Society for Horticultural Science (ISHS). INT., Jun 2015, Avignon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02738751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessment of disease susceptibility and fruit quality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Eric Parveaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Libourel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Warlop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mercier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15. international conference on organic fruit-Growing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2012, Hohenheim, Germany. pp.201-208</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02749111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monilia laxa sur fleurs d'abricotiers : stades sensibles et traitements cupriques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Stévenin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie-Joy Ondet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Techniques Légumes et Cultures Pérennes Biologiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut Technique de l'Agriculture Biologique (ITAB). FRA., Dec 2012, Avignon, France. 2 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02748384v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensibilité variétale de l'abricotier au Monilia sur fleur, à la tavelure et à la rouille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jm Broquaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Eric Parveaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontre Phytosanitaire Fruits à Noyau</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2012, Balandran, France. 11 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02810082v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apricot susceptibility to blossom brown rot (&amp;lt;em&amp;gt;Monilia&amp;lt;/em&amp;gt; spp.) and leaf rust &amp;lt;em&amp;gt;(Tranzschelia&amp;lt;/em&amp;gt; spp.) under low-input production system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Eric Parveaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jm Broquaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15. international conference on organic fruit-Growing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2012, Hohenheim, Germany. 427 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02746309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'abricot, fruit d'un terroir. La diversité de l'abricot, une richesse attachée au terroir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Marc Audergon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Gilles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Marie Ferréol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Abricot de Rhône-Alpes, une stratégie d'avance!</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2012, Mercurol, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02811069v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensibilités variétales. Pêchers & Abricotier. Bilan de 14 années d’observation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Eric Parveaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Libourel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Warlop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MIFFEL, salon Méditerranéen Interprofessionnel de la Filière Fruits Et Légumes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2011, Avignon, France. 19 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02805555v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">OptiPeach, a prototype of cropping system for Integrated Fruit Production in peach (Prunus persica L.) orchards: association of decision rules of a new fruiting branch training system and regulated deficit irrigation by micrometric trunk fluctuations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Plénet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Navarro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois de Bruyne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Guinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. European Society of Agronomy Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2010, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02756061v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monilioses: période de sensibilité des pêches au verger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Mercier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Gotheron</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2003, St Marcel les Valence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02759677v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effet de l'inoculum hivernal et des techniques culturales sur les attaques de monilioses en verger de pêcher</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Gueldry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Chauffour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées techniques nationales Fruits et Légumes biologiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2003, Perpignan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02764287v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développement des monilioses au verger et mesures prophylactiques. Diaporama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mercier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée technique régionale sur l'arboriculture biologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2002, Saint Marcel-lès-Valence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02760494v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Epidemiology of peach brown rot.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Mercier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12. International Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2001, Avignon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02760826v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scab resistant apple trees and integrated pest management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Combe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Defrance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Fauvel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Marboutie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5. Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 1999, Fontevraud, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02768760v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude du comportement épidémiologique des monilioses sur pêcher</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Combe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3. Rencontres Phytosanitaires Fruits à Noyaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2000, Balandran, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02768099v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A four year experiment on the development of mite populations on scab resistant apples</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Combe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Fauvel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Marboutie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Lespinasse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 1998, Leuven, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02767960v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude de la sensibilité variétale des pêches aux monilioses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Mercier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Techniques Nationales de l'Agriculture Biologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 1998, Cavaillon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02769184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation of the average wheat ear size and ear density at the microplot level from RGB images: characterizing the variability of yield components from high-throughput plant phenotyping</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pia D'Argaignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raul Lopez Lozano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Jay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Ausset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Berthon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Plant Phenotyping Symposium 8 – Green Horizons: Navigating the Future of Plant Phenotyping</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Lincoln, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04762546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a tool to support the design of plant protection solutions in the context of fruit growing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Borg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed-Mahmoud Memmah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Noël Aubertot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Drusch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th Congress of the European Society for Agronomy (ESA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2024, Rennes, France. pp.415-416, Book of abstract - 18th Congress of the European Society for Agronomy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04955987v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EcoPêche - Conception et évaluation multisite de vergers de pêche – nectarine économes en produits phytosanitaires et en intrants. Rapport technique de la campagne 2018</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Plénet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Hilaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Borg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Borne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Bussi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] INRA - - SERFEL - - GRCETA de Basse Durance; CTIFL; SEFRA; SudEXPE; Sica CENTREX – Chambre d’Agriculture des Pyrénées Orientales; GRCETA de Basse Durance. 2019, pp.103</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03403904v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EcoPêche - Conception et évaluation multisite de vergers de pêche – nectarine économes en produits phytosanitaires et en intrants. Rapport technique de la campagne 2017</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Plénet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Hilaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Borne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Bussi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Gallia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] INRA Avignon - INRA Gotheron - INRA Bordeaux - CTIFL - SEFRA - SERFEL - Sica CENTREX - GRCETA de Basse Durance. 2018, 149 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03403883v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EcoPêche - Conception et évaluation multisite de vergers de pêche – nectarine économes en produits phytosanitaires et en intrants. Rapport technique de la campagne 2016</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Plénet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Hilaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Borne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Bussi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] INRA; CTIFL; SEFRA; Sica CENTREX; SERFEL. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03403850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EcoPêche - Conception et évaluation multisite de vergers de pêche – nectarine économes en produits phytosanitaires et en intrants. Rapport technique de la campagne 2015</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Plénet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Hilaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solène Borne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Bouvery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Contrat] Centre Technique Interprofessionnel des Fruits et Légumes (CTIFL); Station d’Expérimentation Fruits Rhône-Alpes (SEFRA); Station d'Expérimentation Régionale sur les Fruits et Légumes (SERFEL); Sica Centrex. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02800007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EcoPêche - Conception et évaluation multisite de vergers de pêche – nectarine économes en produits phytosanitaires et en intrants. Rapport technique de la campagne 2014</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Plénet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Hilaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solène Borne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Bouvery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Contrat] 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02800403v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude du développement de jeunes pêchers soumis à des variations de disponibilités hydrique et azotée temporaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Pereira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Stage] IUT Génie biologique. Université d'Auvergne - Clermont-Ferrand I (UdA), Aurillac, FRA. 1998, 52 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02841023v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effet des conditions d'environnement physique sur la croissance et la sporulation de Botrytis cinerea sur tomate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mercier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Stage] Ecole Nationale Supérieure Agronomique (ENSA), Toulouse, FRA. 1996, 53 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02836874v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptation du test immunoenzymatique Elisa Das a la detection quantitative de la sharka sur plantes ligneuses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Mercier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Stage] Faculte des Sciences. Université d'Avignon et des Pays de Vaucluse (UAPV), FRA. 1993, 35 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02843469v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId186"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Vincent Mercier </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (36)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'outil ODACE. Accompagner la réduction de l'usage des produits phytopharmaceutiques en vergers de pommiers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Borg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Grechi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Noël Aubertot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Borioli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Franck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 110, pp.69-80. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/ciag-2026-vol110-art06⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05502330v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-throughput phenotyping of wheat ear surface area and ear density in the field</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pia D’argaignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raul Lopez-Lozano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Jay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Ausset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Berthon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Phenomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 8 (2), pp.100199. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.plaphe.2026.100199⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05561382v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changing gardeners’ point of view on soils with a citizen science project in Southern‑East France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Cécile Affholder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Bouvard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lauric Cecillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Cheviron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Drusch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Pollution Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 32, pp.11779-11788. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11356-025-36392-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05040584v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agro-economic performance of peach orchards under low pesticide use and organic production in a cropping system experimental network in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Plénet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Borg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Hilaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Bussi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Agronomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 148, pp.126866. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.eja.2023.126866⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04185053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suivre la contamination des fleurs par Monilinia laxa. Le développement d'un modèle phéno-climatique de contamination des fleurs d'abricotier par la moniliose va permettre d'optimiser le pilotage de la protection contre la maladie.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Tresson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Doriane Dam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Combe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma la Défense des Végétaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03500297v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suivre la contamination des fleurs par Monilinia laxa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Tresson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Doriane Dam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Combe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma la Défense des Végétaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 740, p38-42</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04901706v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Future development of apricot blossom blight under climate change in Southern France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Tresson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iñaki Garcia de Cortazar-Atauri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Audergon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Buléon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Agronomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 112, pp.125960. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.eja.2019.125960⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02361185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trace metal availability in soil horizons amended with various urban waste composts during 17 years – Monitoring and modelling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cambier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Michaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remigio Paradelo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Germain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 651 (Part 2), pp.2961-2974. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2018.10.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01901469v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EcoPêche - Conception et évaluation multisite de vergers de pêche – nectarine économes en produits phytopharmaceutiques et en intrants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Plénet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Hilaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Borg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solène Borne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 76, pp.291-310. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15454/lykahc⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02625136v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guide des sensibilités variétales aux bio-agresseurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Guillermin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Arbona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Clauzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arboriculture Fruitière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Supplément n°698</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04903219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of irrigation deprivation and ground cover (Trifolium repens) in the tree row on brown rot incidence in peach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Bussi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude-Eric Parveaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francoise Lescourret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Crop Protection</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 88, pp.37 - 44. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cropro.2016.05.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01464072v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation de systèmes de cultures arboricoles à bas niveaux d'intrants et transfert aux arboriculteurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Bussi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Laure Greil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Ricavy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 49, pp.49-58. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15454/1.4622758107225098E12⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01652938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brown rot strikes Prunus fruit: an ancient fight almost always lost</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leandro de Oliveira-Lino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Igor Pacheco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franco Faoro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniele Bassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 64 (20), pp.4029-4047. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.jafc.6b00104⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01594477v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Limiting brown rot incidence in peach with tree training and pruning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Bussi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Plénet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Merlin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Guillermin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mercier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fruits</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 70 (5), pp.303-309. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/fruits/2015030⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02641498v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monilia Laxa sur fleurs d'abricotiers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Stévenin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie-Joy Ondet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Alter Agri</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, janv-fév, pp.22-23</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02651787v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensibilité variétale aux maladies et ravageurs - Fiche n° 9 La cloque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Eric Parveaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Libourel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Warlop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arboriculture Fruitière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 669, 1 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02651197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensibilité variétale aux maladies et ravageurs. Fiche n° 5: la tavelure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Guillermin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Clauzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jm Broquaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arboriculture Fruitière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 662, 1 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02649404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensibilité variétale aux maladies et ravageurs - Fiche n° 4 La rouille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Broquaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Guillermin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Clauzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arboriculture Fruitière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 1 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02646519v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensibilité variétale aux maladies et ravageurs - Fiche n° 1 Le chancre bactérien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Guillermin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Arbona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Clauzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arboriculture Fruitière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 659, pp.41</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02648364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensibilité au Monilia sur fleur de 16 variétés d'abricot : 4 années d'observation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Clauzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Guillermin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Marc Audergon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arbo Bio Infos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 159, pp.5-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02646045v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensibilité variétale aux maladies et ravageurs - Fiche n° 3 Monilioses sur fleur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude-Eric Parveaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Guillermin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arboriculture Fruitière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 661, 1 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02643268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelle sélection fruitière pour une production durable, à faible niveau d'intrants ? Méthodologie pour un réseau de sélection variétale décentralisée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Warlop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jm Broquaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Clauzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 15, pp.105-115. </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/tjwc-sq36⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02644350v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lancement des fiches &amp;quot;sensibilité variétale&amp;quot; : une descritpion rigourouse est nécessaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude-Eric Parveaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arboriculture Fruitière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 659, pp.6-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02647974v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of winter pruning and of water restriction on fruit and vegetative growth, water potential and leaf gas exchange during the final stage of rapid growth in an early maturing peach cultivar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Bussi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francoise Lescourret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Génard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Horticultural Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 75 (1), pp.15-19</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01192185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of different irrigation regimes applied during the final stage of rapid growth on an early maturing peach cultivar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Bussi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francoise F. Lescourret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Génard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Irrigation Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 27 (4), pp.297-306. </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00271-009-0146-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02663614v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monilioses du pêcher, déterminer les espèces et évaluer leur répartition : une méthode pour différencier les trois espèces d'agents de monilioses sur pêches dès le verger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gautier Martinot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélina Deplaude</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma la Défense des Végétaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 626-627, pp.45-48</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02658460v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effet de l'enherbement total sur le développement des monilioses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mercier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arboriculture Fruitière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 628, pp.20-23</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02664109v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gamme variétale d'abricotiers : évaluation de la sensibilité au monilia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Warlop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Clauzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arboriculture Fruitière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 626-627, pp.20-23</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02666653v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of limiting irrigation and of manual pruning on brown rot incidence in peach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Bussi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Plénet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francoise F. Lescourret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Crop Protection</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 27 (3-5), pp.678-688. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cropro.2007.09.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02656735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pêcher : une alternative pour la Production Fruitière Intégrée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Plénet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Navarro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Besset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Clauzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réussir Fruits et Légumes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, pp.24-25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02660304v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taille, irrigation et moniliose sur pêcher</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Gueldry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Néraudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Chauffour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma la Défense des Végétaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 581, pp.40-41</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02679187v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variétés de pommier résistantes à la tavelure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Combe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Brun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma la Défense des Végétaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 581, pp.12-14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02681738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monilioses: période de sensibilité des pêches au verger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Frachon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Demoulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma la Défense des Végétaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 558, pp.38-40</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02674183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les monilioses sur arbres fruitiers. L'apparition d'une nouvelle espèce : Monilia fructicola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Lichou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.F. Mandrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Breniaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Giauque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Infos CTIFL</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 3, pp.32-36</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02681728v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une nouvelle moniliose. Monilia fructicola s'attaque aux arbres fruitiers à noyaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Lichou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.F. Mandrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Breniaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Giauque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma la Défense des Végétaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 547, pp.22-25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02682271v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monilioses sur arbres fruitiers. Introduction d'une nouvelle espèce : Monilia fructicola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Lichou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Breniaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.F. Mandrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Giauque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arboriculture Fruitière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 558, pp.41-45</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02675310v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (19)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Incidence du circuit (long ou court) de commercialisation en verger de pêchers à bas niveaux d’intrants.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Le Bourvellec-Samour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Bussi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Costa-Migeon Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées de Restitution du projet ANR-ILLIAD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2016, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02798606v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A compartmental epidemiological model for brown rot spreading in stone fruits orchard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danièle Bevacqua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Génard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Quilot-Turion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leandro Oliveira Lino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hortimodel2016, 19-22 Septembre, Avignon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Avignon, France. pp.1-40</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03587185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les expérimentations système : produire des références pour (concevoir) les vergers agroécologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Charreyron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvaine S. Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mercier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres RED Agro écologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2015, Avignon, France. 40 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02795116v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessment of diseases susceptibility of peach cultivars in experimental plots and on-farm for organic and low-input systems. Baseline of french case studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Eric Parveaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johanna Brenner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie-Joy Ondet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Libourel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovation in Integrated &amp; Organic Horticulture, INNOHORT 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Society for Horticultural Science (ISHS). INT., Jun 2015, Avignon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02738751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessment of disease susceptibility and fruit quality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Eric Parveaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Libourel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Warlop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mercier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15. international conference on organic fruit-Growing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2012, Hohenheim, Germany. pp.201-208</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02749111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monilia laxa sur fleurs d'abricotiers : stades sensibles et traitements cupriques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Stévenin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie-Joy Ondet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Techniques Légumes et Cultures Pérennes Biologiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut Technique de l'Agriculture Biologique (ITAB). FRA., Dec 2012, Avignon, France. 2 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02748384v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apricot susceptibility to blossom brown rot (&amp;lt;em&amp;gt;Monilia&amp;lt;/em&amp;gt; spp.) and leaf rust &amp;lt;em&amp;gt;(Tranzschelia&amp;lt;/em&amp;gt; spp.) under low-input production system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Eric Parveaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jm Broquaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15. international conference on organic fruit-Growing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2012, Hohenheim, Germany. 427 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02746309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensibilité variétale de l'abricotier au Monilia sur fleur, à la tavelure et à la rouille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jm Broquaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Eric Parveaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontre Phytosanitaire Fruits à Noyau</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2012, Balandran, France. 11 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02810082v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'abricot, fruit d'un terroir. La diversité de l'abricot, une richesse attachée au terroir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Marc Audergon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Gilles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Marie Ferréol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Abricot de Rhône-Alpes, une stratégie d'avance!</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2012, Mercurol, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02811069v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensibilités variétales. Pêchers & Abricotier. Bilan de 14 années d’observation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Eric Parveaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Libourel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Warlop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MIFFEL, salon Méditerranéen Interprofessionnel de la Filière Fruits Et Légumes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2011, Avignon, France. 19 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02805555v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">OptiPeach, a prototype of cropping system for Integrated Fruit Production in peach (Prunus persica L.) orchards: association of decision rules of a new fruiting branch training system and regulated deficit irrigation by micrometric trunk fluctuations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Plénet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Navarro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois de Bruyne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Guinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. European Society of Agronomy Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2010, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02756061v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monilioses: période de sensibilité des pêches au verger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Mercier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Gotheron</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2003, St Marcel les Valence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02759677v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effet de l'inoculum hivernal et des techniques culturales sur les attaques de monilioses en verger de pêcher</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Gueldry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Chauffour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées techniques nationales Fruits et Légumes biologiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2003, Perpignan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02764287v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développement des monilioses au verger et mesures prophylactiques. Diaporama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mercier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée technique régionale sur l'arboriculture biologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2002, Saint Marcel-lès-Valence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02760494v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Epidemiology of peach brown rot.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Mercier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12. International Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2001, Avignon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02760826v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scab resistant apple trees and integrated pest management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Combe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Defrance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Fauvel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Marboutie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5. Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 1999, Fontevraud, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02768760v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude du comportement épidémiologique des monilioses sur pêcher</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Combe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3. Rencontres Phytosanitaires Fruits à Noyaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2000, Balandran, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02768099v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A four year experiment on the development of mite populations on scab resistant apples</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freddy Combe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Fauvel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Marboutie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Lespinasse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 1998, Leuven, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02767960v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude de la sensibilité variétale des pêches aux monilioses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Mercier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Techniques Nationales de l'Agriculture Biologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 1998, Cavaillon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02769184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation of the average wheat ear size and ear density at the microplot level from RGB images: characterizing the variability of yield components from high-throughput plant phenotyping</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pia D'Argaignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raul Lopez Lozano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Jay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Ausset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Berthon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Plant Phenotyping Symposium 8 – Green Horizons: Navigating the Future of Plant Phenotyping</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Lincoln, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04762546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a tool to support the design of plant protection solutions in the context of fruit growing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Borg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed-Mahmoud Memmah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Noël Aubertot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Drusch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th Congress of the European Society for Agronomy (ESA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2024, Rennes, France. pp.415-416, Book of abstract - 18th Congress of the European Society for Agronomy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04955987v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EcoPêche - Conception et évaluation multisite de vergers de pêche – nectarine économes en produits phytosanitaires et en intrants. Rapport technique de la campagne 2018</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Plénet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Hilaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Borg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Borne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Bussi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] INRA - - SERFEL - - GRCETA de Basse Durance; CTIFL; SEFRA; SudEXPE; Sica CENTREX – Chambre d’Agriculture des Pyrénées Orientales; GRCETA de Basse Durance. 2019, pp.103</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03403904v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EcoPêche - Conception et évaluation multisite de vergers de pêche – nectarine économes en produits phytosanitaires et en intrants. Rapport technique de la campagne 2017</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Plénet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Hilaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Borne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Bussi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Gallia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] INRA Avignon - INRA Gotheron - INRA Bordeaux - CTIFL - SEFRA - SERFEL - Sica CENTREX - GRCETA de Basse Durance. 2018, 149 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03403883v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EcoPêche - Conception et évaluation multisite de vergers de pêche – nectarine économes en produits phytosanitaires et en intrants. Rapport technique de la campagne 2016</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Plénet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Hilaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Borne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Bussi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] INRA; CTIFL; SEFRA; Sica CENTREX; SERFEL. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03403850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EcoPêche - Conception et évaluation multisite de vergers de pêche – nectarine économes en produits phytosanitaires et en intrants. Rapport technique de la campagne 2015</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Plénet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Hilaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solène Borne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Bouvery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Contrat] Centre Technique Interprofessionnel des Fruits et Légumes (CTIFL); Station d’Expérimentation Fruits Rhône-Alpes (SEFRA); Station d'Expérimentation Régionale sur les Fruits et Légumes (SERFEL); Sica Centrex. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02800007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EcoPêche - Conception et évaluation multisite de vergers de pêche – nectarine économes en produits phytosanitaires et en intrants. Rapport technique de la campagne 2014</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Plénet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Hilaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solène Borne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Bouvery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Contrat] 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02800403v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude du développement de jeunes pêchers soumis à des variations de disponibilités hydrique et azotée temporaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Pereira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Stage] IUT Génie biologique. Université d'Auvergne - Clermont-Ferrand I (UdA), Aurillac, FRA. 1998, 52 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02841023v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effet des conditions d'environnement physique sur la croissance et la sporulation de Botrytis cinerea sur tomate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mercier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Stage] Ecole Nationale Supérieure Agronomique (ENSA), Toulouse, FRA. 1996, 53 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02836874v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptation du test immunoenzymatique Elisa Das a la detection quantitative de la sharka sur plantes ligneuses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Mercier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Stage] Faculte des Sciences. Université d'Avignon et des Pays de Vaucluse (UAPV), FRA. 1993, 35 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02843469v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId190"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05502330v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Borg" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Grechi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Aubertot" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Borioli" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Franck" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2026-vol110-art06" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05040584v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-C&#233;cile Affholder" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Bouvard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauric Cecillon" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Cheviron" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Drusch" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-025-36392-6" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04185053v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Pl&#233;net" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Hilaire" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Blanc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Bussi" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eja.2023.126866" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03500297v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Brun" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Tresson" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Dubois" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doriane Dam" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Freddy Combe" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04901706v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02361185v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I&#241;aki Garcia de Cortazar-Atauri" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Audergon" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bul&#233;on" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eja.2019.125960" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901469v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cambier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Michaud" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remigio Paradelo" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Germain" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Mercier" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2018.10.013" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4TC58C2X-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625136v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Hilaire" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Borne" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/lykahc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903219v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand Guillermin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Arbona" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Clauzel" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01464072v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude-Eric Parveaud" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Lescourret" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cropro.2016.05.010" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652938v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Greil" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Ricavy" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Blanc" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.4622758107225098E12" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594477v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leandro de Oliveira-Lino" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Pacheco" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franco Faoro" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Bassi" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.6b00104" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02641498v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Merlin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/fruits/2015030" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651787v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie St&#233;venin" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie-Joy Ondet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651197v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Gomez" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Eric Parveaud" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Libourel" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Warlop" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649404v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jm Broquaire" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646519v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Broquaire" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02648364v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646045v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marc Audergon" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644350v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/tjwc-sq36" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643268v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647974v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192185v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel G&#233;nard" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663614v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise F. Lescourret" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel M. G&#233;nard" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00271-009-0146-3" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-JZ5WTC1P-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658460v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier Martinot" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lina Deplaude" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666653v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664109v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656735v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cropro.2007.09.013" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G4Q6NT5R-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660304v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Navarro" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Besset" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679187v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Mercier" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Gueldry" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. N&#233;raudeau" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Chauffour" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681738v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Brun" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674183v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Frachon" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Demoulin" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681728v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lichou" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Mandrin" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Breniaux" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Giauque" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682271v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675310v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798606v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Le Bourvellec-Samour" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Costa-Migeon Costa" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03587185v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dani&#232;le Bevacqua" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Quilot-Turion" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leandro Oliveira Lino" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795116v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Charreyron" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvaine S. Simon" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738751v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Brenner" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Libourel" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749111v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748384v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810082v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746309v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811069v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Martin" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Blanc" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Gilles" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Marie Ferr&#233;ol" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805555v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756061v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois de Bruyne" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Guinet" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759677v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764287v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Gueldry" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760494v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760826v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02768760v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Defrance" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Fauvel" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Marboutie" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02768099v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02767960v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Lespinasse" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02769184v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04762546v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pia D'Argaignon" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raul Lopez Lozano" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Jay" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Ausset" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Berthon" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04955987v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed-Mahmoud Memmah" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03403904v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Borne" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03403883v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Gallia" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03403850v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800007v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bouvery" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800403v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02841023v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pereira" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02836874v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02843469v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05502330v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Borg" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Grechi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Aubertot" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Borioli" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Franck" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2026-vol110-art06" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05561382v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pia D&#8217;argaignon" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raul Lopez-Lozano" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Jay" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Ausset" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Berthon" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plaphe.2026.100199" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05040584v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-C&#233;cile Affholder" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Bouvard" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauric Cecillon" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Cheviron" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Drusch" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-025-36392-6" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04185053v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Pl&#233;net" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Hilaire" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Blanc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Bussi" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eja.2023.126866" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03500297v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Brun" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Tresson" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Dubois" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doriane Dam" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Freddy Combe" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04901706v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02361185v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I&#241;aki Garcia de Cortazar-Atauri" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Audergon" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bul&#233;on" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eja.2019.125960" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901469v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cambier" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Michaud" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remigio Paradelo" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Germain" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Mercier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2018.10.013" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4TC58C2X-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625136v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Hilaire" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Borne" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/lykahc" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903219v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand Guillermin" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Arbona" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Clauzel" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01464072v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude-Eric Parveaud" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Lescourret" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cropro.2016.05.010" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652938v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Greil" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Ricavy" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Blanc" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.4622758107225098E12" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594477v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leandro de Oliveira-Lino" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Pacheco" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franco Faoro" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Bassi" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.6b00104" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02641498v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Merlin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/fruits/2015030" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651787v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie St&#233;venin" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie-Joy Ondet" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651197v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Gomez" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Eric Parveaud" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Libourel" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Warlop" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649404v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jm Broquaire" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646519v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Broquaire" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02648364v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646045v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marc Audergon" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643268v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644350v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/tjwc-sq36" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647974v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192185v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel G&#233;nard" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663614v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise F. Lescourret" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel M. G&#233;nard" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00271-009-0146-3" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-JZ5WTC1P-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658460v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier Martinot" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lina Deplaude" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664109v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666653v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656735v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cropro.2007.09.013" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G4Q6NT5R-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660304v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Navarro" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Besset" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679187v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Mercier" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Gueldry" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. N&#233;raudeau" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Chauffour" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681738v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Brun" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674183v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Frachon" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Demoulin" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681728v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lichou" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Mandrin" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Breniaux" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Giauque" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682271v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675310v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798606v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Le Bourvellec-Samour" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Costa-Migeon Costa" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03587185v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dani&#232;le Bevacqua" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Quilot-Turion" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leandro Oliveira Lino" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795116v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Charreyron" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvaine S. Simon" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738751v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Brenner" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Libourel" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749111v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748384v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746309v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810082v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811069v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Martin" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Blanc" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Gilles" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Marie Ferr&#233;ol" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805555v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756061v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois de Bruyne" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Guinet" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759677v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764287v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Gueldry" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760494v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760826v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02768760v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Defrance" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Fauvel" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Marboutie" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02768099v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02767960v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Lespinasse" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02769184v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04762546v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pia D'Argaignon" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raul Lopez Lozano" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04955987v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed-Mahmoud Memmah" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03403904v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Borne" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03403883v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Gallia" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03403850v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800007v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bouvery" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800403v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02841023v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pereira" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02836874v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02843469v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>