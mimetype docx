--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -2339,295 +2339,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03054369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">7300 years of vegetation history and climate for NW Malta: a Holocene perspective</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Pollen-based characterization of montane forest types in north-eastern Brazil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Montade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Gambin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Valérie Andrieu-Ponel</w:t>
+                <w:t xml:space="preserve">Ivan Jeferson Sampaio Diogo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bremond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charly Favier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Médail</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">O. Peyron</w:t>
+                <w:t xml:space="preserve">Itayguara Ribeiro Da Costa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Climate of the Past</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/cp-12-273-2016⟩</w:t>
+              <w:t xml:space="preserve">Review of Palaeobotany and Palynology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 234, pp.147-158. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.revpalbo.2016.07.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01444055v1</w:t>
+                <w:t xml:space="preserve">hal-01969935v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pollen-based characterization of montane forest types in north-eastern Brazil</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Vincent Montade</w:t>
+                <w:t xml:space="preserve">7300 years of vegetation history and climate for NW Malta: a Holocene perspective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Gambin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Andrieu-Ponel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Médail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ivan Jeferson Sampaio Diogo</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Charly Favier</w:t>
+                <w:t xml:space="preserve">N. Marriner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Itayguara Ribeiro Da Costa</w:t>
+                <w:t xml:space="preserve">O. Peyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Review of Palaeobotany and Palynology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 234, pp.147-158. </w:t>
+              <w:t xml:space="preserve">Climate of the Past</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 12 (2), pp.273--297. </w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.revpalbo.2016.07.003⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/cp-12-273-2016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01969935v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01444055v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Climate changes in the central Mediterranean and Italian vegetation dynamics since the Pliocene</w:t>
               </w:r>
@@ -4023,51 +4023,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Belinda Gambin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Andrieu-Ponel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Médail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nick Marriner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4544,51 +4544,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05525345v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiona Cornet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Montade" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie C Bodin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Descloitre" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime R&#233;jou-M&#233;chain" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jqs.70053" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343102v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leanne Phelps" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Razanatsoa" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dylan Davis" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Hackel" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanambelo Rasolondrainy" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ecm.70011" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04784477v2" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bremond" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Aleman" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charly Favier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Blarquez" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Colombaroli" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2024.07.012" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04783744v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helena Teixeira" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Kasper" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerhard Daut" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsos.230930" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03834342v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonia L Reinhardt" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilian Lochner" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Bliedtner" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim J Krahn" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fevo.2021.783770" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03445407v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordi Salmona" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Metzger" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-021-02620-1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03445400v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Carolina Guarinello de Oliveira Portes" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugh Deforest Safford" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hermann Behling" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.revpalbo.2020.104314" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02543196v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darrell S Kaufman" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas S Mckay" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cody Routson" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Erb" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basil A.S. Davis" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/S41597-020-0445-3" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02912261v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Mietton" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanni Gunnell" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyn Andriamitia" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Crouzet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2020.140633" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03445331v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35535/acpa-2020-0019" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02415846v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Martin" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillemette Menot" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Thouveny" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Peyron" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Andrieu-Ponel" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2019.106109" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322171v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Daniau" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Desprat" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.revmic.2019.02.001" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02347743v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Ledru" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Giesecke" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzette Ga Flantua" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0959683619846981" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02347693v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierre Francois" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Haberle" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jqs.3082" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01982372v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Sch&#252;ler" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Hemp" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Maria Salamanca Duarte" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jvs.12639" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01681535v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Combourieu-Nebout" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Brayshaw" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Goring" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/cp-13-249-2017" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03054369v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Blanchard" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle H&#233;ly" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/btp.12266" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-7QD94Z5W-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01444055v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Gambin" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric M&#233;dail" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Marriner" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Peyron" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/cp-12-273-2016" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01969935v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Jeferson Sampaio Diogo" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Itayguara Ribeiro Da Costa" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.revpalbo.2016.07.003" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01806165v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adele Bertini" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elda Russo-Ermolli" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Klotz" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.revpalbo.2015.03.001" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01179820v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Montade" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kageyama" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Combourieu-Nebout" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-P. Ledru" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Michel" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1130/G36745.1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03033686v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Burte" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo S&#225;vio Passos Rodrigues Martins" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiano Franco Verola" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jbi.12283" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-Z199Q8RQ-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00744557v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Kissel" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Haberle" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Siani" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2012.11.001" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XMNSTPT0-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00691601v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Combourieu Nebout" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Chapron" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandor Mulsow" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana M. Abarzua" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.revpalbo.2012.04.005" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03202605v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Kissel" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.margeo.2011.02.001" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304317v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Weitzel" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moritz Adam" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Fernanda Sanchez Go&#241;i" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-9705" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00618093v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Michel" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00546076v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Combourieu--Nebout" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00546085v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03147315v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belinda Gambin" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nick Marriner" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304277v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00659194v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2011PA112302" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05525345v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiona Cornet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Montade" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie C Bodin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Descloitre" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime R&#233;jou-M&#233;chain" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jqs.70053" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343102v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leanne Phelps" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Razanatsoa" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dylan Davis" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Hackel" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanambelo Rasolondrainy" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ecm.70011" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04784477v2" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bremond" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Aleman" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charly Favier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Blarquez" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Colombaroli" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2024.07.012" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04783744v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helena Teixeira" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Kasper" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerhard Daut" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsos.230930" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03834342v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonia L Reinhardt" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilian Lochner" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Bliedtner" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim J Krahn" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fevo.2021.783770" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03445407v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordi Salmona" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Metzger" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-021-02620-1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03445400v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Carolina Guarinello de Oliveira Portes" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugh Deforest Safford" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hermann Behling" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.revpalbo.2020.104314" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02543196v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darrell S Kaufman" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas S Mckay" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cody Routson" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Erb" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basil A.S. Davis" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/S41597-020-0445-3" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02912261v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Mietton" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanni Gunnell" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyn Andriamitia" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Crouzet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2020.140633" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03445331v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35535/acpa-2020-0019" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02415846v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Martin" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillemette Menot" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Thouveny" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Peyron" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Andrieu-Ponel" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2019.106109" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322171v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Daniau" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Desprat" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.revmic.2019.02.001" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02347743v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Ledru" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Giesecke" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzette Ga Flantua" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0959683619846981" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02347693v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierre Francois" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Haberle" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jqs.3082" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01982372v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Sch&#252;ler" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Hemp" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Maria Salamanca Duarte" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jvs.12639" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01681535v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Combourieu-Nebout" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Brayshaw" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Goring" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/cp-13-249-2017" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03054369v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Blanchard" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle H&#233;ly" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/btp.12266" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-7QD94Z5W-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01969935v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Jeferson Sampaio Diogo" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Itayguara Ribeiro Da Costa" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.revpalbo.2016.07.003" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01444055v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Gambin" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric M&#233;dail" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Marriner" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Peyron" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/cp-12-273-2016" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01806165v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adele Bertini" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elda Russo-Ermolli" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Klotz" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.revpalbo.2015.03.001" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01179820v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Montade" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kageyama" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Combourieu-Nebout" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-P. Ledru" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Michel" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1130/G36745.1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03033686v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Burte" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo S&#225;vio Passos Rodrigues Martins" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiano Franco Verola" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jbi.12283" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-Z199Q8RQ-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00744557v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Kissel" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Haberle" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Siani" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2012.11.001" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XMNSTPT0-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00691601v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Combourieu Nebout" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Chapron" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandor Mulsow" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana M. Abarzua" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.revpalbo.2012.04.005" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03202605v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Kissel" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.margeo.2011.02.001" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304317v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Weitzel" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moritz Adam" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Fernanda Sanchez Go&#241;i" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-9705" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00618093v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Michel" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00546076v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Combourieu--Nebout" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00546085v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03147315v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belinda Gambin" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nick Marriner" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304277v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00659194v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2011PA112302" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>