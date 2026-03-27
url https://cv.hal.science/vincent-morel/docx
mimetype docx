--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -1908,447 +1908,447 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01612353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental characterization of the excitation state of picosecond laser-induced Tungsten plasmas</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Theoretical study of the formation mechanism of laser-induced aluminum plasmas using Nd:YAG fundamental, second or third harmonics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Bultel</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics: Conference Series</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1742-6596/550/1/012047⟩</w:t>
+              <w:t xml:space="preserve">Spectrochimica Acta Part B: Atomic Spectroscopy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 94-95, pp.63--70. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.sab.2014.03.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01612388v1</w:t>
+                <w:t xml:space="preserve">hal-01612425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Temporal description of aluminum laser-induced plasmas by means of a collisional-radiative model</w:t>
+                <w:t xml:space="preserve">Achievement of local thermodynamic equilibrium for ns laser-induced plasmas on aluminium sample at different wavelengths</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Bultel</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bruno G. Cheron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physics: Conference Series</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 511, pp.012062. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1742-6596/511/1/012062⟩</w:t>
+              <w:t xml:space="preserve">, 2014, 550, pp.UNSP 012048. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1742-6596/550/1/012048⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01612396v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01612383v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Theoretical study of the formation mechanism of laser-induced aluminum plasmas using Nd:YAG fundamental, second or third harmonics</w:t>
+                <w:t xml:space="preserve">Temporal description of aluminum laser-induced plasmas by means of a collisional-radiative model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Bultel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno G. Cheron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Spectrochimica Acta Part B: Atomic Spectroscopy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.sab.2014.03.003⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physics: Conference Series</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 511, pp.012062. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1742-6596/511/1/012062⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01612425v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01612396v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Achievement of local thermodynamic equilibrium for ns laser-induced plasmas on aluminium sample at different wavelengths</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Experimental characterization of the excitation state of picosecond laser-induced Tungsten plasmas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Peres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Bultel</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdenacer Benyagoub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Monnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physics: Conference Series</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 550, pp.UNSP 012048. </w:t>
+              <w:t xml:space="preserve">, 2014, 13th High-Tech Plasma Processes Conference (HTPP-2014) 22–27 June 2014, Toulouse, France, 550, pp.012047. </w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1742-6596/550/1/012048⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1742-6596/550/1/012047⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01612383v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01612388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Global rate coefficients for ionization and recombination of carbon, nitrogen, oxygen, and argon</w:t>
               </w:r>
@@ -3167,176 +3167,176 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02406990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The emission of O I 777 triplet from laser-induced plasma and wall stabilized arc plasma</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Caractérisation de plasmas induits par impulsion laser picoseconde sur cible de tungstène</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Favre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Godard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Bultel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lazar Gavanski</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Zoran Mijatovic</w:t>
+                <w:t xml:space="preserve">Mathilde Diez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GD 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2018, Novi Sad, Serbia</w:t>
+              <w:t xml:space="preserve">SFP Plasmas 15</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02104907v1</w:t>
+                <w:t xml:space="preserve">hal-02104950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ps-LIBS diagnostics for tritium measurements in W</w:t>
+                <w:t xml:space="preserve">Characterization of laser-induced plasmas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Bultel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Favre</w:t>
@@ -3346,247 +3346,230 @@
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Godard</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PSI 23</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Princeton, United States</w:t>
+              <w:t xml:space="preserve">HTPP 15</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02104893v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02104901v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation de plasmas induits par impulsion laser picoseconde sur cible de tungstène</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Towards tritium measurements in W based on ps-LIBS diagnostics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Bultel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Favre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Godard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Mathilde Diez</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdenacer Benyagoub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SFP Plasmas 15</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">SOFT 30</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Giardini Naxos, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02104950v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02104917v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of laser-induced plasmas</w:t>
+                <w:t xml:space="preserve">Ps-LIBS diagnostics for tritium measurements in W</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Bultel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Favre</w:t>
@@ -3596,409 +3579,426 @@
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Godard</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdenacer Benyagoub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">HTPP 15</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2018, Toulouse, France</w:t>
+              <w:t xml:space="preserve">PSI 23</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Princeton, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02104901v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02104893v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards tritium measurements in W based on ps-LIBS diagnostics</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">REACTIVE HYPERSONIC FLOWS COMPUTED WITH DETAILED CHEMICAL KINETICS MODELS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Claude Druguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Bultel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Annaloro</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SOFT 30</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2018, Giardini Naxos, Italy</w:t>
+              <w:t xml:space="preserve">53rd International Conference of Applied Aerodynamics - AERO2918</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2018, Salon de Provence, France. pp.FP-AERO2018-druguet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02104917v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02410223v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">REACTIVE HYPERSONIC FLOWS COMPUTED WITH DETAILED CHEMICAL KINETICS MODELS</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Thermochemical non equilibrium in thermal plasmas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Bultel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Annaloro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">53rd International Conference of Applied Aerodynamics - AERO2918</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2018, Salon de Provence, France. pp.FP-AERO2018-druguet</w:t>
+              <w:t xml:space="preserve">SPIG 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2018, Belgrade, Serbia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02410223v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02104955v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermochemical non equilibrium in thermal plasmas</w:t>
+                <w:t xml:space="preserve">The emission of O I 777 triplet from laser-induced plasma and wall stabilized arc plasma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Bultel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Peres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lazar Gavanski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zoran Mijatovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SPIG 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2018, Belgrade, Serbia</w:t>
+              <w:t xml:space="preserve">GD 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Novi Sad, Serbia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02104955v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02104907v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Computations of a Shock Layer Flow with a Vibrational-Specific Kinetics Model</w:t>
               </w:r>
@@ -4757,64 +4757,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Bultel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Monnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdenacer Benyagoub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EMSLIBS 2015</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2015, Linz, Austria</w:t>
@@ -5603,489 +5603,489 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03011810v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estimate of the departure from excitation equilibrium of a laser-induced plasma obtained in Ar-H mixtures</w:t>
+                <w:t xml:space="preserve">Experimental characterization of double pulse laser- induced plasmas on Aluminum and Tungsten targets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Favre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Grisolia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Bultel</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Zoran Mijatovic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EMSLIBS 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Brno, Czech Republic. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02314863v1</w:t>
+                <w:t xml:space="preserve">hal-02314860v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental characterization of double pulse laser- induced plasmas on Aluminum and Tungsten targets</w:t>
+                <w:t xml:space="preserve">Caractérisation expérimentale de plasmas induits par impulsion laser en régime de double impulsion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Favre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Bultel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Bultel</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Godard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EMSLIBS 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, Brno, Czech Republic. 2019</w:t>
+              <w:t xml:space="preserve">CAE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2019, Bourges, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02314860v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03011824v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation expérimentale de plasmas induits par impulsion laser en régime de double impulsion</w:t>
+                <w:t xml:space="preserve">Study of the 777 nm Lines Profile of Atomic Oxygen Using Laser-Induced Plasmas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Favre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Bultel</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Milan Dimitrijevic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stevica Djurovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zoran Mijatovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CAE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2019, Bourges, France</w:t>
+              <w:t xml:space="preserve">SCSLSA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Vrdnik, Serbia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03011824v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03011322v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of the 777 nm Lines Profile of Atomic Oxygen Using Laser-Induced Plasmas</w:t>
+                <w:t xml:space="preserve">Estimate of the departure from excitation equilibrium of a laser-induced plasma obtained in Ar-H mixtures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Favre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Milan Dimitrijevic</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Bultel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stevica Djurovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zoran Mijatovic</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SCSLSA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Vrdnik, Serbia</w:t>
+              <w:t xml:space="preserve">EMSLIBS 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Brno, Czech Republic. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03011322v1</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02314863v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental characterization of double pulse laser-induced plasmas</w:t>
               </w:r>
@@ -6451,51 +6451,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/irsn-04830381v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Favre" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Abad" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Poux" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Gosse" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Berjaoui" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sab.2024.107082" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05193595v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Bultel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Morel" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stevica Djurovi&#263;" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sab.2025.107222" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04462694v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Payet" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Vartanian" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Garcia-Argote" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2024.154924" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04024908v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Godard" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;d Idlahcen" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optlastec.2022.107913" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011273v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Godard" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sab.2020.106011" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03170328v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fusengdes.2021.112364" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02023230v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Annaloro" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/atoms7010005" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02314866v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Grisolia" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18145/jitipee.v5i2.224" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03058530v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Benyagoub" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fusengdes.2019.03.079" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02314867v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. -&#220; Lydia Tchang-Brillet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Benredjem" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18145/jitipee.v5i2.223" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01611158v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioan Schneider" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Grisolia" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sab.2016.11.002" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01611198v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Peres" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ammar Hideur" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0031-8949/T167/1/014016" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612340v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Zs Mezei" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. D. Backodissa-Kiminou" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. E. Tudorache" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Chakrabarti" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0963-0252/24/3/035005" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612353v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Chambrelan" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Edouard" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sab.2014.11.014" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612388v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdenacer Benyagoub" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Monnet" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/550/1/012047" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612396v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno G. Cheron" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/511/1/012062" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612425v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sab.2014.03.003" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612383v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/550/1/012048" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02017795v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Omaly" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4737147" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02023608v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00639599v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Cheron" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sab.2010.08.002" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BK5S95J8-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00639603v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10765-009-0671-6" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-SN5DBVPH-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03065912v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Lesage" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Boubert" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104960v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamel Benredjem" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wan-&#220; Lydia Tchang-Brillet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02406990v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Druguet" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2019-2283" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104907v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lazar Gavanski" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoran Mijatovic" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104893v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104950v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Diez" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104901v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104917v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02410223v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104955v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01793638v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-91020-8_24221" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104944v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104939v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Berthet" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Rudz" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104932v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178649v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104875v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolina Pop" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Zs Mezei" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Colboc" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ep&#233;e Ep&#233;e" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.A. Little" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104924v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104884v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104928v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Renou" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Cabot" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104887v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I.F. Schneider" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Grisolia" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02023772v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02023765v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05194223v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Leblond" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05194211v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011810v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02314863v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stevica Djurovic" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02314860v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011824v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011322v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milan Dimitrijevic" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011336v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04235881v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/irsn-04830381v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Favre" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Abad" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Poux" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Gosse" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Berjaoui" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sab.2024.107082" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05193595v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Bultel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Morel" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stevica Djurovi&#263;" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sab.2025.107222" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04462694v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Payet" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Vartanian" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Garcia-Argote" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2024.154924" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04024908v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Godard" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;d Idlahcen" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optlastec.2022.107913" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011273v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Godard" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sab.2020.106011" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03170328v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fusengdes.2021.112364" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02023230v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Annaloro" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/atoms7010005" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02314866v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Grisolia" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18145/jitipee.v5i2.224" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03058530v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Benyagoub" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fusengdes.2019.03.079" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02314867v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. -&#220; Lydia Tchang-Brillet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Benredjem" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18145/jitipee.v5i2.223" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01611158v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioan Schneider" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Grisolia" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sab.2016.11.002" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01611198v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Peres" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ammar Hideur" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0031-8949/T167/1/014016" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612340v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Zs Mezei" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. D. Backodissa-Kiminou" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. E. Tudorache" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Chakrabarti" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0963-0252/24/3/035005" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612353v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Chambrelan" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Edouard" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sab.2014.11.014" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612425v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sab.2014.03.003" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612383v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/550/1/012048" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612396v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno G. Cheron" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/511/1/012062" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612388v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdenacer Benyagoub" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Monnet" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/550/1/012047" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02017795v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Omaly" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4737147" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02023608v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00639599v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Cheron" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sab.2010.08.002" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BK5S95J8-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00639603v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10765-009-0671-6" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-SN5DBVPH-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03065912v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Lesage" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Boubert" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104960v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamel Benredjem" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wan-&#220; Lydia Tchang-Brillet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02406990v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Druguet" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2019-2283" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104950v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Diez" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104901v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104917v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104893v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02410223v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104955v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104907v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lazar Gavanski" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoran Mijatovic" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01793638v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-91020-8_24221" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104944v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104939v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Berthet" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Rudz" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104932v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178649v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104875v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolina Pop" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Zs Mezei" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Colboc" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ep&#233;e Ep&#233;e" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.A. Little" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104924v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104884v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104928v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Renou" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Cabot" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104887v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I.F. Schneider" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Grisolia" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02023772v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02023765v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05194223v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Leblond" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05194211v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011810v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02314860v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011824v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011322v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milan Dimitrijevic" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stevica Djurovic" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02314863v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011336v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04235881v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>