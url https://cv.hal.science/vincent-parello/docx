--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -109,165 +109,165 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">L'exil des réfugiés espagnols de la guerre civile dans le département de l'Hérault</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Parello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque international « Exils, Errances, Rencontres », Paris, décembre 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03069213v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">L’exil des réfugiés espagnols de la guerre civile dans le département de l’Hérault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Parello</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Exils, errances, rencontres</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02471596v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-03069213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La rhétorique épistolaire dans le &amp;quot;De conscribendis epistolis&amp;quot; de Juan Luis Vives (1536)</w:t>
               </w:r>
@@ -1227,151 +1227,151 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02141459v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La correspondance dans le monde méditerranéen, XVI-XXe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Parello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses universitaires de Perpignan, 238 p., 2008</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03077234v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">La correspondance dans le monde méditerranéen (XVI-XXe siècles). Pratiques sociales et représentations culturelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Parello</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">31, 2008, Marges</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02471484v1</w:t>
-              </w:r>
-[...60 lines deleted...]
-                <w:t xml:space="preserve">hal-03077234v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aux origines du roman : la littérature picaresque espagnole</w:t>
               </w:r>
@@ -1899,2339 +1899,2339 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04268384v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La novelización del punto de vista en El Velázquez de París de Carmen Boullosa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Parello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Assia Mohssine (coord.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pensar en activo. Carmen Boullosa, entre memoria e imaginación</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Universidad Autónoma de Nuevo León, pp.209-242, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02471720v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La carta de Sancho Panza a su mujer Teresa (II, 36) : entre retórica espistolar y epístola bufonesca</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Parello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Elvezio Canonica et Maria Cristina Panzera. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Relier, délier les langues. Formes et défis linguistiques de l’écriture épistolaire (Moyen Âge-XVIIIe siècle)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Hermann, pp.333-351, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02471718v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Les Groupements de travailleurs étrangers (GTE) dans la France de Vichy. Le cas du groupement 3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Parello</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Christian Camps. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les camps de réfugiés espagnols en France : 1939-1945</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Éditions du Mont, pp.51-66, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02471726v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...38 lines deleted...]
-              <w:t xml:space="preserve">, Universidad Autónoma de Nuevo León, pp.209-242, 2019</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cervantes moderno : el triunfo de la razón y de la luz natural</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Parello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Jesús G. Maestro. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cervantes y la filosofía. Interpretaciones filosóficas de la literatura cervantina</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editorial Academia del Hispanismo, pp.139-153, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Hermann, pp.333-351, 2019</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02471716v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La burla como género teatral : la estancia barcelonesa de don Quijote y Sancho en casa de don Antonio Moreno</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Parello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Jesús G. Maestro. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cervantes en escena. Nuevas interpretaciones del teatro cervantino</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editorial Academia del Hispanismo, pp.219-235, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Cervantes moderno : el triunfo de la razón y de la luz natural</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02471712v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cervantes y el género celestinesco : “Apercíbete, a la primera voz que oyeres, tomar calças de Villadiego” (Celestina, Auto XII, Escena 3)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Parello</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Jesús G. Maestro. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cervantes y la filosofía. Interpretaciones filosóficas de la literatura cervantina</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Editorial Academia del Hispanismo, pp.139-153, 2018</w:t>
+              <w:t xml:space="preserve">Cervantes y los géneros literarios</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 12, Editorial Academia del Hispanismo, pp.325-340, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Editorial Academia del Hispanismo, pp.219-235, 2017</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02471707v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Entre herejía y hechicería : Isabel María de Montoya ante la Inquisición de Toledo (1671)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Parello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’Espagne face aux hérésies: représentations et discours (Moyen-Age et époque moderne)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 20, Les Cahiers de Framespa (ouvrage en version électronique)., 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, 12, Editorial Academia del Hispanismo, pp.325-340, 2016</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02471704v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction au dossier : L’Espagne face aux hérésies (Moyen-Age et époque moderne)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Parello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’Espagne face aux hérésies: représentations et discours (Moyen-Age et époque moderne)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 20, Les Cahiers de Framespa (ouvrage en version électronique)., 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 20, Les Cahiers de Framespa (ouvrage en version électronique)., 2015</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02471701v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mémoire archivée et temps de l’histoire. L’exil des réfugiés espagnols de la Guerre civile dans le département de l’Hérault</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Parello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">M. Boeglin. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Exils et mémoires de l’exil dans le monde ibérique (XIIe-XXIe siècles)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Peter Lang, pp.125-142, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 20, Les Cahiers de Framespa (ouvrage en version électronique)., 2015</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02471691v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les camps de réfugiés espagnols dans l’Hérault aux lendemains de la guerre civile</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Parello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">F. Belmonte, K. Benmiloud et S. Imparato-Prieur. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Guerres dans le monde ibérique et ibéro-américain, Actes du XXXV congrès de la SHF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Peter Lang, pp.269-284, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Peter Lang, pp.125-142, 2014</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02471690v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conscience et mémoire de l’infamie dans le Buscón de Francisco de Quevedo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Parello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Victorien Lavou Zoungbo. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sociocritique et conscience. Hommage à Daniel Meyran</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, PUP, pp.409-425, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Peter Lang, pp.269-284, 2014</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02471692v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Puto, judío y cornudo : la judeofobia en el Buscón de Quevedo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Parello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">A. Chicharro et F. Linares. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sociocrítica e interdisciplinariedad</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ediciones Dauro, pp.151-168, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, PUP, pp.409-425, 2014</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02471600v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’anticléricalisme dans le Lazarillo de Tormes (1554). L’épisode du curé de Maqueda</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Parello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">H. Berlan; P. Y. Kirscheleger; J. Fouilleron et H. Michel. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’anticléricalisme de la fin du XVe siècle au début du XXe siècle. Discours, images et militances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Houdiard, pp.74-88, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02471621v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Puto, judío y cornudo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Parello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">A. Chicharro et F. Linares (éds.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sociocrítica e interdisciplinariedad</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ediciones Dauro, pp.150-168, 2011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03056551v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'anticléricalisme dans le Lazarillo de Tormes (1554)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Parello</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">H. Berlan; P. Y. Kirscheleger; J. Fouilleron et H. Michel (éds.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'anticléricalisme de la fin du XVe siècle au début du XXe siècle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, M. Houdiard, pp.74-88, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03056552v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...38 lines deleted...]
-              <w:t xml:space="preserve">, Houdiard, pp.74-88, 2011</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Entrées «Expulsion des Juifs d'Espagne», «Morisques», «Inquisition de Barcelone»</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Parello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Adriano Prosperi. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dizionario della Inquisizione</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Scuola Normale Superiore, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Ediciones Dauro, pp.151-168, 2011</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02471599v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inquisition and Crypto-Judaism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Parello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Kevin Ingram. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Conversos and Moriscos in Early Modern Spain and beyond. Volume one, Departures and changes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Brill, pp.130-152, 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Ediciones Dauro, pp.150-168, 2011</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03055732v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inquisición y criptojudaísmo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Parello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">M. Güell et M. F. Deodat-Kessedjian (éds.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A tout seigneur tout honneur : Mélanges offerts à Claude Chauchadis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CNRS-Université Toulouse-Le Mirail, pp.317-328, 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Scuola Normale Superiore, 2010</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03056550v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inquisición y criptojudaísmo : la “complicidad” de los Mora de Quintanar de la Orden (1588-1592)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Parello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">M. Güell, M. F. Deodat-Kessedjian. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mélanges offerts à Claude Chauchadis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Méridiennes, pp.317-328, 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02471594v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quelques données chiffrées sur l’exode des réfugiés espagnols dans l’Hérault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Parello</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Michel Bourret. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mélanges offerts au Professeur Christian Camps</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, PULM, pp.365-379, 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02471587v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Inquisition and Crypto-Judaism</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Barcelone baroque de don Quichotte : une ville en trompe-l’œil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Parello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Lionel Dumont, Stéphane Durand et Jérôme Thomas. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les ports dans l’Europe méditerranéenne. Trafics et circulation, images et représentations, XVIe-XXIe siècles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, PULM, pp.431-457, 2008</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02471581v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aquel mudar de trajes, aquel derribar y renovar edificios : la modernité historico-sociale de La Celestina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Parello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">G. Martin. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Celestina. Comedia o tragicomedia de Calisto y Melibea</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ellipses, pp.7-21, 2008</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02471579v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anticléricalisme et antisémitisme dans le Lazarillo de Tormes (1554). L’épisode du curé de Maqueda</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Parello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Georges Martin. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Aux origines du roman : la littérature picaresque espagnole, Strasbourg, Université Ouverte des Humanités de Strasbourg</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Ouverte des Humanités (ouvrage en version électronique)., 2008</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02471582v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aquel mudar de trajes, aquel derribar y renovar edificios</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Parello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Georges Martin. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fernando de Rojas : "La Celestina, comedia o tragicomedia de Calisto y Melibea"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ellipses, pp.7-21, 2008</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03055731v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La rhétorique épistolaire dans le De conscribendis epistolis de Juan Luis Vives (1536)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Parello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La correspondance dans le monde méditerranéen (XVIe-XXe siècle)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires (Marges, 31), pp.38-57, 2008</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02471573v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Barcelone baroque de don Quichotte: une ville en trompe-l'oeil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Parello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Lionel Dumont and Stéphane Durand. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les ports dans l'Europe méditerranéenne. Trafics et circulation, images et représentations, XVIe-XXIe siècles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, PULM, pp.25, 2008</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02638482v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le rêve frustré de l’ingénieux chevalier don Pablos de Ségovie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Parello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Aux origines du roman : la littérature picaresque espagnole</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Ouverte des Humanités (ouvrage en version électronique)., 2008</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02471575v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inquisition and Crypto-Judaism : The complicity of the Mora family of Quintanar de la Orden (1588-1592)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Parello</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kevin Ingram. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Conversos and Moriscos in Early Modern Spain and beyond. Volume one, Departures and changes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Brill, pp.130-152, 2009</w:t>
+              <w:t xml:space="preserve">Converso and Morisco Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Brill Academic Press, pp.130-152, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, CNRS-Université Toulouse-Le Mirail, pp.317-328, 2009</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02471584v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’autobiographie spirituelle de la carmélite déchaussée Ana de San Agustín (1555-1624)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Parello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Marc Vitse. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’Hagiographie entre Histoire et Littérature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.950-966, 2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Méridiennes, pp.317-328, 2009</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02471568v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La politique de Charles Quint à l’égard des judéo-convers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Parello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Charles Quint face aux Réformes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Honoré Champion, pp.103-120, 2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Presses universitaires (Marges, 31), pp.38-57, 2008</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02471567v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Limpieza de sangre y conflictividad social en Castilla (XVI-XVII)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Parello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ed. Pere Joan i Tous. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">El olivo y la espada. Estudios sobre el antisemitismo en España (siglos XVI-XX)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Niemeyer, pp.90-106, 2003</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Université Ouverte des Humanités (ouvrage en version électronique)., 2008</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02471565v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Entre assistance et répression: l’enfermement des pauvres dans l’Espagne moderne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Parello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mélanges en l'honneur de Claude Maffre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires, pp.598-622, 2003</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...644 lines deleted...]
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02471534v1</w:t>
-              </w:r>
-[...71 lines deleted...]
-                <w:t xml:space="preserve">hal-02471565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La complicité des Mora de Quintanar de la Orden (1588-1592)</w:t>
               </w:r>
@@ -5107,3477 +5107,3477 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02886627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Alimentación y argumentación en la España moderna. De ollas, lentejas, duelos y quebrantos y palominos en el Quijote (I, 1)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Parello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Atalaya - Revue d'études médiévales romanes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 19 [en ligne]</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02471731v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Los hidalgos de la Mancha según las Relaciones topográficas de Felipe II y los censos de población del siglo XVI</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Parello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Criticón</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 135, pp.185-201</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02471719v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">El orden de los libros : reflexiones en torno a la biblioteca del caballero don Quijote de la Mancha</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Parello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Arte nuevo : Revista de estudios áureos </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 6, pp.335-356</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02471723v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Du poète Antón de Montoro à l’hidalgo de la Manche Alonso Quijano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Parello</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dix-septième siècle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 285, pp.171-185</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02471729v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...34 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 19 [en ligne]</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Una nueva lectura del episodio de Andrés en el Quijote (I, 4) : entre santidad y herejía</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Parello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers d’Études des Cultures Ibériques et Latino-américaines </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 4, pp.181--193</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Los hidalgos de la Mancha según las Relaciones topográficas de Felipe II y los censos de población del siglo XVI</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02522061v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Entre el velo y la pluma : el discurso de la vida de la carmelita descalza Ana de San Agustín (1555-1624)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Parello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers d’Études des Cultures Ibériques et Latino-américaines </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 3, pp.87-101</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02471715v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">César Oudin, Tesoro de las dos lenguas española y francesa. Tresor des deux langues françoise et espagnole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Parello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Études de linguistique appliquée : revue de didactologie des langues-cultures et de lexiculturologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 2, pp.231-239</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02471711v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le régime de séjour du réfugié espagnol et de l’étranger en France (1938-1943)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Parello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers d’Études des Cultures Ibériques et Latino-américaines </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 2, pp.113-131</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02471705v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les compagnies de travailleurs étrangers (CTE) en France à la fin de la Troisième République</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Parello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin Hispanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 118-1, pp.233-250</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02471708v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les réfugiés espagnols de la Guerre civile dans le département de l’Hérault et la ville de Pézenas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Parello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Amis de Pézenas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 74, pp.4-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02471699v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La relación sucinta de la ciudad de Lisboa en el Burlador de Sevilla: un viaje a través del género corográfico</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Parello</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Criticón</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 135, pp.185-201</w:t>
+              <w:t xml:space="preserve">, 2015, 124, pp.165-183</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 6, pp.335-356</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02471697v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Los Castillos ante el tribunal de la Inquisición de Cuenca (siglos XV-XVII)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Parello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Cahiers de Framespa : e-Storia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 18</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Una nueva lectura del episodio de Andrés en el Quijote (I, 4) : entre santidad y herejía</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02471698v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aproximación al exilio de los refugiados españoles de la Guerra Civil en el departamento del Hérault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Parello</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers d’Études des Cultures Ibériques et Latino-américaines </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 4, pp.181--193</w:t>
+              <w:t xml:space="preserve">, 2015, 1, pp.41-57</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 3, pp.87-101</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02471695v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une voyageuse entre deux mondes : Inés Suárez (1510-1580) revisitée par Isabel Allende</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Parello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">sociocriticism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, XXIX 1 y 2, pp.205-232</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Les compagnies de travailleurs étrangers (CTE) en France à la fin de la Troisième République</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02471693v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La politique sanitaire du gouvernement français à l'égard des réfugiés espagnols de la guerre civile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Parello</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin Hispanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 118-1, pp.233-250</w:t>
+              <w:t xml:space="preserve">, 2014, 116, pp.246--262</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 2, pp.113-131</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02626639v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La reconnaissance du régime franquiste au miroir de la Chambre des députés française</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Parello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">HispanismeS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 4, pp.110-126</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 2, pp.231-239</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02471694v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Réactions xénophobes à l'égard des réfugiés espagnols de la guerre civile dans le département de l'Hérault</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Parello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin Hispanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, T. 114 (n°2), pp.917-937</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 1, pp.41-57</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03062331v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La politique sanitaire des autorités héraultaises à l’égard des réfugiés espagnols de la guerre civile</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Parello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Cahiers de Framespa : e-Storia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 10</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">La relación sucinta de la ciudad de Lisboa en el Burlador de Sevilla: un viaje a través del género corográfico</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02471625v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La politique sanitaire des autorités héraultaises à l'égard des réfugiés espagnols de la guerre civile</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Parello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Cahiers de Framespa : e-Storia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 10</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03062330v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Réactions xénophobes à l’égard des réfugiés espagnols de la guerre civile dans le département de l’Hérault</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Parello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin Hispanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 114-2, pp.917-937</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02471627v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Una fiesta barroca en tiempos de Carlos II</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Parello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Cahiers de Framespa : e-Storia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 8, s.p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02920798v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Itinéraires et trajectoires individuels de réfugiés espagnols de la guerre civile dans l’Hérault</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Parello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Langues néo-latines : revue de langues vivantes romanes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 358, pp.59-78</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02471623v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Itinéraires et trajectoires individuels de réfugiés espagnols de la guerre civile dans l'Hérault</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Parello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Langues néo-latines : revue de langues vivantes romanes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, N° 358, pp.59-79</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03062332v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des camps de réfugiés espagnols de la guerre civile dans l’Hérault</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Parello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mélanges de la Casa de Velázquez</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 41 (1), pp.233-249</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02471620v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Una fiesta barroca en tiempos de Carlos II : el auto de fe madrileño de 1680</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Parello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Cahiers de Framespa : e-Storia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02471622v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des camps de réfugiés espagnols de la guerre civile dans l'Hérault</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Parello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mélanges de la Casa de Velázquez</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 41 (1), pp.232-249</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03062329v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sobre la hija de Ricote</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Parello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Áreas. Revista Internacional De Ciencias Sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 30, pp.25-35</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02471624v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sobre la hija de Ricote</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Parello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Áreas. Revista Internacional De Ciencias Sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 30, pp.154</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02920727v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un ailleurs concentrationnaire : le camp d’Agde dans l’Hérault (1939)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Parello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers d'Etudes Romanes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 19, pp.50-78</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02471595v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un ailleurs concentrationnaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Parello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers d'Etudes Romanes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 19, pp.50-78</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03062328v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La apologética antijudía de Juan Luis Vives (1543)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Parello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mélanges de la Casa de Velázquez</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 38 (2), pp.171-190</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02471578v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les stratégies d’intégration sociale de Pablos dans le Buscón</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Parello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Langues néo-latines : revue de langues vivantes romanes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 344, pp.5-25</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02471577v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La apologética antijudía de Juan Luis Vives (1543)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Parello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mélanges de la Casa de Velázquez</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 38 (2), pp.171-190</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03061358v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les stratégies d'intégration sociale de Pablos dans le Buscón</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Parello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Langues néo-latines : revue de langues vivantes romanes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 344, pp.5-25</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03061357v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Don Diego Coronel o la figura de un converso encumbrado</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Parello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">sociocriticism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Vol. XXII - 1 y 2, pp.97-118</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02471572v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La visite du licencié Diego de Haedo dans le district inquisitorial de Saragosse (1575)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Parello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin Hispanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 109 (1), pp.67-97</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03061338v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Don Diego Coronel o la figura de un converso encumbrado</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Parello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">sociocriticism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, XXII (1-2), pp.97-118</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03061356v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La visite du licencié Diego de Haedo dans le district inquisitorial de Saragosse (1575)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Parello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin Hispanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Tome 109-1, pp.67-97</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02471571v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Catalogne dans l’œuvre romanesque de Cervantès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Parello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'études catalanes (En ligne)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 8-9, pp.180-200</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02471570v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corrigé de la composition en langue française sur Charles Quint et l'empire américain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Parello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rapport du jury du CAPES externe d'Espagnol</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02638521v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Catalogne dans l'oeuvre romanesque de Cervantes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Parello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">REC: Revue d'études catalanes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 8-9, pp.180-200</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03061337v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Les judéo-convers de l’archevêché de Tolède et le pouvoir local au XVIe siècle », Siècles. Cahier du centre d’histoire “espaces et cultures”, n°13, Université Blaise Pascal, Clermont Ferrand II, 2001, p. 7-19.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Parello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Siècles : Cahier du centre d'histoire « Espaces et cultures »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 13, pp.7-19</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02471527v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Los Mora de Quintanar de la Orden: un criptojudaísmo familial a finales del siglo XVI</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Parello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sefarad</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, Año 61, fasc. 2, pp.395-418</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02471529v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Lector in fabula: le paratexte de la Célestine », Les Langues Néo-Latines, 2001, p. 50-65.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Parello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Langues néo-latines : revue de langues vivantes romanes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02471525v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Entre honra y deshonra: el Discurso de fray Agustín Salucio acerca de los estatutos de limpieza de sangre (1599)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Parello</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Criticón</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 124, pp.165-183</w:t>
+              <w:t xml:space="preserve">, 2000, 80, pp.138-153</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 74, pp.4-8</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02471516v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Entre honra y deshonra: el Discurso de fray Agust\'in Salucio acerca de los estatutos de limpieza de sangre (1599)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Parello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Criticón</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 80, pp.138--153</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 18</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02638577v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une famille converse au service du marquis de Villena : les Castillo de Cuenca (XV-XVIIe siècle)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Parello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin Hispanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, t. 102, n°1, pp.14-36</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 4, pp.110-126</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02471518v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sociología conversa en los siglos XV y XVI. La dinámica de las familias manchegas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Parello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sefarad</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 59 (2), pp.390-418</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">La politique sanitaire du gouvernement français à l'égard des réfugiés espagnols de la guerre civile</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02471509v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Discours réformateur et marginalité féminine dans l’Espagne moderne. Les “galères” de Madalena de San Jerónimo (1608)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Parello</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin Hispanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 116, pp.246--262</w:t>
+              <w:t xml:space="preserve">, 1999, t. 101, n°1, pp.54-70</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2014, XXIX 1 y 2, pp.205-232</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02471507v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">El modelo sociológico del hidalgo cristiano viejo en la España moderna</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Parello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hispania sacra : revista de historia eclesiástica de España</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 51, pp.211-226</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...2276 lines deleted...]
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02471500v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-02471509v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">À propos des lectures converses de La Célestine. Un état de la question</w:t>
               </w:r>
@@ -9077,51 +9077,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471596v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Parello" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069213v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068759v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03071201v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068755v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02886642v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522128v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03054660v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Linares Al&#233;s" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Boeglin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471480v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04307587v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04307594v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03050268v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471427v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471428v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://meticebeta.univ-montp3.fr/lexique/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02141459v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471484v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03077234v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471487v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://meticebeta.univ-montp3.fr/litteraturepicaresque/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03050271v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471488v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471426v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471424v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02638582v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03050269v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04268384v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471726v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471720v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471718v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471716v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471712v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471707v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471704v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471701v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471691v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471690v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471692v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03056552v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471621v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471600v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03056551v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471599v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471587v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03055732v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03056550v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471594v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471573v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471582v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471581v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471579v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03055731v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02638482v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471575v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471584v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471567v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471568v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471534v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471565v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471533v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471512v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471505v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471497v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03077233v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966635v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319906v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04366622v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04268405v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03112753v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02886635v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02886627v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471729v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471731v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471719v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471723v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522061v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471715v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471708v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471705v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471711v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471695v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471697v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471699v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471698v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471694v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02626639v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471693v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062330v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062331v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471625v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471627v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471622v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471620v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062329v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02920798v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471623v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062332v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471624v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02920727v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471595v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062328v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471578v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471577v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061358v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061357v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471571v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471572v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061338v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061356v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02638521v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061337v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471570v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471529v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471527v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471525v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02638577v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471516v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471518v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471507v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471500v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471509v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471502v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471499v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471492v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471490v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02638591v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069213v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Parello" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471596v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068759v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03071201v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068755v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02886642v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522128v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03054660v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Linares Al&#233;s" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Boeglin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471480v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04307587v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04307594v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03050268v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471427v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471428v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://meticebeta.univ-montp3.fr/lexique/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02141459v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03077234v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471484v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471487v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://meticebeta.univ-montp3.fr/litteraturepicaresque/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03050271v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471488v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471426v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471424v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02638582v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03050269v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04268384v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471720v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471718v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471726v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471716v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471712v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471707v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471704v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471701v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471691v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471690v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471692v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471600v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471621v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03056551v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03056552v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471599v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03055732v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03056550v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471594v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471587v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471581v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471579v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471582v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03055731v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471573v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02638482v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471575v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471584v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471568v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471567v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471565v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471534v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471533v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471512v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471505v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471497v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03077233v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966635v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319906v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04366622v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04268405v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03112753v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02886635v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02886627v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471731v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471719v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471723v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471729v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522061v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471715v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471711v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471705v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471708v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471699v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471697v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471698v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471695v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471693v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02626639v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471694v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062331v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471625v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062330v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471627v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02920798v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471623v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062332v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471620v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471622v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062329v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471624v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02920727v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471595v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062328v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471578v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471577v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061358v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061357v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471572v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061338v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061356v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471571v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471570v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02638521v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061337v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471527v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471529v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471525v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471516v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02638577v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471518v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471509v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471507v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471500v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471502v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471499v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471492v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471490v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02638591v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>