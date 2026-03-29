--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -868,511 +868,511 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03230566v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the use of long-term observation of water level and temperature along the shore for a better understanding of the dynamics: example of Toulon area, France</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Datasets of solid and liquid discharges of an urban Mediterranean river and its karst springs (Las River, SE France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christiane Dufresne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Luc Fuda</w:t>
+                <w:t xml:space="preserve">Bruno Arfib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didier Mallarino</w:t>
+                <w:t xml:space="preserve">Loic Ducros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tathy Missamou</w:t>
+                <w:t xml:space="preserve">Céline Duffa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Giner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ocean Dynamics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10236-020-01363-7⟩</w:t>
+              <w:t xml:space="preserve">Data in Brief</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 31, pp.106022. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.dib.2020.106022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03014626v1</w:t>
+                <w:t xml:space="preserve">hal-02936388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Datasets of solid and liquid discharges of an urban Mediterranean river and its karst springs (Las River, SE France)</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Bruno Arfib</w:t>
+                <w:t xml:space="preserve">Extreme Wave Events on Barrier Reefs: A Driver for Critical Regime?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Sous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Loic Ducros</w:t>
+                <w:t xml:space="preserve">Marion Tissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Duffa</w:t>
+                <w:t xml:space="preserve">Frédéric Bouchette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frank Giner</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Guillaume Dodet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Rey</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Data in Brief</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 31, pp.106022. </w:t>
+              <w:t xml:space="preserve">Journal of Coastal Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 95 (sp1), pp.654-658. </w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.dib.2020.106022⟩</w:t>
+                <w:t xml:space="preserve">⟨10.2112/SI95-127.1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-02936388v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02899297v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extreme Wave Events on Barrier Reefs: A Driver for Critical Regime?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Damien Sous</w:t>
+                <w:t xml:space="preserve">On the use of long-term observation of water level and temperature along the shore for a better understanding of the dynamics: example of Toulon area, France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Rey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christiane Dufresne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marion Tissier</w:t>
+                <w:t xml:space="preserve">Jean-Luc Fuda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Bouchette</w:t>
+                <w:t xml:space="preserve">Didier Mallarino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Dodet</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Tathy Missamou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Coastal Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 95 (sp1), pp.654-658. </w:t>
+              <w:t xml:space="preserve">Ocean Dynamics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 70 (7), pp.913-933. </w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2112/SI95-127.1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10236-020-01363-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02899297v1</w:t>
+                <w:t xml:space="preserve">hal-03014626v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karst and urban flood-induced solid discharges in Mediterranean coastal rivers: The case study of Las River (SE France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christiane Dufresne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Arfib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loic Ducros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Duffa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frank Giner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Hydrology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, </w:t>
@@ -1657,51 +1657,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wave transformation over a barrier reef</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Sous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Tissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Rey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2038,51 +2038,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hydro-sedimentary model as a post-accidental management tool: Application to radionuclide marine dispersion in the Bay of Toulon (France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christiane Dufresne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Duffa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Rey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3729,51 +3729,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monitoring temps reel haute resolution d'un littoral: MAGOBS (Villeneuve-les-Maguelone, Golfe du Lion, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Guerinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Bouchette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Lobry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3844,238 +3844,238 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00854410v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Groundwater pressure dynamics in a laboratory swash zone</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Forces and moment on a horizontal plate due to regular and irregular waves in the presence of current</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Rey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Touboul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Coastal Research</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Applied Ocean Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 33, pp.88-99. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.apor.2011.02.002⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00648463v1</w:t>
+                <w:t xml:space="preserve">hal-00743609v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Forces and moment on a horizontal plate due to regular and irregular waves in the presence of current</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Groundwater pressure dynamics in a laboratory swash zone</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Sous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Lambert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Michallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Rey</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Julien Touboul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Ocean Research</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of Coastal Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, SI 64, pp.2074-2078</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-00743609v1</w:t>
+                <w:t xml:space="preserve">hal-00648463v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Two-Phase-Flow Unstructured Grid Solver: Application to Tsunami Wave Impact</w:t>
               </w:r>
@@ -5301,269 +5301,269 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01562908v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Propagation de la houle à travers un milieu poreux : effets 3D</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">G. Arnaud</w:t>
+                <w:t xml:space="preserve">Circulation souterraine sous la zone de swash</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lise Petitjean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Sous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Bouchette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Rey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Meulé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Nationales Génie Côtier - Génie Civil</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">XIV èmes Journées Nationales Génie Côtier – Génie Civil</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, toulon, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01877072v1</w:t>
+                <w:t xml:space="preserve">hal-01357778v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Circulation souterraine sous la zone de swash</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lise Petitjean</w:t>
+                <w:t xml:space="preserve">Propagation de la houle à travers un milieu poreux : effets 3D</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Arnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Rey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Touboul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Sous</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XIV èmes Journées Nationales Génie Côtier – Génie Civil</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journées Nationales Génie Côtier - Génie Civil</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Toulon, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5150/jngcgc.2016.002⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01357778v1</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01877072v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of a constant vorticity on the Bragg resonance phenomenon</w:t>
               </w:r>
@@ -5910,265 +5910,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01343360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ecoulements stationnaires ou oscillants à travers un milieu poreux: effets de la surface spécifique</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Bed dynamics in a microtidal swash zone under small wave conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Sous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Gouaud</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Rey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tathy Missamou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XIIIème journées nationales génie civil génie côtier</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">24e Réunion des Sciences de la Terre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2014, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01012492v1</w:t>
+                <w:t xml:space="preserve">hal-01017508v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bed dynamics in a microtidal swash zone under small wave conditions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ecoulements stationnaires ou oscillants à travers un milieu poreux: effets de la surface spécifique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Arnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Sous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Adrien Lambert</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Touboul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Gouaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Rey</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Tathy Missamou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">24e Réunion des Sciences de la Terre</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">XIIIème journées nationales génie civil génie côtier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2014, Dunkerque, France. p 21-30, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5150/jngcgc.2014.00⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01017508v1</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01012492v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Field study of cross-reef dynamics above the Ouano coral barrier, New Caledonia, France</w:t>
               </w:r>
@@ -7399,51 +7399,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00084409v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Déformation de la houle pendant une période de tempête sur une plage sableuse à barres: Expérimentation et modélisation</w:t>
+                <w:t xml:space="preserve">Morphodynamique de la plage de Sète sous l'incidence d'une houle de tempête: expérimentation et modélisation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Meulé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphael Certain</w:t>
@@ -7461,97 +7461,97 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Christel Pinazo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Rey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">30ième colloque de l'Union des Océanographes de France, le 8-10 Septembre à Marseille</w:t>
+              <w:t xml:space="preserve">9e congrés de l'Association des Sédimentologistes Français à Bordeaux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, Unknown, Unknown Region</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01426599v1</w:t>
+                <w:t xml:space="preserve">hal-01426598v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morphodynamique de la plage de Sète sous l'incidence d'une houle de tempête: expérimentation et modélisation</w:t>
+                <w:t xml:space="preserve">Déformation de la houle pendant une période de tempête sur une plage sableuse à barres: Expérimentation et modélisation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Meulé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphael Certain</w:t>
@@ -7569,73 +7569,73 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Christel Pinazo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Rey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9e congrés de l'Association des Sédimentologistes Français à Bordeaux</w:t>
+              <w:t xml:space="preserve">30ième colloque de l'Union des Océanographes de France, le 8-10 Septembre à Marseille</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, Unknown, Unknown Region</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01426598v1</w:t>
+                <w:t xml:space="preserve">hal-01426599v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interface tracking during surface wave breaking</w:t>
               </w:r>
@@ -8398,51 +8398,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04941190v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cuevas" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Rey" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Ardhuin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Touboul" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apor.2024.104386" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05507258v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kostas Belibassakis" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Rey" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jmse13071286" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04474958v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Heinrich" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Gailler" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Dupont" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H H&#233;bert" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggad092" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03339418v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Boutron" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Paugam" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Luna-Laurent" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Chauvelon" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Sous" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jmse9070701" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203945v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Laffitte" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Belibassakis" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apor.2021.102549" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03230566v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Meul&#233;" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Faure" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecss.2021.107406" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03014626v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Dufresne" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Fuda" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Mallarino" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tathy Missamou" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10236-020-01363-7" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02936388v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Arfib" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Ducros" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Duffa" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Giner" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2020.106022" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02899297v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Tissier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bouchette" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Dodet" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/SI95-127.1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02891603v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2020.125194" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03114584v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joffrey Jamain" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jmse8120960" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02007082v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Laffitte" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jmse7010009" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02188471v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Bouchette" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csr.2019.07.010" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02894360v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Minghelli" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manchun Lei" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Charmasson" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malik Chami" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSTARS.2019.2894063" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02127506v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Arnaud" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S2529807019500015" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01731116v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romaric Verney" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ocecoaman.2017.12.026" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02046493v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apor.2018.03.012" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01877050v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.A. Belibassakis" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wavemoti.2018.03.007" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01731087v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Simon" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wavemoti.2017.06.004" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01516817v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Molin" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apor.2017.04.011" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01412450v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Petitjean" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.advwatres.2016.09.009" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01409788v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenna Charland" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.coastaleng.2016.06.003" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01400090v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Remy" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apor.2016.10.001" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01188574v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apor.2015.07.003" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01108388v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Gouaud" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5150/revue-paralia.2014.s04" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01203303v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4894740" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00824276v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Lambert" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Michallet" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.coastaleng.2013.05.006" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6R9WDLN1-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00854411v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Campmas" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jying Li Liou" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Sabatier" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5150/jngcgc.2012.034-M" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00743580v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2012.193" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6GQ-4GKNBCKV-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00854410v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Guerinel" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lobry" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Astruc" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Azerad" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5150/jngcgc.2012.064-G" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00648463v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00743609v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apor.2011.02.002" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WRPKL1H3-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tln.hal.science/hal-00979038v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Golay" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alioune Nar Sambe" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Frauni&#233;" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00089326v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudy Magne" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas H. C. Herbers" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William C. O'Reilly" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2005JC003035" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01426594v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Ferrer" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Certain" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Adloff" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Meul&#233;" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5150/jngcgc.2006.019-F" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01426595v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Pinazo" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004776v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1061/(ASCE)0733-950X(2005)131:6(311)" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02373413v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Aldebert" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Baklouti" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Bourras" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Branger" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theophile Caby" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02082184v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.2348986" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02167415v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01562927v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Locatelli" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristele Chevalier" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01562908v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01877072v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5150/jngcgc.2016.002" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01357778v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02167414v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Simon" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01426582v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01343360v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01012492v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5150/jngcgc.2014.00" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01017508v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01017502v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jer&#244;me Aucan" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Blanchot" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Luc Devenon" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Pagano" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00831573v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00831576v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier David de Drezigu&#233;" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00808163v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00861950v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Sabatier" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00808235v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chevalier" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Devenon" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00739851v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier David de Drezigue" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00438227v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Dubosq" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Francius" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Saillard" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phan T. Grilli" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03390954v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier David de Dr&#233;zigu&#233;" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00325408v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00084409v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lubin" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Vincent" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard W. Gilbert" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Devrard" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01426599v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01426598v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00232729v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lachaume" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Biausser" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Marcer" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00232771v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Kimmoun" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Abadie" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725433v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725432v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03925853v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Lac" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Le Pichon" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constantino Listowski" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Abbassi" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Astafyeva" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04941190v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cuevas" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Rey" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Ardhuin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Touboul" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apor.2024.104386" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05507258v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kostas Belibassakis" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Rey" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jmse13071286" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04474958v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Heinrich" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Gailler" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Dupont" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H H&#233;bert" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggad092" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03339418v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Boutron" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Paugam" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Luna-Laurent" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Chauvelon" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Sous" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jmse9070701" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203945v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Laffitte" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Belibassakis" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apor.2021.102549" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03230566v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Meul&#233;" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Faure" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecss.2021.107406" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02936388v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Dufresne" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Arfib" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Ducros" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Duffa" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Giner" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2020.106022" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02899297v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Tissier" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bouchette" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Dodet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/SI95-127.1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03014626v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Fuda" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Mallarino" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tathy Missamou" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10236-020-01363-7" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02891603v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2020.125194" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03114584v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joffrey Jamain" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jmse8120960" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02007082v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Laffitte" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jmse7010009" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02188471v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Bouchette" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csr.2019.07.010" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02894360v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Minghelli" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manchun Lei" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Charmasson" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malik Chami" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSTARS.2019.2894063" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02127506v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Arnaud" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S2529807019500015" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01731116v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romaric Verney" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ocecoaman.2017.12.026" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02046493v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apor.2018.03.012" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01877050v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.A. Belibassakis" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wavemoti.2018.03.007" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01731087v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Simon" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wavemoti.2017.06.004" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01516817v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Molin" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apor.2017.04.011" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01412450v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Petitjean" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.advwatres.2016.09.009" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01409788v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenna Charland" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.coastaleng.2016.06.003" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01400090v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Remy" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apor.2016.10.001" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01188574v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apor.2015.07.003" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01108388v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Gouaud" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5150/revue-paralia.2014.s04" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01203303v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4894740" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00824276v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Lambert" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Michallet" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.coastaleng.2013.05.006" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6R9WDLN1-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00854411v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Campmas" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jying Li Liou" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Sabatier" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5150/jngcgc.2012.034-M" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00743580v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2012.193" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6GQ-4GKNBCKV-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00854410v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Guerinel" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lobry" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Astruc" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Azerad" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5150/jngcgc.2012.064-G" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00743609v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apor.2011.02.002" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WRPKL1H3-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00648463v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tln.hal.science/hal-00979038v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Golay" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alioune Nar Sambe" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Frauni&#233;" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00089326v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudy Magne" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas H. C. Herbers" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William C. O'Reilly" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2005JC003035" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01426594v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Ferrer" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Certain" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Adloff" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Meul&#233;" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5150/jngcgc.2006.019-F" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01426595v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Pinazo" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004776v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1061/(ASCE)0733-950X(2005)131:6(311)" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02373413v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Aldebert" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Baklouti" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Bourras" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Branger" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theophile Caby" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02082184v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.2348986" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02167415v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01562927v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Locatelli" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristele Chevalier" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01562908v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01357778v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01877072v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5150/jngcgc.2016.002" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02167414v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Simon" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01426582v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01343360v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01017508v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01012492v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5150/jngcgc.2014.00" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01017502v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jer&#244;me Aucan" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Blanchot" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Luc Devenon" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Pagano" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00831573v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00831576v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier David de Drezigu&#233;" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00808163v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00861950v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Sabatier" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00808235v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chevalier" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Devenon" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00739851v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier David de Drezigue" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00438227v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Dubosq" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Francius" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Saillard" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phan T. Grilli" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03390954v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier David de Dr&#233;zigu&#233;" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00325408v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00084409v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lubin" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Vincent" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard W. Gilbert" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Devrard" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01426598v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01426599v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00232729v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lachaume" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Biausser" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Marcer" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00232771v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Kimmoun" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Abadie" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725433v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725432v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03925853v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Lac" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Le Pichon" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constantino Listowski" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Abbassi" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Astafyeva" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>