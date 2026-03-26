--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -153,8555 +153,8823 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (67)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (69)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bioenergetic adaptations of small intestinal epithelial cells reduce cell differentiation enhancing intestinal permeability in obese mice</w:t>
+                <w:t xml:space="preserve">Pentadecanoic acid in the French diet: Absolute quantitative assessment and contributions of dairy and non-dairy foods using a market basket approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Guerbette</w:t>
+                <w:t xml:space="preserve">Vincent Ciesielski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Ciesielski</w:t>
+                <w:t xml:space="preserve">Emma Francon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manon Brien</w:t>
+                <w:t xml:space="preserve">Philippe Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Catheline</w:t>
+                <w:t xml:space="preserve">Manuel Vlach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roselyne Viel</w:t>
+                <w:t xml:space="preserve">Corinne Marmonier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular metabolism</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 92, pp.102098. </w:t>
+              <w:t xml:space="preserve">Journal of Food Composition and Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 153, </w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.molmet.2025.102098⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jfca.2026.109056⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04926783v1</w:t>
+                <w:t xml:space="preserve">hal-05543316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dietary pentadecanoic acid supplementation at weaning in essential fatty acid-deficient rats shed light on the new family of odd-chain n-8 PUFAs</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Fatty acid profiles of muscle and liver reveal ontogenetic shifts in diet and reproductive investment in an undulate ray from the Bay of Biscay (northeast Atlantic)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Léa Fret</w:t>
+                <w:t xml:space="preserve">Pablo Brosset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mélodie Succar</w:t>
+                <w:t xml:space="preserve">Tino Jamme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Youenn Launay</w:t>
+                <w:t xml:space="preserve">Bastien Sadoul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Vlach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Lorance</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Nutritional Biochemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jnutbio.2024.109814⟩</w:t>
+              <w:t xml:space="preserve">Journal of Fish Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jfb.70376⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04831868v1</w:t>
+                <w:t xml:space="preserve">hal-05557817v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PPARγ, a key modulator of metabolic reprogramming, stemness and chemoresistance associated with retrodifferentiation in human hepatocellular carcinomas</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Use of stable isotope-labeled fatty acids to measure desaturase activities with negative chemical ionization GC-MS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claudine Rauch</w:t>
+                <w:t xml:space="preserve">Youenn Launay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucille Moutaux</w:t>
+                <w:t xml:space="preserve">Iwan Jan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Ciesielski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lise Desquilles</w:t>
+                <w:t xml:space="preserve">Lydie Hue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tifenn Le Charpentier</w:t>
+                <w:t xml:space="preserve">Mélodie Succar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cell Death and Disease</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 16, </w:t>
+              <w:t xml:space="preserve">Chemistry and Physics of Lipids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 266, </w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41419-025-07799-3⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.chemphyslip.2024.105451⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05387042v1</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04781078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Use of stable isotope-labeled fatty acids to measure desaturase activities with negative chemical ionization GC-MS</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Bioenergetic adaptations of small intestinal epithelial cells reduce cell differentiation enhancing intestinal permeability in obese mice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Iwan Jan</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Thomas Guerbette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Ciesielski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lydie Hue</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mélodie Succar</w:t>
+                <w:t xml:space="preserve">Manon Brien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Catheline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roselyne Viel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry and Physics of Lipids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.chemphyslip.2024.105451⟩</w:t>
+              <w:t xml:space="preserve">Molecular metabolism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 92, pp.102098. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.molmet.2025.102098⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04781078v1</w:t>
+                <w:t xml:space="preserve">hal-04926783v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saturated fatty acids differently affect mitochondrial function and the intestinal epithelial barrier depending on their chain length in the in vitro model of IPEC-J2 enterocytes</w:t>
+                <w:t xml:space="preserve">Dietary pentadecanoic acid supplementation at weaning in essential fatty acid-deficient rats shed light on the new family of odd-chain n-8 PUFAs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Vincent Ciesielski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Thomas Guerbette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hugo Coppens-Exandier</w:t>
+                <w:t xml:space="preserve">Léa Fret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélodie Succar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youenn Launay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Cell and Developmental Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 12, pp.1266842. </w:t>
+              <w:t xml:space="preserve">Journal of Nutritional Biochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 137, pp.109814. </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fcell.2024.1266842⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jnutbio.2024.109814⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04470806v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04831868v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New insights on pentadecanoic acid with special focus on its controversial essentiality: a mini-review</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">PPARγ, a key modulator of metabolic reprogramming, stemness and chemoresistance associated with retrodifferentiation in human hepatocellular carcinomas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Blat</w:t>
+                <w:t xml:space="preserve">Yoann Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe P. Legrand</w:t>
+                <w:t xml:space="preserve">Claudine Rauch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Rioux</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Lucille Moutaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lise Desquilles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tifenn Le Charpentier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochimie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.biochi.2024.10.008⟩</w:t>
+              <w:t xml:space="preserve">Cell Death and Disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 16, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41419-025-07799-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04734624v1</w:t>
+                <w:t xml:space="preserve">hal-05387042v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">3D multi-cell-type liver organoids: A new model of non-alcoholic fatty liver disease for drug safety assessments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Bronsard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Savary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Massart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Viel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Moutaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Toxicology in Vitro</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 94, pp.105728. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.tiv.2023.105728⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04297915v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Obesogenic diet leads to luminal overproduction of the complex IV inhibitor H 2 S and mitochondrial dysfunction in mouse colonocytes</w:t>
+                <w:t xml:space="preserve">New insights on pentadecanoic acid with special focus on its controversial essentiality: a mini-review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Guerbette</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Vincent Ciesielski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean‐baptiste Perrin</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sophie Blat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe P. Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Rioux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FASEB Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1096/fj.202201971R⟩</w:t>
+              <w:t xml:space="preserve">Biochimie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 227 (part B.), pp.123-129. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.biochi.2024.10.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04055777v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04734624v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The ghrelin system follows a precise post-natal development in mini-pigs that is not impacted by dietary medium chain fatty-acids</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Armelle Cahu</w:t>
+                <w:t xml:space="preserve">Saturated fatty acids differently affect mitochondrial function and the intestinal epithelial barrier depending on their chain length in the in vitro model of IPEC-J2 enterocytes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Guerbette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Véronique Rome</w:t>
+                <w:t xml:space="preserve">Vincent V. Rioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Régis Janvier</w:t>
+                <w:t xml:space="preserve">Mégane Bostoën</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Ciesielski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Margaux Louvois</w:t>
+                <w:t xml:space="preserve">Hugo Coppens-Exandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Physiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 13, pp.1010586. </w:t>
+              <w:t xml:space="preserve">Frontiers in Cell and Developmental Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 12, pp.1266842. </w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fphys.2022.1010586⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fcell.2024.1266842⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03829028v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04470806v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les lipides ne doivent plus être diabolisés… ni chez l’adulte, ni chez l’enfant</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Philippe P. Legrand</w:t>
+                <w:t xml:space="preserve">Obesogenic diet leads to luminal overproduction of the complex IV inhibitor H 2 S and mitochondrial dysfunction in mouse colonocytes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Guerbette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel D. Catheline</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Martin Beaumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Andriamihaja</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Ciesielski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean‐baptiste Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Médecine/Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/medsci/2020257⟩</w:t>
+              <w:t xml:space="preserve">FASEB Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 37 (4), pp.e22853. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1096/fj.202201971R⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03120845v1</w:t>
+                <w:t xml:space="preserve">hal-04055777v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Moderate chronic ethanol consumption exerts beneficial effects on nonalcoholic fatty liver in mice fed a high-fat diet possible role of higher formation of triglycerides enriched in monounsaturated fatty acids</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The ghrelin system follows a precise post-natal development in mini-pigs that is not impacted by dietary medium chain fatty-acids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Viviane Trak-Smayra</w:t>
+                <w:t xml:space="preserve">Gaëlle Boudry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Tiaho</w:t>
+                <w:t xml:space="preserve">Armelle Cahu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Rome</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Janvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margaux Louvois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Nutrition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00394-019-02017-1⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 13, pp.1010586. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fphys.2022.1010586⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02152865v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03829028v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">May omega-3 fatty acid dietary supplementation help reduce severe complications in Covid-19 patients?</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
+                <w:t xml:space="preserve">Les lipides ne doivent plus être diabolisés… ni chez l’adulte, ni chez l’enfant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe P. Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel D. Catheline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Rioux</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ronan Thibault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochimie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.biochi.2020.09.003⟩</w:t>
+              <w:t xml:space="preserve">Médecine/Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 37 (1), pp.41-46. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/medsci/2020257⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02959931v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03120845v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chemical Synthesis and Isolation of trans‐Palmitoleic Acid (trans ‐C16:1 n‐7) Suitable for Nutritional Studies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étienne Guillocheau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëtan Drouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel D. Catheline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clement Orione</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe P. Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Lipid Science and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/ejlt.201900409⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02572244v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trans-palmitoleic acid (trans-9-C16:1, or trans-C16:1 n-7): Nutritional impacts, metabolism, origin, compositional data, analytical methods and chemical synthesis. A review</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Moderate chronic ethanol consumption exerts beneficial effects on nonalcoholic fatty liver in mice fed a high-fat diet possible role of higher formation of triglycerides enriched in monounsaturated fatty acids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Bucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karima Begriche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel D. Catheline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viviane Trak-Smayra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Tiaho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochimie</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Journal of Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 59 (4), pp.1619-1632. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00394-019-02017-1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.biochi.2019.12.004⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02549135v1</w:t>
+                <w:t xml:space="preserve">hal-02152865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Current intakes of trans-palmitoleic (trans-C16:1 n-7) and trans-vaccenic (trans-C18:1 n-7) acids in France are exclusively ensured by ruminant milk and ruminant meat: A market basket investigation</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">May omega-3 fatty acid dietary supplementation help reduce severe complications in Covid-19 patients?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Weill</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Plissonneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe P. Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent V. Rioux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronan Thibault</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FOOD CHEMISTRY-X</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.fochx.2020.100081⟩</w:t>
+              <w:t xml:space="preserve">Biochimie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 179, pp.275-280. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.biochi.2020.09.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02573841v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02959931v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Special Section Involvement of lipids in the occurrence of COVID-19</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Current intakes of trans-palmitoleic (trans-C16:1 n-7) and trans-vaccenic (trans-C18:1 n-7) acids in France are exclusively ensured by ruminant milk and ruminant meat: A market basket investigation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Étienne Guillocheau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Penhoat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëtan Drouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ambre Godet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel D. Catheline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochimie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.biochi.2020.11.007⟩</w:t>
+              <w:t xml:space="preserve">FOOD CHEMISTRY-X</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.fochx.2020.100081⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03001625v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02573841v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benefits of natural dietary trans fatty acids towards inflammation, obesity and type 2 diabetes: defining the n-7 trans fatty acid family</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId77" w:history="1">
+                <w:t xml:space="preserve">Trans-palmitoleic acid (trans-9-C16:1, or trans-C16:1 n-7): Nutritional impacts, metabolism, origin, compositional data, analytical methods and chemical synthesis. A review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étienne Guillocheau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe P. Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Rioux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">OCL Oilseeds and fats crops and lipids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/ocl/2019047⟩</w:t>
+              <w:t xml:space="preserve">Biochimie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 169, pp.144-160. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.biochi.2019.12.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02434772v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02549135v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative effects of dietary n-3 docosapentaenoic acid (DPA), DHA and EPA on plasma lipid parameters, oxidative status and fatty acid tissue composition</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Special Section Involvement of lipids in the occurrence of COVID-19</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent V. Rioux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Record</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Nutritional Biochemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jnutbio.2018.09.029⟩</w:t>
+              <w:t xml:space="preserve">Biochimie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 179, pp.228. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.biochi.2020.11.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02271041v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03001625v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The n-3 docosapentaenoic acid (DPA): A new player in the n-3 long chain polyunsaturated fatty acid family</w:t>
+                <w:t xml:space="preserve">Impact de l’acide trans-palmitoléique alimentaire sur les composantes du syndrome métabolique : étude chez la souris C57BL/6N</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Étienne Guillocheau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Gaëtan Drouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Penhoat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Ghukasyan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Fautrel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochimie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.biochi.2019.01.022⟩</w:t>
+              <w:t xml:space="preserve">Nutrition Clinique et Métabolisme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 33 (1), pp.34-35. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.nupar.2019.01.279⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02573676v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02573586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact de l’acide trans-palmitoléique alimentaire sur les composantes du syndrome métabolique : étude chez la souris C57BL/6N</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Fatty Acid Desaturase 3 (FADS3) Is a Specific ∆13-Desaturase of Ruminant &amp;lt;b&amp;gt;&amp;lt;i&amp;gt;trans&amp;lt;/i&amp;gt;&amp;lt;/b&amp;gt;-Vaccenic Acid</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent V. Rioux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nutrition Clinique et Métabolisme</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.nupar.2019.01.279⟩</w:t>
+              <w:t xml:space="preserve">Lifestyle Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, pp.1-7. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1159/000502356⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02573586v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02290477v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fatty Acid Desaturase 3 (FADS3) Is a Specific ∆13-Desaturase of Ruminant &amp;lt;b&amp;gt;&amp;lt;i&amp;gt;trans&amp;lt;/i&amp;gt;&amp;lt;/b&amp;gt;-Vaccenic Acid</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
+                <w:t xml:space="preserve">The n-3 docosapentaenoic acid (DPA): A new player in the n-3 long chain polyunsaturated fatty acid family</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëtan Drouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Rioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Philippe Legrand</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe P. Legrand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lifestyle Genomics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1159/000502356⟩</w:t>
+              <w:t xml:space="preserve">Biochimie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 159, pp.36-48. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.biochi.2019.01.022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02290477v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02573676v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Retroconversion of dietary trans-vaccenic (trans-C18:1 n-7) acid to trans-palmitoleic acid (trans-C16:1 n-7): Proof of concept and quantification in both cultured rat hepatocytes and pregnant rats</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId77" w:history="1">
+                <w:t xml:space="preserve">Benefits of natural dietary trans fatty acids towards inflammation, obesity and type 2 diabetes: defining the n-7 trans fatty acid family</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étienne Guillocheau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe P. Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent V. Rioux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Nutritional Biochemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jnutbio.2018.09.010⟩</w:t>
+              <w:t xml:space="preserve">OCL Oilseeds and fats crops and lipids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 26 (46), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/ocl/2019047⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01884808v1</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02434772v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of n-3 Docosapentaenoic Acid Supplementation on Fatty Acid Composition in Rat Differs Depending upon Tissues and Is Influenced by the Presence of Dairy Lipids in the Diet</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Comparative effects of dietary n-3 docosapentaenoic acid (DPA), DHA and EPA on plasma lipid parameters, oxidative status and fatty acid tissue composition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëtan Drouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel D. Catheline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaëtan Drouin</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Étienne Guillocheau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Guéret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Baudry</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pascale Le Ruyet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jafc.8b03069⟩</w:t>
+              <w:t xml:space="preserve">The Journal of Nutritional Biochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 63, pp.186-196. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jnutbio.2018.09.029⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01884792v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02271041v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dietary caprylic acid and ghrelin O-acyltransferase activity to modulate octanoylated ghrelin functions: What is new in this nutritional field?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fanny Lemarie</w:t>
+                <w:t xml:space="preserve">Incorporation of Dairy Lipids in the Diet Increased Long-Chain Omega-3 Fatty Acids Status in Post-weaning Rats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëtan Drouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel D. Catheline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annaëlle Sinquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erwan E. Beauchamp</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Charlotte Baudry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Le Ruyet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Prostaglandins, Leukotrienes and Essential Fatty Acids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.plefa.2018.07.009⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 5, pp.42. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fnut.2018.00042⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01884818v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01798171v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Incorporation of Dairy Lipids in the Diet Increased Long-Chain Omega-3 Fatty Acids Status in Post-weaning Rats</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Conversion of dietary trans-vaccenic acid to trans11,cis13-conjugated linoleic acid in the rat lactating mammary gland by Fatty Acid Desaturase 3-catalyzed methyl-end Δ13-desaturation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrielle Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Étienne Guillocheau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Gaëtan Drouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel D. Catheline</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Pascale Le Ruyet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Nutrition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fnut.2018.00042⟩</w:t>
+              <w:t xml:space="preserve">Biochemical and Biophysical Research Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bbrc.2018.09.132⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01798171v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01885260v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conversion of dietary trans-vaccenic acid to trans11,cis13-conjugated linoleic acid in the rat lactating mammary gland by Fatty Acid Desaturase 3-catalyzed methyl-end Δ13-desaturation</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId78" w:history="1">
+                <w:t xml:space="preserve">Dietary caprylic acid and ghrelin O-acyltransferase activity to modulate octanoylated ghrelin functions: What is new in this nutritional field?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Lemarie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan E. Beauchamp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëtan Drouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe P. Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent V. Rioux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochemical and Biophysical Research Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.bbrc.2018.09.132⟩</w:t>
+              <w:t xml:space="preserve">Prostaglandins, Leukotrienes and Essential Fatty Acids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 135, pp.121-127. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.plefa.2018.07.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01885260v1</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01884818v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis of the suspected trans-11,cis-13 conjugated linoleic acid isomer in ruminant mammary tissue by FADS3-catalyzed Δ13-desaturation of vaccenic acid</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId107" w:history="1">
+                <w:t xml:space="preserve">Retroconversion of dietary trans-vaccenic (trans-C18:1 n-7) acid to trans-palmitoleic acid (trans-C16:1 n-7): Proof of concept and quantification in both cultured rat hepatocytes and pregnant rats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Étienne Guillocheau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrielle Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëtan Drouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel D. Catheline</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Laurence Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Dairy Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3168/jds.2016-11455⟩</w:t>
+              <w:t xml:space="preserve">Journal of Nutritional Biochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jnutbio.2018.09.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01607739v1</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01884808v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis of the suspected trans-11,cis-13 conjugated linoleic acid isomer in ruminant mammary tissue by FADS3-catalyzed Δ13-desaturation of vaccenic acid</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId63" w:history="1">
+                <w:t xml:space="preserve">Impact of n-3 Docosapentaenoic Acid Supplementation on Fatty Acid Composition in Rat Differs Depending upon Tissues and Is Influenced by the Presence of Dairy Lipids in the Diet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëtan Drouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Étienne Guillocheau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel D. Catheline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Laurence Bernard</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Baudry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Le Ruyet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Dairy Science</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 66 (38), pp.9976 - 9988. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jafc.8b03069⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01407193v1</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01884792v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fatty acid acylation of proteins: specific roles for palmitic, myristic and caprylic acids</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Synthesis of the suspected trans-11,cis-13 conjugated linoleic acid isomer in ruminant mammary tissue by FADS3-catalyzed Δ13-desaturation of vaccenic acid</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrielle Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Duby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel D. Catheline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Gutierrez Toral</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Oléagineux, Corps Gras, Lipides</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/ocl/2015070⟩</w:t>
+              <w:t xml:space="preserve">Journal of Dairy Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 100 (1), pp.783-796. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3168/jds.2016-11455⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01381413v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01607739v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Revisiting the metabolism and physiological functions of caprylic acid (C8:0) with special focus on ghrelin octanoylation</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Synthesis of the suspected trans-11,cis-13 conjugated linoleic acid isomer in ruminant mammary tissue by FADS3-catalyzed Δ13-desaturation of vaccenic acid</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrielle Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Duby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel D. Catheline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo G. Toral</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochimie</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of Dairy Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01819577v1</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01407193v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of preduodenal lipase inhibition in suckling rats on dietary octanoic acid (C8:0) gastric absorption and plasma octanoylated ghrelin concentration</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Fatty acid acylation of proteins: specific roles for palmitic, myristic and caprylic acids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent V. Rioux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochimica et Biophysica Acta Molecular and Cell Biology of Lipids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.bbalip.2016.06.009⟩</w:t>
+              <w:t xml:space="preserve">Oléagineux, Corps Gras, Lipides</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 23 (3), 8 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/ocl/2015070⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01608513v1</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01381413v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acides gras saturés et acylation des protéines : des aspects fonctionnels à l’approche nutritionnelle</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
+                <w:t xml:space="preserve">Revisiting the metabolism and physiological functions of caprylic acid (C8:0) with special focus on ghrelin octanoylation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Lemarie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan E. Beauchamp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe P. Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Rioux</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Philippe P. Legrand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cahiers de Nutrition et de Diététique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cnd.2016.09.001⟩</w:t>
+              <w:t xml:space="preserve">Biochimie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 120, pp.40 - 48. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.biochi.2015.08.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01407188v1</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01819577v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dietary Caprylic Acid (C8:0) Does Not Increase Plasma Acylated Ghrelin but Decreases Plasma Unacylated Ghrelin in the Rat</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId114" w:history="1">
+                <w:t xml:space="preserve">Effect of preduodenal lipase inhibition in suckling rats on dietary octanoic acid (C8:0) gastric absorption and plasma octanoylated ghrelin concentration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Lemarie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Philippe P. Legrand</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Cavalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrielle Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Boissel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Point</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0133600⟩</w:t>
+              <w:t xml:space="preserve">Biochimica et Biophysica Acta Molecular and Cell Biology of Lipids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 1861 (9), pp.1111-1120. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bbalip.2016.06.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01409005v1</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01608513v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Beneficial impact of a mix of dairy fat with rapeseed oil on n-6 and n-3 PUFA metabolism in the rat: A small enrichment in dietary alpha-linolenic acid greatly increases its conversion to DHA in the liver</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
+                <w:t xml:space="preserve">Acides gras saturés et acylation des protéines : des aspects fonctionnels à l’approche nutritionnelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent V. Rioux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe P. Legrand</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Vincent V. Rioux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Lipid Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ejlt.201400304⟩</w:t>
+              <w:t xml:space="preserve">Cahiers de Nutrition et de Diététique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cnd.2016.09.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01409006v1</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01407188v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of the cis-9, cis-12 and cis-15 double bond position in octadecenoic acid (18:1) isomers on the rat FADS2-catalyzed Delta 6-desaturation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Rioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Choque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Ezanno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Duby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel D. Catheline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemistry and Physics of Lipids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 187, pp.oct-19. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.chemphyslip.2015.02.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01409003v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Specific roles of saturated fatty acids: Beyond epidemiological data</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
+                <w:t xml:space="preserve">Dietary Caprylic Acid (C8:0) Does Not Increase Plasma Acylated Ghrelin but Decreases Plasma Unacylated Ghrelin in the Rat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Lemarie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan E. Beauchamp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Dayot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Duby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe P. Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Lipid Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ejlt.201400514⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 10 (7), pp.21. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0133600⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01409007v1</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01409005v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Linoleic acid: between doubts and certainties</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId63" w:history="1">
+                <w:t xml:space="preserve">Beneficial impact of a mix of dairy fat with rapeseed oil on n-6 and n-3 PUFA metabolism in the rat: A small enrichment in dietary alpha-linolenic acid greatly increases its conversion to DHA in the liver</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Ezanno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan E. Beauchamp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel D. Catheline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe P. Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Rioux</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Philippe P. Legrand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochimie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.biochi.2013.07.012⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Lipid Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 117 (3), pp.281-290. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ejlt.201400304⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01210289v1</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01409006v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Protective action of n-3 fatty acids on benzo[a]pyrene-induced apoptosis through the plasma membrane remodeling-dependent NHE1 pathway</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Specific roles of saturated fatty acids: Beyond epidemiological data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe P. Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent V. Rioux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemico-Biological Interactions</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Journal of Lipid Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 117 (10), pp.1489-1499. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ejlt.201400514⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cbi.2013.11.002⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00950341v1</w:t>
+                <w:t xml:space="preserve">hal-01409007v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fatty acid acylation of proteins: Emerging cellular functions for saturated fatty acids</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
+                <w:t xml:space="preserve">Linoleic acid: between doubts and certainties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Choque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel D. Catheline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent V. Rioux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe P. Legrand</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Vincent V. Rioux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nutrition Clinique et Métabolisme</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.nupar.2012.11.001⟩</w:t>
+              <w:t xml:space="preserve">Biochimie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 96C, pp.14-21. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.biochi.2013.07.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01210287v1</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01210289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trans-vaccenate is Delta 13-desaturated by FADS3 in rodents</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Protective action of n-3 fatty acids on benzo[a]pyrene-induced apoptosis through the plasma membrane remodeling-dependent NHE1 pathway</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie N. Boulier-Monthéan</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Laurence Bernard</w:t>
+                <w:t xml:space="preserve">Béatrice Dendelé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Tekpli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Hardonnière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jørn A Holme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Debure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Lipid Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1194/jlr.M042572⟩</w:t>
+              <w:t xml:space="preserve">Chemico-Biological Interactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 207, pp.41-51. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cbi.2013.11.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01011062v1</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00950341v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative effects of well-balanced diets enriched in alpha-linolenic or linoleic acids on LC-PUFA metabolism in rat tissues</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
+                <w:t xml:space="preserve">Fatty acid acylation of proteins: Emerging cellular functions for saturated fatty acids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Ezanno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan E. Beauchamp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Lemarie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe P. Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Rioux</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Prostaglandins, Leukotrienes and Essential Fatty Acids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.plefa.2013.03.006⟩</w:t>
+              <w:t xml:space="preserve">Nutrition Clinique et Métabolisme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 27 (1), pp.10 - 19. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.nupar.2012.11.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01210286v1</w:t>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01210287v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Special issue &amp;quot;Bioactive lipids, nutrition and health&amp;quot;.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
+                <w:t xml:space="preserve">Trans-vaccenate is Delta 13-desaturated by FADS3 in rodents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Rioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique F. Pédrono</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile C. Duby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie N. Boulier-Monthéan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochimie</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Lipid Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 54 (12), pp.3438-3452. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1194/jlr.M042572⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/S0300-9084(10)00413-X⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-00730174v1</w:t>
+                <w:t xml:space="preserve">hal-01011062v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanisms involved in lipid accumulation and apoptosis induced by 1-nitropyrene in Hepa1c1c7 cells.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Comparative effects of well-balanced diets enriched in alpha-linolenic or linoleic acids on LC-PUFA metabolism in rat tissues</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Blanchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique F. Pédrono</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Normand Podechard</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId63" w:history="1">
+                <w:t xml:space="preserve">Nathalie N. Boulier-Monthéan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel D. Catheline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Rioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Toxicology Letters</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Prostaglandins, Leukotrienes and Essential Fatty Acids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 88 (5), pp.383 - 389. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.plefa.2013.03.006⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.toxlet.2011.07.024⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-00682029v1</w:t>
+                <w:t xml:space="preserve">hal-01210286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Myristic acid increases dihydroceramide delta-4desaturase 1 activity in cultured rat hepatocytes</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mechanisms involved in lipid accumulation and apoptosis induced by 1-nitropyrene in Hepa1c1c7 cells.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Lagadic-Gossmann</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Philippe P. Legrand</w:t>
+                <w:t xml:space="preserve">N. Podechard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Tekpli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel D. Catheline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. A. Holme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent V. Rioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lipids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11745-011-3638-x⟩</w:t>
+              <w:t xml:space="preserve">Toxicology Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 206 (3), pp.289-99. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.toxlet.2011.07.024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00808026v1</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00729330v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Regulation of mammalian desaturases by myristic acid: N-terminal myristoylation and other modulations.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
+                <w:t xml:space="preserve">Mechanisms involved in lipid accumulation and apoptosis induced by 1-nitropyrene in Hepa1c1c7 cells.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Normand Podechard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Tekpli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel D. Catheline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jørn A. Holme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Rioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BBA - Biochimica et Biophysica Acta</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Toxicology Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 206 (3), pp.289-99. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.toxlet.2011.07.024⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.bbalip.2010.09.005⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-00730171v1</w:t>
+                <w:t xml:space="preserve">hal-00682029v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanisms involved in lipid accumulation and apoptosis induced by 1-nitropyrene in Hepa1c1c7 cells.</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Daniel D. Catheline</w:t>
+                <w:t xml:space="preserve">Special issue &amp;quot;Bioactive lipids, nutrition and health&amp;quot;.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent V. Rioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. A. Holme</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">F. Carriere</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Toxicology Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.toxlet.2011.07.024⟩</w:t>
+              <w:t xml:space="preserve">Biochimie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 93 (1), pp.v-vi. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0300-9084(10)00413-X⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00729330v1</w:t>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00730174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The fatty acid desaturase 3 gene encodes for different FADS3 protein isoforms in mammalian tissues.</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Myristic acid increases dihydroceramide delta-4desaturase 1 activity in cultured rat hepatocytes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. d'Andrea</w:t>
+                <w:t xml:space="preserve">H. Ezanno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphanie Daval</w:t>
+                <w:t xml:space="preserve">Bloch, J. Le</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan E. Beauchamp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Lagadic-Gossmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe P. Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Lipid Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1194/jlr.M000588⟩</w:t>
+              <w:t xml:space="preserve">Lipids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 47 (2), pp.117-128. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11745-011-3638-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00729632v1</w:t>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00808026v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Membrane remodeling, an early event in benzo[a]pyrene-induced apoptosis.</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Regulation of mammalian desaturases by myristic acid: N-terminal myristoylation and other modulations.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent V. Rioux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique F. Pédrono</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe P. Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Toxicology and Applied Pharmacology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">BBA - Biochimica et Biophysica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 1811 (1), pp.1-8. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bbalip.2010.09.005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.taap.2009.11.014⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00660136v1</w:t>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00730171v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Short chain saturated fatty acids decrease circulating cholesterol and increase tissue PUFA content in the rat.</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId63" w:history="1">
+                <w:t xml:space="preserve">Membrane remodeling, an early event in benzo[a]pyrene-induced apoptosis.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Tekpli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mary Rissel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Huc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel D. Catheline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odile Sergent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lipids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11745-010-3481-5⟩</w:t>
+              <w:t xml:space="preserve">Toxicology and Applied Pharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 243 (1), pp.68-76. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.taap.2009.11.014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00729618v1</w:t>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00660136v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Membrane remodeling, an early event in benzo a pyrene-induced apoptosis</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">O. Sergent</w:t>
+                <w:t xml:space="preserve">The fatty acid desaturase 3 gene encodes for different FADS3 protein isoforms in mammalian tissues.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique F. Pédrono</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Blanchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maëla Kloareg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. d'Andrea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Daval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Organometallic Chemistry</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Lipid Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 51 (3), pp.472-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1194/jlr.M000588⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00729575v1</w:t>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00729632v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Membrane remodeling, an early event in benzo[a]pyrene-induced apoptosis.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Tekpli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Rissel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Huc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel D. Catheline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Sergent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Toxicology and Applied Pharmacology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 243 (1), pp.68-76. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.taap.2009.11.014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00729574v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The complex and important cellular and metabolic functions of saturated fatty acids.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
+                <w:t xml:space="preserve">Short chain saturated fatty acids decrease circulating cholesterol and increase tissue PUFA content in the rat.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe P. Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan E. Beauchamp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel D. Catheline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique F. Pédrono</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Rioux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lipids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, 45 (10), pp.941-6. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11745-010-3444-x⟩</w:t>
+              <w:t xml:space="preserve">, 2010, 45 (11), pp.975-86. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11745-010-3481-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00729627v1</w:t>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00729618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New regulatory and signal functions for myristic acid</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Membrane remodeling, an early event in benzo a pyrene-induced apoptosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Tekpli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Rissel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Huc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel D. Catheline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Sergent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Médecine/Sciences</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of Organometallic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 248, 2 p</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00730028v1</w:t>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00729575v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Expression of fatty acid desaturase 3 (FADS3) in rat tissues: From the gene to the protein</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
+                <w:t xml:space="preserve">The complex and important cellular and metabolic functions of saturated fatty acids.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe P. Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Rioux</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry and Physics of Lipids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.chemphyslip.2009.06.015⟩</w:t>
+              <w:t xml:space="preserve">Lipids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 45 (10), pp.941-6. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11745-010-3444-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02664673v1</w:t>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00729627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N-Myristoylation targets dihydroceramide Delta4-desaturase 1 to mitochondria: partial involvement in the apoptotic effect of myristic acid.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan E. Beauchamp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Tekpli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Marteil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Lagadic-Gossmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe P. Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biochimie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 91 (11-12), pp.1411-9. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.biochi.2009.07.014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00730029v1</w:t>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00674483v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N-Myristoylation targets dihydroceramide Delta4-desaturase 1 to mitochondria: partial involvement in the apoptotic effect of myristic acid.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId115" w:history="1">
+                <w:t xml:space="preserve">New regulatory and signal functions for myristic acid</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan E. Beauchamp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent V. Rioux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe P. Legrand</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochimie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.biochi.2009.07.014⟩</w:t>
+              <w:t xml:space="preserve">Médecine/Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 25 (1), pp.57-63. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/medsci/200925157⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00674483v1</w:t>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00730028v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Substitution of dietary oleic acid for myristic acid increases the tissue storage of α-linolenic acid and the concentration of docosahexaenoic acid in the brain, red blood cells and plasma in the rat</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Frédérique Pédrono</w:t>
+                <w:t xml:space="preserve">Expression of fatty acid desaturase 3 (FADS3) in rat tissues: From the gene to the protein</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Blanchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Kloareg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine d'Andrea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Daval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent V. Rioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Chemistry and Physics of Lipids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 160 (s1), pp.S23. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.chemphyslip.2009.06.015⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1017/S1751731108001705⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05247747v1</w:t>
+                <w:t xml:space="preserve">hal-02664673v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Substitution of dietary oleic acid for myristic acid increases the tissue storage of alpha-linolenic acid and the concentration of docosahexaenoic acid in the brain, red blood cells and plasma in the rat</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId115" w:history="1">
+                <w:t xml:space="preserve">N-Myristoylation targets dihydroceramide Delta4-desaturase 1 to mitochondria: partial involvement in the apoptotic effect of myristic acid.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan E. Beauchamp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId237" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Frédérique F. Pédrono</w:t>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Tekpli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Marteil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Lagadic-Gossmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe P. Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Biochimie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 91 (11-12), pp.1411-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.biochi.2009.07.014⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00729914v1</w:t>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00730029v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification and characterization of recombinant and native rat myristoyl-CoA: protein N-myristoyltransferases</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Daniel Mollé</w:t>
+                <w:t xml:space="preserve">Substitution of dietary oleic acid for myristic acid increases the tissue storage of α-linolenic acid and the concentration of docosahexaenoic acid in the brain, red blood cells and plasma in the rat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Rioux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel D. Catheline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Beauchamp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Le Bloc’h</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Pédrono</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular and Cellular Biochemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11010-005-9108-0⟩</w:t>
+              <w:t xml:space="preserve">Animal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 2 (4), pp.636-644. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S1751731108001705⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-02658311v1</w:t>
+                <w:t xml:space="preserve">hal-05247747v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dietary myristic acid at physiologically relevant levels increases the tissue content of C20:5 n-3 and C20:3 n-6 in the rat</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
+                <w:t xml:space="preserve">Substitution of dietary oleic acid for myristic acid increases the tissue storage of alpha-linolenic acid and the concentration of docosahexaenoic acid in the brain, red blood cells and plasma in the rat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Rioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel D. Catheline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId244" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan E. Beauchamp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Le Bloc'H</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique F. Pédrono</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Reproduction Nutrition Development</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Animal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 2 (4), pp.636-644</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00900585v1</w:t>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00729914v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Myristic acid increases $\Delta$6-desaturase activity in cultured rat hepatocytes</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId200" w:history="1">
+                <w:t xml:space="preserve">Identification and characterization of recombinant and native rat myristoyl-CoA: protein N-myristoyltransferases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent V. Rioux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Beauchamp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique F. Pédrono</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Daval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId244" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Monique Bouriel</w:t>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Mollé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Reproduction Nutrition Development</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Molecular and Cellular Biochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 286 (1/2), pp.161-170. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11010-005-9108-0⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/rnd:2004020⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00900482v1</w:t>
+                <w:t xml:space="preserve">hal-02658311v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conversion of hexadecanoic acid to hexadecenoic acid by rat delta 6-desaturase</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
+                <w:t xml:space="preserve">Dietary myristic acid at physiologically relevant levels increases the tissue content of C20:5 n-3 and C20:3 n-6 in the rat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Rioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel D. Catheline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId251" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monique Bouriel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe P. Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Lipid Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1194/jlr.C200019-JLR200⟩</w:t>
+              <w:t xml:space="preserve">Reproduction Nutrition Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 45 (5), pp.599-612. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/rnd:2005048⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId250" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02678861v1</w:t>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00900585v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Although it is rapidly metabolized in cultured rat hepatocytes, lauric acid is used for protein acylation</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId200" w:history="1">
+                <w:t xml:space="preserve">Myristic acid increases $\Delta$6-desaturase activity in cultured rat hepatocytes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Jan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Guillou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine d'Andrea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Daval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId248" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monique Bouriel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Reproduction Nutrition Development</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2003, 43 (5), pp.419-430. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/rnd:2003036⟩</w:t>
+              <w:t xml:space="preserve">, 2004, 44 (2), pp.131-140. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/rnd:2004020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00900517v1</w:t>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00900482v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Distinct roles of endoplasmic reticulum cytochrome b5 and fused cytochrome b5-like domain for rat Δ6-desaturase activity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Guillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine d'Andrea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Rioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Barnouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Dalaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Lipid Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 45, pp.32 - 40. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1194/jlr.m300339-jlr200⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04683649v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The same rat delta 6-desaturase not only acts on 18- but also on 24-carbon fatty acids in very-long-chain polyunsaturated fatty acid biosynthesis</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId248" w:history="1">
+                <w:t xml:space="preserve">Conversion of hexadecanoic acid to hexadecenoic acid by rat delta 6-desaturase</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Guillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId247" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent V. Rioux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel D. Catheline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Noel J.-N. Thibault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monique Bouriel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochemical Journal</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Lipid Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 44 (3), pp.450-454. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1194/jlr.C200019-JLR200⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId259" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02669429v1</w:t>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02678861v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exogenous myristic acid acylates proteins in cultured rat hepatocytes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
+                <w:t xml:space="preserve">Although it is rapidly metabolized in cultured rat hepatocytes, lauric acid is used for protein acylation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Rioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId261" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Daval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Guillou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Jan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe P. Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Nutritional Biochemistry</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Reproduction Nutrition Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 43 (5), pp.419-430. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/rnd:2003036⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId260" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02678848v1</w:t>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00900517v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Myristic acid, unlike palmitic acid, is rapidly metabolized in cultured rat hepatocytes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
+                <w:t xml:space="preserve">Exogenous myristic acid acylates proteins in cultured rat hepatocytes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Rioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId265" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Galat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwénaël Jan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Vinci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine d'Andrea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Nutritional Biochemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 13, pp.66-74</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02678848v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The same rat delta 6-desaturase not only acts on 18- but also on 24-carbon fatty acids in very-long-chain polyunsaturated fatty acid biosynthesis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine d'Andrea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Guillou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Jan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel D. Catheline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Noel J.-N. Thibault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Biochemical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 364, pp.49-55</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02669429v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myristic acid, unlike palmitic acid, is rapidly metabolized in cultured rat hepatocytes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent V. Rioux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Lemarchal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Nutritional Biochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">, 2000, 11 (4), pp.198-207</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02688712v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8711,3104 +8979,3104 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Avantages et inconvénient de l'amélioration génétique de l'efficacité alimentaire chez le bar : implications pour la teneur en lipides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Besson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Vandeputte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Duranton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Germain Salou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vergnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8èmes Journées Recherche Piscicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2024, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05462891v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benefits and drawbacks of genetically selecting more efficient sea bass: implications for lipid traits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Besson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Vandeputte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Duranton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Germain Salou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vergnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AQUA 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2024, Copenhague, Denmark</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05513341v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étude de la stéatose hépatique induite par un excès d’acide linoléique dans la lignée cellulaire d’hépatomes humains HepaRG</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">K. Begriche</w:t>
+                <w:t xml:space="preserve">Alterations of mitochondrial function and epithelial homeostasis by saturated fatty acids according to their nature on the in vitro model of enterocyte IPEC-J2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Guerbette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mégane Bostoën</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Buraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent V. Rioux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annaïg Lan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées francophones de nutrition (JFN)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">15. Congress of the international society for the study of fatty acids and lipids (ISSFAL)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Nantes, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId274" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04358326v1</w:t>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04174332v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La réduction de la biogénèse mitochondriale des cellules épithéliales intestinales induite par la consommation de lipides alimentaires en excès est associée à une augmentation de la prolifération épithéliale et de la perméabilité intestinales chez la souris</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId63" w:history="1">
+                <w:t xml:space="preserve">Étude de la stéatose hépatique induite par un excès d’acide linoléique dans la lignée cellulaire d’hépatomes humains HepaRG</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Launay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel D. Catheline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Roselyne Viel</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe P. Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Nadau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Begriche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Club d'Etudes des Cellules Epithéliales Digestives</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journées francophones de nutrition (JFN)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2022, Toulouse, France. pp.e56-e56, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.nupar.2023.03.100⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId279" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04525801v1</w:t>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04358326v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alterations of mitochondrial function and epithelial homeostasis by saturated fatty acids according to their nature on the in vitro model of enterocyte IPEC-J2</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La réduction de la biogénèse mitochondriale des cellules épithéliales intestinales induite par la consommation de lipides alimentaires en excès est associée à une augmentation de la prolifération épithéliale et de la perméabilité intestinales chez la souris</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Guerbette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Guerbette</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Annaïg Lan</w:t>
+                <w:t xml:space="preserve">Vincent Ciesielski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Brien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel D. Catheline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roselyne Viel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15. Congress of the international society for the study of fatty acids and lipids (ISSFAL)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2023, Nantes, France</w:t>
+              <w:t xml:space="preserve">Club d'Etudes des Cellules Epithéliales Digestives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CECED, Mar 2023, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId280" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04174332v1</w:t>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04525801v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A mix of dairy fatty acid supplementation reduces some metabolic syndrome disorders in high fat diet fed mice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Ciesielski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Mwenge Wambel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Vlach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel D. Catheline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Boudry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15. Congress of the international society for the study of fatty acids and lipids (ISSFAL)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2023, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04174326v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Metabolism and nutritional interest of n-3 docosapentaenoic acid. From dairy lipids to direct supplementation.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëtan Drouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Rioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel D. Catheline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe P. Legrand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15th GERLI (Groupe d’Etude et de Recherche en Lipidomique) Lipidomics Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Compiègne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02939390v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trans-palmitoleic acid (trans-C16:1 n-7), a ruminant dairy fat biomarker, and metabolic syndrome components: a nutritional study on mice</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId77" w:history="1">
+                <w:t xml:space="preserve">Supplementation studies involving natural trans fatty acids: real technical challenges, actual solutions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étienne Guillocheau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëtan Drouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel D. Catheline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe P. Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent V. Rioux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GERLI Meeting 2018</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2018 AOCS Annual Meeting &amp; Expo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, American Oil Chemists' Society (AOCS), May 2018, Minneapolis, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.13140/RG.2.2.32665.52322⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId287" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02177969v1</w:t>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02177913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In vitro and in vivo evidence of dietary trans-vaccenic acid retroconversion to trans-palmitoleic acid</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId77" w:history="1">
+                <w:t xml:space="preserve">Trans-palmitoleic acid (trans-C16:1 n-7), a ruminant dairy fat biomarker, and metabolic syndrome components: a nutritional study on mice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étienne Guillocheau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëtan Drouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Penhoat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel D. Catheline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe P. Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2018 AOCS Annual Meeting &amp; Expo</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">GERLI Meeting 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Groupe d’Etude et de Recherche en Lipidomique (GERLI), Sep 2018, Saint-Maximin-la-Sainte-Baume, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId288" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02177938v1</w:t>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02177969v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Supplementation studies involving natural trans fatty acids: real technical challenges, actual solutions</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId77" w:history="1">
+                <w:t xml:space="preserve">In vitro and in vivo evidence of dietary trans-vaccenic acid retroconversion to trans-palmitoleic acid</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étienne Guillocheau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrielle Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel D. Catheline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe P. Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2018 AOCS Annual Meeting &amp; Expo</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, American Oil Chemists' Society (AOCS), May 2018, Minneapolis, United States. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId291" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.13140/RG.2.2.32665.52322⟩</w:t>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.13140/RG.2.2.29310.08003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId290" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02177913v1</w:t>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02177938v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of preduodenal lipase inhibition on dietary caprylic acid gastric absorption and stomach ghrelin octanoylation in young rats.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Lemarie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe P. Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Carrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Cavalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11th GERLI (Groupe d’Etude et de Recherche en Lipidomique) Lipidomics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01413139v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conséquences fonctionnelles des modifications covalentes des protéines par les lipides.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Rioux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée du Groupe Lipides et Nutrition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01413138v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahr-dependent lipid membrane remodelling: an early step facilitating benzo[a]pyrene-induced apoptosis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jørn A. Holme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Tekpli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Dendelé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Debure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odile Sergent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">49th annual meeting of Society of Toxicology and ToxExpo</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2010, Salt Lake City, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00675239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carcinogen-induced lipid membrane remodelling is essential for the NHE-1 activation involved in related apoptosis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Tekpli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Dendelé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Debure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odile Sergent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryvonne Rissel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2nd International Meeting 2010 "Ion channels and Cancer"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2010, Florence, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00675245v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Fads3 gene encodes for three different FADS3 proteins in rodent tissues</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique F. Pédrono</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Kloareg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. d'Andréa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Daval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6ème Congrès de Lipidomique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2009, Rennes (FR), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00730094v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Expression of fatty acid desaturase 3 (FADS3) in rat tissues: From the gene to the protein</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maela Kloareg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. d'Andrea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Daval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Rioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">50th International Conference on Bioscience of Lipids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2009, Regensburg, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00729200v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Implication des radeaux lipidiques dans l'apoptose induite par le benzo(a)pyrène</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Tekpli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mary Rissel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Huc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel D. Catheline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Gorria</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée OUEST-genopole. Lipides, lipidomique et stress oxydant</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2008, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00675819v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gender dependence of PUFA biosynthesis in rat tissues, correlated with the fads gene expression</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique F. Pédrono</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel D. Catheline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Kloareg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Rioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5ème Congrès de Lipidomique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2008, Compiègne (FR), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00729145v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regulation of N-myristoylable dihydroceramide D4-desaturase (DES) by saturated fatty acids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan E. Beauchamp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Kügler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique F. Pédrono</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel D. Catheline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe P. Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6ème Congrès de Lipidomique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2008, Compiègne (FR), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00729792v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mitochondrial targeting of N-myristoylated dihydroceramide D4-desaturase: potential regulation of ceramide synthesis and apoptosis induction by myristic acid</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan E. Beauchamp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique F. Pédrono</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Kügler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Baudry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Hennebelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISSFAL - fatty acids, lipids and health studies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2008, Kansas City (US), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00729767v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Expression of fatty acid desaturase 3 (FADS3), a new potential ubiquitous desaturase</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique F. Pédrono</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Bouchery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Tekpli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Lagadic-Gossman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8th International Congress of ISSFA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2008, L, Kansas City (US), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00729136v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Expression and activity of two recombinant isoforms of rat NMT1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Rioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique F. Pédrono</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Daval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel D. Catheline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monique Bouriel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6th Congress of International Society for the Study of Fatty Acids and Lipids (ISSFAL)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2004, Brighton, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03348632v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Regulation of hepatic desaturases by PPAR alpha</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId248" w:history="1">
+                <w:t xml:space="preserve">Activité de la myristoyl-CoA: protéine N-myristoyltransférase de rat exprimée dans les cellules COS-7.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent V. Rioux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Ravache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Cognard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Daval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Guillou</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Alain Roulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inconnu</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2003, pp.Inconnu</w:t>
+              <w:t xml:space="preserve">Groupe d’Etude et de Recherche sur les Lipides et les Lipoprotéines (GERLI), Diversité moléculaire et physiopathologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2003, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId315" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02832865v1</w:t>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03348639v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Activité de la myristoyl-CoA: protéine N-myristoyltransférase de rat exprimée dans les cellules COS-7.</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId248" w:history="1">
+                <w:t xml:space="preserve">Regulation of hepatic desaturases by PPAR alpha</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Guillou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal G.P. Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Jan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine d'Andrea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Roulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Groupe d’Etude et de Recherche sur les Lipides et les Lipoprotéines (GERLI), Diversité moléculaire et physiopathologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2003, Paris, France</w:t>
+              <w:t xml:space="preserve">Inconnu</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, pp.Inconnu</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId318" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03348639v1</w:t>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02832865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effet des acides gras saturés sur l’activité et l’expression des D6- et D5-désaturases</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Jan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Guillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine d'Andrea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Daval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Dumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4èmes Journées Francophones de Nutrition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2002, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03348641v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -11818,1571 +12086,1571 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modifications de l’environnement luminal et dysfonction mitochondriale des cellules épithéliales coliques chez la souris obèse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Guerbette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Beaumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Andriamihaja</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Guerbette</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Vincent Ciesielski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Francophones de Nutrition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2022, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04531514v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Post-natal development of the ghrelin system and impact of medium-chain fatty acid-enriched formula feeding in Yucatan mini-pigs</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId56" w:history="1">
+                <w:t xml:space="preserve">Développement post-natal du système ghréline et impact d’une formule infantile enrichie en acides gras à chaine moyenne chez le mini-porc Yucatan.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Boudry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Louvois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Rome</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armelle Cahu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel D. Catheline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Research Congress on Eating Disorder</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, Paris, France</w:t>
+              <w:t xml:space="preserve">Journées Francophones de Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Rennes, France. , pp.P214</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId325" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02943030v1</w:t>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02946488v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Développement post-natal du système ghréline et impact d’une formule infantile enrichie en acides gras à chaine moyenne chez le mini-porc Yucatan.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId56" w:history="1">
+                <w:t xml:space="preserve">Post-natal development of the ghrelin system and impact of medium-chain fatty acid-enriched formula feeding in Yucatan mini-pigs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Boudry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Louvois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Rome</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armelle Cahu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel D. Catheline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Francophones de Nutrition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, Rennes, France. , pp.P214</w:t>
+              <w:t xml:space="preserve">Research Congress on Eating Disorder</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId327" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02946488v1</w:t>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02943030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dairy products as main dietary sources of trans-palmitoleic and trans-vaccenic acid in France</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId77" w:history="1">
+                <w:t xml:space="preserve">Do all trans-C18:1 intakes during pregnancy jeopardise polyunsaturated fatty acid status in new-borns? Focus on a trans-vaccenic acid (trans-C18:1 n-7) supplementation in the rat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étienne Guillocheau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrielle Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëtan Drouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel D. Catheline</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Philippe P. Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IDF-FIL-World Dairy Summit 2018</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.13140/RG.2.2.15586.17607⟩</w:t>
+              <w:t xml:space="preserve">ESPGHAN 2018 Annual Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Genève, Switzerland. , 2018, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.13140/RG.2.2.36011.39201⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId328" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02177980v1</w:t>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02177957v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using GC-MS and helium to resolve positional isomers of trans-C16:1 and trans- C18:1 fatty acids</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId77" w:history="1">
+                <w:t xml:space="preserve">Trans-palmitoleic acid (trans-C16:1 n-7), a dairy fat biomarker, and metabolic syndrome components: a study on C57BL/6N mice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étienne Guillocheau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëtan Drouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Penhoat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan E. Beauchamp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gevorg Ghukasyan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2018 AOCS Annual Meeting &amp; Expo</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.13140/RG.2.2.20921.47209⟩</w:t>
+              <w:t xml:space="preserve">IDF-FIL-World Dairy Summit 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Daejeon, South Korea. , 2018, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.13140/RG.2.2.29007.94889⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId330" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02177903v1</w:t>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02177996v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trans-palmitoleic acid (trans-C16:1 n-7), a dairy fat biomarker, and metabolic syndrome components: a study on C57BL/6N mice</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId77" w:history="1">
+                <w:t xml:space="preserve">Using GC-MS and helium to resolve positional isomers of trans-C16:1 and trans- C18:1 fatty acids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étienne Guillocheau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel D. Catheline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe P. Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent V. Rioux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IDF-FIL-World Dairy Summit 2018</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.13140/RG.2.2.29007.94889⟩</w:t>
+              <w:t xml:space="preserve">2018 AOCS Annual Meeting &amp; Expo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Minneapolis, United States. , 2018, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.13140/RG.2.2.20921.47209⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId332" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02177996v1</w:t>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02177903v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Do all trans-C18:1 intakes during pregnancy jeopardise polyunsaturated fatty acid status in new-borns? Focus on a trans-vaccenic acid (trans-C18:1 n-7) supplementation in the rat</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId77" w:history="1">
+                <w:t xml:space="preserve">Dairy products as main dietary sources of trans-palmitoleic and trans-vaccenic acid in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étienne Guillocheau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Penhoat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ambre Godet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel D. Catheline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe P. Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ESPGHAN 2018 Annual Meeting</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.13140/RG.2.2.36011.39201⟩</w:t>
+              <w:t xml:space="preserve">IDF-FIL-World Dairy Summit 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Daejeon, South Korea. , 2018, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.13140/RG.2.2.15586.17607⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId335" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02177957v1</w:t>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02177980v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relation entre acides gras trans pendant la gestation et statut en acides gras polyinsaturés chez le nouveau-né : un impact de l’acide trans-vaccénique ? Etude chez le rat.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étienne Guillocheau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrielle Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëtan Drouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel D. Catheline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Francophones de Nutrition (JFN) 2017</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2017, Nantes, France. , 2017, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.13140/RG.2.2.17566.02883⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02177740v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les acides gras trans naturels : le défi de la quantité pour des études de supplémentation. Application à l’acide trans-palmitoléique (C16:1 n-7 trans).</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId77" w:history="1">
+                <w:t xml:space="preserve">Direct retroconversion of dietary trans-vaccenic acid to trans-palmitoleic acid: proof of concept and quantification in both cultured rat hepatocytes and pregnant rats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étienne Guillocheau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrielle Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel D. Catheline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe P. Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Francophones de Nutrition (JFN) 2017</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.13140/RG.2.2.30987.80164⟩</w:t>
+              <w:t xml:space="preserve">GERLI Meeting 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, Dijon, France. , 2017, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.13140/RG.2.2.28471.21920⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId339" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02177812v1</w:t>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02177692v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId341" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Direct retroconversion of dietary trans-vaccenic acid to trans-palmitoleic acid: proof of concept and quantification in both cultured rat hepatocytes and pregnant rats</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId77" w:history="1">
+                <w:t xml:space="preserve">Les acides gras trans naturels : le défi de la quantité pour des études de supplémentation. Application à l’acide trans-palmitoléique (C16:1 n-7 trans).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étienne Guillocheau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëtan Drouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel D. Catheline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe P. Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent V. Rioux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GERLI Meeting 2017</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.13140/RG.2.2.28471.21920⟩</w:t>
+              <w:t xml:space="preserve">Journées Francophones de Nutrition (JFN) 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2017, Nantes, France. , 2017, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.13140/RG.2.2.30987.80164⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId341" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02177692v1</w:t>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02177812v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regulation of hepatic desaturases by PPARa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Guillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal G.P. Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Jan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine d'Andrea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Roulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8th European ISSX (International Society for the Study of Xenobiotics) Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, Dijon, France. pp.Inconnu, 2003</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02828790v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dietary fatty acids influence the hepatic steatosis in PPARalpha-deficient mice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Guillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal G.P. Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annaig Lan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Jan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Rioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2nd International Symposium on PPARs : From Basic Science to Clinical Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, Florence, Italy. pp.Inconnu, 2003</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02827946v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -13392,159 +13660,159 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nutritional significance of milk lipids: From Bioactive Fatty Acids to Supramolecular Structures Impacting Metabolism</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étienne Guillocheau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Milard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Rioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Bourlieu-Lacanal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId349" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Caroline Michalski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advanced Dairy Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2, Springer, pp.307-344, 2021, Lipids, 978-3-030-48685-3. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId350" w:history="1">
+            <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-030-48686-0_10⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02915448v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -13554,279 +13822,279 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of well-balanced diets enriched in linoleic or a-linolenic acids in LC-PUFA in tissues</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId171" w:history="1">
+                <w:t xml:space="preserve">The fatty acid desaturase 3 (FADS3) protein is secreted by rat hepatocytes and displays specific intracellular and extracellular localizations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Monthéan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Rioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId352" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Lagadic-Gossman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe P. Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2010, non paginé</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId351" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00729489v1</w:t>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00729631v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The fatty acid desaturase 3 (FADS3) protein is secreted by rat hepatocytes and displays specific intracellular and extracellular localizations</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId171" w:history="1">
+                <w:t xml:space="preserve">Effect of well-balanced diets enriched in linoleic or a-linolenic acids in LC-PUFA in tissues</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId352" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel D. Catheline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent V. Rioux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Monthéan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe P. Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2010, non paginé</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId353" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00729631v1</w:t>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00729489v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId354"/>
+      <w:footerReference w:type="default" r:id="rId364"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -13894,51 +14162,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="E802D98C"/>
+    <w:nsid w:val="3F1D22B6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14125,51 +14393,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/vincent-rioux" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9837-1675" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/091370620" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04926783v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Guerbette" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ciesielski" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Brien" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Catheline" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roselyne Viel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molmet.2025.102098" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04831868v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Fret" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lodie Succar" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youenn Launay" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnutbio.2024.109814" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-05387042v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Daniel" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Rauch" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucille Moutaux" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Desquilles" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tifenn Le Charpentier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41419-025-07799-3" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04781078v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iwan Jan" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Hue" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemphyslip.2024.105451" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04470806v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent V. Rioux" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;gane Bosto&#235;n" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Coppens-Exandier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcell.2024.1266842" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04734624v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Blat" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe P. Legrand" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Rioux" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2024.10.008" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04297915v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bronsard" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Savary" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Massart" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Viel" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Moutaux" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tiv.2023.105728" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04055777v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Beaumont" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Andriamihaja" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;baptiste Perrin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1096/fj.202201971R" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03829028v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Boudry" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Cahu" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Rome" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Janvier" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Louvois" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2022.1010586" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03120845v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel D. Catheline" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2020257" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02152865v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Bucher" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karima Begriche" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Trak-Smayra" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Tiaho" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00394-019-02017-1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02959931v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Weill" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Plissonneau" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Thibault" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2020.09.003" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02572244v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Guillocheau" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Drouin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Orione" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejlt.201900409" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02549135v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2019.12.004" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02573841v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Penhoat" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambre Godet" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fochx.2020.100081" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03001625v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Record" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2020.11.007" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02434772v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ocl/2019047" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02271041v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gu&#233;ret" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Baudry" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnutbio.2018.09.029" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02573676v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2019.01.022" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02573586v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Penhoat" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Ghukasyan" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fautrel" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nupar.2019.01.279" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02290477v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Legrand" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000502356" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01884808v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Garcia" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Richard" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnutbio.2018.09.010" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01884792v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Le Ruyet" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.8b03069" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01884818v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Lemarie" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan E. Beauchamp" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plefa.2018.07.009" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01798171v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna&#235;lle Sinquin" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnut.2018.00042" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01885260v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbrc.2018.09.132" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MKJ1XD5R-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607739v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Duby" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Gutierrez Toral" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Bernard" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2016-11455" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407193v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo G. Toral" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01381413v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ocl/2015070" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01819577v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2015.08.002" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608513v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Cavalier" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Boissel" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Point" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbalip.2016.06.009" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407188v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cnd.2016.09.001" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01409005v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Dayot" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0133600" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01409006v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Ezanno" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejlt.201400304" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-XS0S2DJ8-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01409003v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Choque" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemphyslip.2015.02.001" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01409007v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejlt.201400514" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-TQLJN386-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210289v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2013.07.012" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00950341v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Dendel&#233;" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Tekpli" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Hardonni&#232;re" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#248;rn A Holme" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Debure" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cbi.2013.11.002" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210287v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nupar.2012.11.001" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01011062v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique F. P&#233;drono" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile C. Duby" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie N. Boulier-Month&#233;an" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1194/jlr.M042572" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210286v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Blanchard" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plefa.2013.03.006" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XFNS4ZSZ-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00730174v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Carriere" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0300-9084(10)00413-X" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4CSKQ9BD-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00682029v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Normand Podechard" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#248;rn A. Holme" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.toxlet.2011.07.024" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GWXJG8SH-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00808026v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Ezanno" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bloch, J. Le" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lagadic-Gossmann" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11745-011-3638-x" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-8V1JZ00T-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00730171v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbalip.2010.09.005" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DSH9BMSJ-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729330v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Podechard" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Tekpli" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. A. Holme" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729632v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Blanchard" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;la Kloareg" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. d'Andrea" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Daval" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1194/jlr.M000588" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00660136v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mary Rissel" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Huc" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Sergent" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.taap.2009.11.014" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZP8BKVQF-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729618v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11745-010-3481-5" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-LSR042W9-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729575v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rissel" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Sergent" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729574v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729627v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11745-010-3444-x" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00730028v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/200925157" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664673v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kloareg" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine d'Andrea" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemphyslip.2009.06.015" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-W27BZDGB-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00730029v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Marteil" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2009.07.014" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VM7L3BXN-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00674483v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Marteil" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Lagadic-Gossmann" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05247747v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Beauchamp" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Le Bloc&#8217;h" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique P&#233;drono" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731108001705" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729914v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Le Bloc'H" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658311v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Beauchamp" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Moll&#233;" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11010-005-9108-0" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-42SC802K-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00900585v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Bouriel" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/rnd:2005048" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00900482v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Jan" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Guillou" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/rnd:2004020" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678861v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Noel J.-N. Thibault" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1194/jlr.C200019-JLR200" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00900517v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/rnd:2003036" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683649v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Barnouin" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Dalaine" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1194/jlr.m300339-jlr200" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669429v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678848v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Galat" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gw&#233;na&#235;l Jan" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Vinci" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02688712v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lemarchal" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Legrand" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05462891v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Besson" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Vandeputte" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Duranton" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germain Salou" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Vergnet" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05513341v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04358326v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Launay" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Nadau" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Begriche" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nupar.2023.03.100" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-04525801v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04174332v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Buraud" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna&#239;g Lan" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04174326v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Mwenge Wambel" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Vlach" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02939390v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177969v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177938v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.29310.08003" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177913v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.32665.52322" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01413139v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Garcia" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Carri&#232;re" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01413138v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00675239v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00675245v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryvonne Rissel" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00730094v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. d'Andr&#233;a" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729200v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maela Kloareg" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00675819v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Gorria" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729145v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729792v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. K&#252;gler" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729767v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Baudry" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hennebelle" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729136v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Bouchery" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lagadic-Gossman" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-03348632v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02832865v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal G.P. Martin" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Roulet" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-03348639v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ravache" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Cognard" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-03348641v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Dumont" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531514v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Perrin" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02943030v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Louvois" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02946488v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177980v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.15586.17607" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177903v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.20921.47209" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177996v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gevorg Ghukasyan" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.29007.94889" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177957v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.36011.39201" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177740v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.17566.02883" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177812v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.30987.80164" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177692v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.28471.21920" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02828790v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02827946v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annaig Lan" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02915448v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Milard" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bourlieu-Lacanal" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Caroline Michalski" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-48686-0_10" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729489v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Month&#233;an" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729631v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/vincent-rioux" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9837-1675" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/091370620" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-05543316v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ciesielski" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Francon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Legrand" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Vlach" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Marmonier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfca.2026.109056" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05557817v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Brosset" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tino Jamme" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Sadoul" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Lorance" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jfb.70376" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04781078v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youenn Launay" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iwan Jan" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Hue" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lodie Succar" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemphyslip.2024.105451" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04926783v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Guerbette" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Brien" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Catheline" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roselyne Viel" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molmet.2025.102098" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04831868v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Fret" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnutbio.2024.109814" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-05387042v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Daniel" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Rauch" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucille Moutaux" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Desquilles" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tifenn Le Charpentier" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41419-025-07799-3" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04297915v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bronsard" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Savary" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Massart" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Viel" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Moutaux" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tiv.2023.105728" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04734624v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Blat" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe P. Legrand" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Rioux" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2024.10.008" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04470806v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent V. Rioux" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;gane Bosto&#235;n" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Coppens-Exandier" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcell.2024.1266842" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04055777v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Beaumont" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Andriamihaja" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;baptiste Perrin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1096/fj.202201971R" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03829028v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Boudry" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Cahu" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Rome" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Janvier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Louvois" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2022.1010586" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03120845v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel D. Catheline" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2020257" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02572244v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Guillocheau" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Drouin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Orione" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejlt.201900409" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02152865v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Bucher" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karima Begriche" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Trak-Smayra" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Tiaho" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00394-019-02017-1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02959931v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Weill" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Plissonneau" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Thibault" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2020.09.003" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02573841v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Penhoat" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambre Godet" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fochx.2020.100081" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02549135v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2019.12.004" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03001625v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Record" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2020.11.007" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02573586v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Penhoat" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Ghukasyan" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fautrel" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nupar.2019.01.279" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02290477v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000502356" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02573676v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2019.01.022" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02434772v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ocl/2019047" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02271041v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gu&#233;ret" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Baudry" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnutbio.2018.09.029" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01798171v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna&#235;lle Sinquin" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Le Ruyet" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnut.2018.00042" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01885260v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Garcia" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Richard" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbrc.2018.09.132" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MKJ1XD5R-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01884818v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Lemarie" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan E. Beauchamp" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plefa.2018.07.009" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01884808v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnutbio.2018.09.010" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01884792v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.8b03069" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607739v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Duby" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Gutierrez Toral" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Bernard" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2016-11455" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407193v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo G. Toral" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01381413v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ocl/2015070" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01819577v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2015.08.002" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608513v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Cavalier" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Boissel" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Point" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbalip.2016.06.009" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407188v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cnd.2016.09.001" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01409003v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Choque" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Ezanno" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemphyslip.2015.02.001" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01409005v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Dayot" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0133600" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01409006v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejlt.201400304" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-XS0S2DJ8-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01409007v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejlt.201400514" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-TQLJN386-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210289v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2013.07.012" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00950341v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Dendel&#233;" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Tekpli" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Hardonni&#232;re" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#248;rn A Holme" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Debure" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cbi.2013.11.002" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210287v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nupar.2012.11.001" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01011062v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique F. P&#233;drono" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile C. Duby" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie N. Boulier-Month&#233;an" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1194/jlr.M042572" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210286v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Blanchard" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plefa.2013.03.006" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XFNS4ZSZ-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729330v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Podechard" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Tekpli" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. A. Holme" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.toxlet.2011.07.024" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GWXJG8SH-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00682029v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Normand Podechard" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#248;rn A. Holme" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00730174v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Carriere" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0300-9084(10)00413-X" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4CSKQ9BD-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00808026v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Ezanno" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bloch, J. Le" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lagadic-Gossmann" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11745-011-3638-x" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-8V1JZ00T-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00730171v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbalip.2010.09.005" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DSH9BMSJ-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00660136v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mary Rissel" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Huc" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Sergent" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.taap.2009.11.014" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZP8BKVQF-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729632v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Blanchard" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;la Kloareg" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. d'Andrea" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Daval" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1194/jlr.M000588" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729574v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rissel" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Sergent" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729618v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11745-010-3481-5" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-LSR042W9-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729575v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729627v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11745-010-3444-x" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00674483v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Marteil" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Lagadic-Gossmann" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2009.07.014" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VM7L3BXN-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00730028v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/200925157" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664673v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kloareg" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine d'Andrea" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemphyslip.2009.06.015" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-W27BZDGB-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00730029v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Marteil" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05247747v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Beauchamp" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Le Bloc&#8217;h" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique P&#233;drono" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731108001705" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729914v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Le Bloc'H" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658311v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Beauchamp" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Moll&#233;" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11010-005-9108-0" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-42SC802K-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00900585v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Bouriel" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/rnd:2005048" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00900482v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Jan" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Guillou" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/rnd:2004020" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683649v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Barnouin" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Dalaine" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1194/jlr.m300339-jlr200" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678861v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Noel J.-N. Thibault" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1194/jlr.C200019-JLR200" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00900517v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/rnd:2003036" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678848v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Galat" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gw&#233;na&#235;l Jan" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Vinci" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669429v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02688712v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lemarchal" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Legrand" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05462891v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Besson" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Vandeputte" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Duranton" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germain Salou" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Vergnet" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05513341v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04174332v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Buraud" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna&#239;g Lan" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04358326v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Launay" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Nadau" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Begriche" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nupar.2023.03.100" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-04525801v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04174326v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Mwenge Wambel" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02939390v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177913v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.32665.52322" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177969v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177938v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.29310.08003" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01413139v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Garcia" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Carri&#232;re" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01413138v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00675239v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00675245v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryvonne Rissel" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00730094v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. d'Andr&#233;a" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729200v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maela Kloareg" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00675819v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Gorria" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729145v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729792v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. K&#252;gler" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729767v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Baudry" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hennebelle" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729136v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Bouchery" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lagadic-Gossman" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-03348632v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-03348639v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ravache" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Cognard" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02832865v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal G.P. Martin" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Roulet" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-03348641v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Dumont" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531514v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Perrin" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02946488v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Louvois" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02943030v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177957v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.36011.39201" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177996v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gevorg Ghukasyan" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.29007.94889" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177903v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.20921.47209" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177980v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.15586.17607" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177740v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.17566.02883" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177692v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.28471.21920" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177812v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.30987.80164" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02828790v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02827946v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annaig Lan" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02915448v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Milard" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bourlieu-Lacanal" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Caroline Michalski" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-48686-0_10" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729631v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Month&#233;an" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729489v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>