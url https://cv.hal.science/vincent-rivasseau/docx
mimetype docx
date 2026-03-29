--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -1395,564 +1395,564 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00444330v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">EPRL/FK Group Field Theory</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Loop Vertex Expansion for Phi^2k Theory in Zero Dimension</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Rivasseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhituo Wang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EPL - Europhysics Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 92, pp.60008. </w:t>
+              <w:t xml:space="preserve">Journal of Mathematical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 51 (9), pp.092304. </w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1209/0295-5075/92/60008⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/1.3460320⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00515516v1</w:t>
+                <w:t xml:space="preserve">hal-00461968v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantum corrections in the group field theory formulation of the EPRL/FK models</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thomas Krajewski</w:t>
+                <w:t xml:space="preserve">Bosonic Colored Group Field Theory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Ben Geloun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Magnen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Rivasseau</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Patrizia Vitale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review D</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 70 (4), pp.1119-1130. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1140/epjc/s10052-010-1487-z⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00816613v1</w:t>
+                <w:t xml:space="preserve">hal-00432432v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Linearized group field theory and power-counting theorems</w:t>
+                <w:t xml:space="preserve">EPRL/FK Group Field Theory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Ben Geloun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jacques Magnen</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Razvan Gurau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Rivasseau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Classical and Quantum Gravity</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 27 (15), pp.155012. </w:t>
+              <w:t xml:space="preserve">EPL - Europhysics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 92, pp.60008. </w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/0264-9381/27/15/155012⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1209/0295-5075/92/60008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00613874v1</w:t>
+                <w:t xml:space="preserve">hal-00515516v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Loop Vertex Expansion for Phi^2k Theory in Zero Dimension</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Quantum corrections in the group field theory formulation of the EPRL/FK models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Krajewski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Magnen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Rivasseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Zhituo Wang</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrian Tanasa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrizia Vitale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Mathematical Physics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Physical Review D</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 82 (12), pp.124069</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00461968v1</w:t>
+                <w:t xml:space="preserve">hal-00816613v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bosonic Colored Group Field Theory</w:t>
+                <w:t xml:space="preserve">Linearized group field theory and power-counting theorems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Ben Geloun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Krajewski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Magnen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Rivasseau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 70 (4), pp.1119-1130. </w:t>
+              <w:t xml:space="preserve">Classical and Quantum Gravity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 27 (15), pp.155012. </w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1140/epjc/s10052-010-1487-z⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/0264-9381/27/15/155012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00432432v1</w:t>
+                <w:t xml:space="preserve">hal-00613874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Commutative limit of a renormalizable noncommutative model</w:t>
               </w:r>
@@ -2036,217 +2036,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00315645v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vanishing beta function for Grosse-Wulkenhaar model in a magnetic field</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Noncommutative field theory on rank one symmetric spaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Razvan Gurau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Rivasseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bieliavsky</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics Letters B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 671, pp.284-290</w:t>
+              <w:t xml:space="preserve">Journal of Noncommutative Geometry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 3, pp.99</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00283279v1</w:t>
+                <w:t xml:space="preserve">hal-00816622v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Noncommutative field theory on rank one symmetric spaces</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Vanishing beta function for Grosse-Wulkenhaar model in a magnetic field</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Ben Geloun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Razvan Gurau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Rivasseau</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierre Bieliavsky</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Noncommutative Geometry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 3, pp.99</w:t>
+              <w:t xml:space="preserve">Physics Letters B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 671, pp.284-290</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00816622v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00283279v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Scaling behaviour of three-dimensional group field theory</w:t>
               </w:r>
@@ -2425,191 +2425,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00530246v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Parametric representation of critical noncommutative QFT models</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Constructive field theory without tears</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Magnen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Rivasseau</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Adrian Tanasa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communications in Mathematical Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 279, pp.355-379</w:t>
+              <w:t xml:space="preserve">Annales Henri Poincaré</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 9, pp.403-424</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00816624v1</w:t>
+                <w:t xml:space="preserve">hal-00816626v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Constructive field theory without tears</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Parametric representation of critical noncommutative QFT models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Rivasseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrian Tanasa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales Henri Poincaré</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 9, pp.403-424</w:t>
+              <w:t xml:space="preserve">Communications in Mathematical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 279, pp.355-379</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00816626v1</w:t>
+                <w:t xml:space="preserve">hal-00816624v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Color Grosse-Wulkenhaar models: One-loop $\beta$-functions</w:t>
               </w:r>
@@ -2879,239 +2879,239 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00530236v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Renormalization of Non-Commutative $\Phi^4_4$ Field Theory in $x$ Space</w:t>
+                <w:t xml:space="preserve">Propagators for Noncommutative Field Theories</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Razvan Gurau</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jacques Magnen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Rivasseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Vignes-Tourneret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communications in Mathematical Physics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Annales Henri Poincaré</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 7 (7-8), pp.1601-1628. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00023-006-0296-2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00016253v1</w:t>
+                <w:t xml:space="preserve">hal-00015384v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Propagators for Noncommutative Field Theories</w:t>
+                <w:t xml:space="preserve">Renormalization of Non-Commutative $\Phi^4_4$ Field Theory in $x$ Space</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Razvan Gurau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Magnen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Rivasseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Vignes-Tourneret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales Henri Poincaré</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Communications in Mathematical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 267, pp.515-542</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00023-006-0296-2⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00015384v1</w:t>
+                <w:t xml:space="preserve">hal-00016253v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renormalization of noncommutative $\phi^4$-theory by multi-scale analysis</w:t>
               </w:r>
@@ -3644,601 +3644,601 @@
                 </w:rPr>
                 <w:t xml:space="preserve">cea-04543928v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Renormalization of an SU(2) Tensorial Group Field Theory in Three Dimensions</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">How to Resum Feynman Graphs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Rivasseau</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhituo Wang</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00807833v1</w:t>
+                <w:t xml:space="preserve">hal-00832064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Tensor Track, III</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Renormalization of an SU(2) Tensorial Group Field Theory in Three Dimensions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Carrozza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniele Oriti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Rivasseau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00912659v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00807833v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Generalized constructive tree weights</w:t>
+                <w:t xml:space="preserve">The Tensor Track, III</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Rivasseau</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...11 lines deleted...]
-            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00912662v1</w:t>
+                <w:t xml:space="preserve">hal-00912659v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How to Resum Feynman Graphs</w:t>
+                <w:t xml:space="preserve">Generalized constructive tree weights</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Rivasseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Zhituo Wang</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrian Tanasa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00832064v1</w:t>
+                <w:t xml:space="preserve">hal-00912662v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Tensor Track: an Update</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Renormalization of Tensorial Group Field Theories: Abelian U(1) Models in Four Dimensions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Carrozza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniele Oriti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Rivasseau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00738157v1</w:t>
+                <w:t xml:space="preserve">hal-00722545v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Renormalization of Tensorial Group Field Theories: Abelian U(1) Models in Four Dimensions</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The Tensor Track: an Update</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Rivasseau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00722545v1</w:t>
+                <w:t xml:space="preserve">hal-00738157v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantum Gravity and Renormalization: The Tensor Track</w:t>
+                <w:t xml:space="preserve">Towards Renormalizing Group Field Theory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Rivasseau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00654858v1</w:t>
+                <w:t xml:space="preserve">hal-00594191v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards Renormalizing Group Field Theory</w:t>
+                <w:t xml:space="preserve">Quantum Gravity and Renormalization: The Tensor Track</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Rivasseau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00594191v1</w:t>
+                <w:t xml:space="preserve">hal-00654858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How are Feynman graphs resumed by the Loop Vertex Expansion?</w:t>
               </w:r>
@@ -4492,177 +4492,177 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00165686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two and Three Loops Beta Function of Non Commutative $\Phi^4_4$ Theory</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Margherita Disertori</w:t>
+                <w:t xml:space="preserve">Parametric Representation of Noncommutative Field Theory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Razvan Gurau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Rivasseau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00118893v1</w:t>
+                <w:t xml:space="preserve">hal-00118892v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Parametric Representation of Noncommutative Field Theory</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Razvan Gurau</w:t>
+                <w:t xml:space="preserve">Two and Three Loops Beta Function of Non Commutative $\Phi^4_4$ Theory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margherita Disertori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Rivasseau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00118892v1</w:t>
+                <w:t xml:space="preserve">hal-00118893v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId105"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -4817,51 +4817,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02073627v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Krajewski" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Rivasseau" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasily Sazonov" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00023-019-00845-9" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01493569v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Vignes-Tourneret" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00220-019-03369-9" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01262574v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Tanasa" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00737985v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Ben Geloun" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00220-013-1703-4" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00816581v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margherita Disertori" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Magnen" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00023-012-0205-9" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00643556v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00220-012-1549-1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00816593v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Bonzom" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Razvan Gurau" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2012.03.054" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00587140v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhituo Wang" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4705689" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00572467v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-29511-9_1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00816588v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Gurau" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.85.084037" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00594192v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aldo Riello" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nuclphysb.2011.07.022" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00594189v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/95/50004" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00444330v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00023-011-0087-2" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/4607FADDBDC11B0DF8B94201E7C3BA81FDB22B67/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00515516v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/92/60008" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00816613v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrizia Vitale" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00613874v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0264-9381/27/15/155012" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00461968v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3460320" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00432432v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-010-1487-z" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00315645v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/86/11001" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00283279v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00816622v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bieliavsky" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00400149v2" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Noui" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Smerlak" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0264-9381/26/18/185012" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00530246v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00816624v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00816626v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00281040v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00530234v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2007.04.007" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00530236v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-007-0211-0" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00016253v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00015384v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00023-006-0296-2" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00020032v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Vignes-Tourneret" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raimar Wulkenhaar" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00220-005-1440-4" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00124382v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00119220v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01027531v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Nonnenmacher" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Duplantier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-0348-0697-8" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04543928v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. F. Le Gall" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Miller" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00807833v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Carrozza" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Oriti" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00912659v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00912662v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00832064v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00738157v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00722545v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00654858v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00594191v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00498094v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00165683v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00186955v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00165686v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00118893v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00118892v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02073627v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Krajewski" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Rivasseau" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasily Sazonov" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00023-019-00845-9" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01493569v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Vignes-Tourneret" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00220-019-03369-9" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01262574v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Tanasa" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00737985v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Ben Geloun" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00220-013-1703-4" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00816581v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margherita Disertori" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Magnen" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00023-012-0205-9" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00643556v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00220-012-1549-1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00816593v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Bonzom" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Razvan Gurau" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2012.03.054" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00587140v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhituo Wang" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4705689" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00572467v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-29511-9_1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00816588v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Gurau" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.85.084037" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00594192v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aldo Riello" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nuclphysb.2011.07.022" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00594189v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/95/50004" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00444330v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00023-011-0087-2" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/4607FADDBDC11B0DF8B94201E7C3BA81FDB22B67/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00461968v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3460320" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00432432v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-010-1487-z" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00515516v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/92/60008" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00816613v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrizia Vitale" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00613874v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0264-9381/27/15/155012" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00315645v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/86/11001" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00816622v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bieliavsky" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00283279v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00400149v2" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Noui" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Smerlak" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0264-9381/26/18/185012" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00530246v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00816626v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00816624v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00281040v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00530234v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2007.04.007" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00530236v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-007-0211-0" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00015384v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00023-006-0296-2" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00016253v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00020032v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Vignes-Tourneret" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raimar Wulkenhaar" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00220-005-1440-4" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00124382v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00119220v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01027531v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Nonnenmacher" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Duplantier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-0348-0697-8" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04543928v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. F. Le Gall" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Miller" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00832064v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00807833v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Carrozza" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Oriti" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00912659v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00912662v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00722545v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00738157v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00594191v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00654858v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00498094v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00165683v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00186955v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00165686v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00118892v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00118893v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>